--- v0 (2025-12-17)
+++ v1 (2026-03-04)
@@ -1,9455 +1,12481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DA3DBB" w:rsidRPr="008E42E5" w:rsidRDefault="006145B6" w:rsidP="00DA3DBB">
+    <w:p w:rsidR="00DA3DBB" w:rsidRPr="008E42E5" w:rsidRDefault="00DA3DBB" w:rsidP="00DA3DBB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ЖОБА</w:t>
+        <w:t>ПРОЕКТ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DA3DBB" w:rsidRPr="008E42E5" w:rsidRDefault="00DA3DBB" w:rsidP="00B54E9F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D72CA8" w:rsidRPr="008E42E5" w:rsidRDefault="006145B6" w:rsidP="00B54E9F">
+    <w:p w:rsidR="00536859" w:rsidRPr="008E42E5" w:rsidRDefault="00D72CA8" w:rsidP="00B54E9F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Орта білім беру ұйымдарында 9-сынып білім алушыларын қорытынды аттестаттау</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A3FC9">
+        <w:t xml:space="preserve">Инструкция </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA3DBB" w:rsidRPr="008E42E5" w:rsidRDefault="00155CE0" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>дан</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өткізу тәртібі туралы нұсқаулық</w:t>
+        <w:t xml:space="preserve">о порядке </w:t>
+      </w:r>
+      <w:r w:rsidR="00D72CA8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проведени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>итоговой аттестации обу</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72CA8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ча</w:t>
+      </w:r>
+      <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72CA8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щихся </w:t>
+      </w:r>
+      <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00D72CA8" w:rsidRPr="008E42E5" w:rsidRDefault="002742F1" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9 класс</w:t>
+      </w:r>
+      <w:r w:rsidR="003401A8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00155CE0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00155CE0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования </w:t>
+      </w:r>
       <w:r w:rsidR="00347F06" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001578BC" w:rsidRPr="008E42E5" w:rsidRDefault="006145B6" w:rsidP="00B54E9F">
+    <w:p w:rsidR="001578BC" w:rsidRPr="008E42E5" w:rsidRDefault="00FB1D8B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...9 lines deleted...]
-        <w:t>Жалпы ережелер</w:t>
+        <w:t>Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB1D8B" w:rsidRPr="008E42E5" w:rsidRDefault="00FB1D8B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C37435" w:rsidRPr="008E42E5" w:rsidRDefault="006145B6" w:rsidP="00F1347E">
+    <w:p w:rsidR="00C37435" w:rsidRPr="008E42E5" w:rsidRDefault="00C37435" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:suppressOverlap w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Аталған нұсқаулық негізгі білім деңгейінің жалпы білім беретін оқу бағдарламаларын жүзеге асыратын о</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006145B6">
+        <w:t xml:space="preserve">Настоящая инструкция определяет порядок организации и проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>рта білім беру ұйымдарында</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>итоговой аттестации обучающихся 9 класс</w:t>
+      </w:r>
+      <w:r w:rsidR="003401A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – мектеп)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006145B6">
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9-сынып білім алушыларының қорытынды аттестаттауын </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұйымдастыру мен </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006145B6">
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>өткізу тәрті</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> органи</w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>бін (бұдан әрі – Нұсқаулық) анықтайды</w:t>
+        <w:t>зациях</w:t>
+      </w:r>
+      <w:r w:rsidR="002742F1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0041490B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее </w:t>
+      </w:r>
+      <w:r w:rsidR="006E69D7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0041490B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школа)</w:t>
       </w:r>
       <w:r w:rsidR="00D0016A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">, реализующих общеобразовательные учебные программы основного образования (далее – Инструкция). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33D29" w:rsidRPr="008E42E5" w:rsidRDefault="006568B9" w:rsidP="006568B9">
+    <w:p w:rsidR="00A33D29" w:rsidRPr="008E42E5" w:rsidRDefault="00A33D29" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:suppressOverlap w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Нұсқаулық Қазақстан Республикасының Білім және ғылым министрлігінің 2008 жыл</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00023024">
+        <w:t xml:space="preserve">Инструкция </w:t>
+      </w:r>
+      <w:r w:rsidR="000215C9" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>дың</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">разработана в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0016A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 18 наурыз</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00023024">
+        <w:t xml:space="preserve">Приказом Министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="00B54E9F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ын</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">«Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0016A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>дағы «</w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">от 18 марта 2008 года №125. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="006568B9" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Аталған Нұсқаулықта төмендегідей анықтамалар қолданылады: </w:t>
+        <w:t>В настоящей Инструкции используются следующие определения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="006568B9" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>емтихан әкімшісі – мектеп директорының бұйрығымен тағайындалатын және осы Нұсқаулықта бекітілген тәртіппен білім алушылардың қорытынды аттестаттау емтихандарын ұйымдастыру мен өткізуге жауапты тұлға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve">администратор экзаменов – лицо, назначаемое приказом директора школы и ответственное за организацию и проведение экзаменов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D0016A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00337357" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>порядке, установленном в настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>аттеста</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t xml:space="preserve">аттестационная комиссия – комиссия, назначаемая приказом </w:t>
+      </w:r>
+      <w:r w:rsidR="003D78D1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ттау</w:t>
+        <w:t>директора школы</w:t>
       </w:r>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> комиссия</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t xml:space="preserve"> для проверки и оценивания экзаменационных работ </w:t>
+      </w:r>
+      <w:r w:rsidR="003D78D1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E42E5">
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85D67" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="003D78D1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">білім алушылардың емтихан жұмыстарын тексеру және бағалау үшін </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9" w:rsidRPr="006568B9">
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85D67" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">мектеп директорының бұйрығымен тағайындалатын </w:t>
+        <w:t>щихся</w:t>
       </w:r>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">комиссия, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t xml:space="preserve">, в состав которой входят </w:t>
+      </w:r>
+      <w:r w:rsidR="00C85D67" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>оның құрамына мекте</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001210AB">
+        <w:t>учителя-предметники школ</w:t>
+      </w:r>
+      <w:r w:rsidR="003D78D1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>птің пән мұға</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t>ы и заместитель директора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>лімдері мен директордың орынбасары кіреді;</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">;  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>апелляци</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t xml:space="preserve">апелляционная комиссия – комиссия, назначаемая приказом </w:t>
+      </w:r>
+      <w:r w:rsidR="003D78D1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ялық</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E42E5">
+        <w:t>директора школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> комиссия – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>емтихан нәтижелерімен келіспе</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001210AB">
+        <w:t xml:space="preserve">, для рассмотрения заявлений </w:t>
+      </w:r>
+      <w:r w:rsidR="008179BF" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ген</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1CFE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> білім алушылардың өтініштерін қарастыру үшін мектеп директорының бұйрығымен тағайындалатын </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008E42E5">
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="008179BF" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">комиссия, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006568B9">
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1CFE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">оның құрамына мектептің пән мұғалімдері кіреді; </w:t>
+        <w:t>щихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, несогласных с результатами экзаменов, в состав которой входят </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1CFE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учителя-предметники школ</w:t>
+      </w:r>
+      <w:r w:rsidR="008179BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">апелляция – </w:t>
       </w:r>
-      <w:r w:rsidR="001210AB">
+      <w:r w:rsidR="00665F7F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процедура </w:t>
+      </w:r>
+      <w:r w:rsidR="003401A8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пересмотра </w:t>
+      </w:r>
+      <w:r w:rsidR="00665F7F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результатов </w:t>
+      </w:r>
+      <w:r w:rsidR="008179BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidR="00665F7F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="008179BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ющегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00665F7F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании его письменного заявления с обоснованиями о несогласии с полученными баллами/оценками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>алынған балл/бағаға келіспеу туралы дәлелдемелері көрсетілген білім алушының жазбаша өтініші негізінде оның нәтижелерін қайта қарау рәсімі</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="001210AB" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="008179BF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговая аттестация</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процедура</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводимая с целью определения степени освоения обучающимися объема учебных дисциплин, предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным постановлением Правительства Республики Казахстан от 23 августа 2012 года №1080; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="001210AB" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>емтихан ережесін бұзу – қорытынды аттестаттауға қатысушылардың</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00894F3F">
+        <w:t xml:space="preserve">нарушение экзаменационных правил – действия участников </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83B3D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (білім алушылар, мектеп қызметкерлері мен басқа да </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A75DC">
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>қатыстырылатын</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00894F3F">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0041490B" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тұлғалар)</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> осы Нұсқаулықта бекітілген нормаларға қарама-қайшы әрекеттері</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>работников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C83B3D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и других вовлеченных лиц), противоречащие нормам, установленным в настоящей Инструкции;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="00894F3F" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ерекше жағдайды қамтамасыз ету – медициналық растаулары бар болған жағдайда емтихан өткізу кезінде ерекше білім беруге қажеттіліктері бар білім алушылар үшін жағдай жасау және ұйымдастыру</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve">обеспечение особых условий </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организация и создание условий для </w:t>
+      </w:r>
+      <w:r w:rsidR="0041490B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми потребностями в период проведения экзамена при наличии медицинского подтверждения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="00894F3F" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="00EA2A02" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">емтихан комиссиясының төрағасы – білім алушылардың қорытынды аттестаттау емтихандарын ұйымдастыру мен өткізу </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A291C">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">председатель экзаменационной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>үдерісіне</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> басшылық </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> лицо, руководящее процессом организации и проведения экзаменов </w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>жасайтын және осы Нұсқаулықта көрсетілген барлық рәсімдерді сақтай отырып, емтихандарды мектепте өткізуге жауапты тұлға</w:t>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся </w:t>
       </w:r>
       <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">и ответственное за надлежащее проведение экзаменов в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>школе</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с соблюдением всех процедур, указанных в настоящей Инструкции;</w:t>
       </w:r>
       <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="00894F3F" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>емтихан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve">экзаменационная комиссия – комиссия, </w:t>
+      </w:r>
+      <w:r w:rsidR="0090253D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> комиссия</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">назначаемая приказом директора школы для проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD770F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="006A472D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00057070" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">білім алушылардың қорытынды аттестаттауын өткізу үшін мектеп директорының бұйрығымен тағайындалатын </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0090253D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>комиссия,</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оның құрамына мектеп қызметкерлері кіреді</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve">в состав которой входят </w:t>
+      </w:r>
+      <w:r w:rsidR="00383075" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аботники школ</w:t>
+      </w:r>
+      <w:r w:rsidR="0085137C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="00894F3F" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>емтихан жұмысы – білім алушының емтихан жауаптары жазылған құпия құжат</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E2592" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve">экзаменационная работа </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B73" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конфиденциальный документ, содержащий экзаменационные ответы </w:t>
+      </w:r>
+      <w:r w:rsidR="0041490B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="00894F3F" w:rsidP="00F1347E">
+    <w:p w:rsidR="005E2592" w:rsidRPr="008E42E5" w:rsidRDefault="005E2592" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>емтихан материалдары – емтиханның әр пәні бойынша емтихан тапсырмалары бар құпия құжат</w:t>
+        <w:t xml:space="preserve">экзаменационные материалы </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B73" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00163C39" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конфиденциальный документ, содержащий экзаменационные задания по каждому </w:t>
+      </w:r>
+      <w:r w:rsidR="00934CEC" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>предмету экзамена</w:t>
       </w:r>
       <w:r w:rsidR="0041490B" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085137C" w:rsidRPr="008E42E5" w:rsidRDefault="005D0E21" w:rsidP="0085137C">
+    <w:p w:rsidR="0085137C" w:rsidRPr="008E42E5" w:rsidRDefault="0085137C" w:rsidP="0085137C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация итоговой аттестации обучающихся осуществляется согласно перечню предметов и форме проведения, утверждаемых приказом Министра образования и науки Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A33D29" w:rsidRPr="008E42E5" w:rsidRDefault="005D0E21" w:rsidP="00F1347E">
+    <w:p w:rsidR="00A33D29" w:rsidRPr="008E42E5" w:rsidRDefault="006207B3" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Қорытынды аттестаттау Қазақстан Республикасының Білім және ғылым министрінің оқу жылын аяқтау және орта білім беру ұйымдарында білім алушылардың қорытынды аттестаттауын өткізу туралы бұйрығымен бекітілген мерзімде өткізіледі</w:t>
+        <w:t xml:space="preserve">Итоговая аттестация </w:t>
+      </w:r>
+      <w:r w:rsidR="000215C9" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проводится</w:t>
       </w:r>
       <w:r w:rsidR="00A33D29" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2550" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в сроки, устанавливаемые </w:t>
+      </w:r>
+      <w:r w:rsidR="00133D1D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан о завершении учебного года и проведении итоговой аттестации обучающихся в организациях среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00A33D29" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000023D4" w:rsidRPr="008E42E5" w:rsidRDefault="005D0E21" w:rsidP="00F1347E">
+    <w:p w:rsidR="000023D4" w:rsidRPr="008E42E5" w:rsidRDefault="001D0FBA" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Білім алушылардың қорытынды аттестаттауын ұйымдастыру мен өткізуге тартылған барлық қатысушылар оларға жүктелген міндетті тиісінше орындауға дербес жауапкершілік алады</w:t>
+        <w:t xml:space="preserve">Все участники, задействованные в </w:t>
       </w:r>
       <w:r w:rsidR="000023D4" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>организации и проведени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="000023D4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A524E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="000023D4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B73" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B34B73" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000023D4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">несут персональную ответственность за надлежащее исполнение </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5882" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возложенных на них </w:t>
+      </w:r>
+      <w:r w:rsidR="000023D4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>функций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B206E7" w:rsidRPr="008E42E5" w:rsidRDefault="005D0E21" w:rsidP="00F1347E">
+    <w:p w:rsidR="00B206E7" w:rsidRPr="008E42E5" w:rsidRDefault="00C53C28" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="af3"/>
         <w:framePr w:hSpace="0" w:vSpace="0" w:wrap="auto" w:vAnchor="margin" w:hAnchor="text" w:yAlign="inline"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:suppressOverlap w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мектеп барлық білім алушылар үшін тең жағдайда қорытынды аттестаттауды ұйымдастырады. Растайтын құжаттары бар болған жағдайда ерекше қажеттіліктері бар білім алушылар осы Нұсқаулықтың </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B8782D">
+        <w:t>Школа</w:t>
+      </w:r>
+      <w:r w:rsidR="00882C20" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6413C" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>1-қосымшасына сәйкес ерекше жағдаймен қамтамасыз етіледі немесе</w:t>
-[...7 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve">организует </w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговую аттестацию </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6413C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для всех </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3DBB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6413C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в равных условиях. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3DBB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающиеся</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6413C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidR="007412ED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">особыми потребностями, при наличии подтверждающих документов, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B3841" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечиваются особыми условиями </w:t>
+      </w:r>
+      <w:r w:rsidR="00A61043" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6413C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77DEB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00A61043" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6413C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00302AC3" w:rsidRPr="00302AC3">
+      <w:r w:rsidR="001D0FBA" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00302AC3">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB57E6" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республикасы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00302AC3" w:rsidRPr="00302AC3">
+        <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidR="00B206E7" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім және ғылым министрлігінің 2008 жыл</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> либо освобождаются от итоговой аттестации в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="00B206E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>дың</w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Приказом Министра образования и науки Республики Казахстан «Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования» от 18 марта 2008 года №125. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A61043" w:rsidRPr="00925640" w:rsidRDefault="00302AC3" w:rsidP="00F1347E">
+    <w:p w:rsidR="00A61043" w:rsidRPr="008E42E5" w:rsidRDefault="00951C1C" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve">декларацияны емтиханның басталуына 1 ай уақыт қалғанда мектепке тапсыруы керек. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При наличии </w:t>
+      </w:r>
+      <w:r w:rsidR="00340364" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у работников школы </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0FBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заинтересованности в результатах </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0FBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidR="00340364" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53C28" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D07EE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">им </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимо </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14EC7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заполнить декларацию о наличии заинтересованности</w:t>
+      </w:r>
+      <w:r w:rsidR="000D07EE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14EC7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форм</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14EC7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="003E261F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A61043" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно приложению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D0FBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14EC7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7881" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2FDB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лица, заполнившие декларацию о наличии за</w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интересованности</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0FBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не вправе участвовать </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC606B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00524CB3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00337357" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="0000618C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остав</w:t>
+      </w:r>
+      <w:r w:rsidR="0085137C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidR="0000618C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменационно</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2FDB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й, аттестац</w:t>
+      </w:r>
+      <w:r w:rsidR="00524CB3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ионной и апелляционной комиссий</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2FDB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53C28" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работники школы</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0F59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должны </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53C28" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставить</w:t>
+      </w:r>
+      <w:r w:rsidR="001C0F59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аполненные декларации о наличии заинтересованности в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C53C28" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школу</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за </w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>месяц</w:t>
+      </w:r>
+      <w:r w:rsidR="001D0FBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до начала экзаменов</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085137C" w:rsidRPr="00DB7A58" w:rsidRDefault="00B96D5F" w:rsidP="0085137C">
+    <w:p w:rsidR="0085137C" w:rsidRPr="008E42E5" w:rsidRDefault="0085137C" w:rsidP="0085137C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">ептер білім алушылар санына қарай емтихан материалдарымен қамтамасыз етіледі. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школы обеспечиваются экзаменационными материалами согласно количеству обучающихся. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00951C1C" w:rsidRPr="00B96D5F" w:rsidRDefault="00B96D5F" w:rsidP="00F1347E">
+    <w:p w:rsidR="00951C1C" w:rsidRPr="008E42E5" w:rsidRDefault="001B1243" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экзаменационные материалы, разработанные </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>областными</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC26D7" w:rsidRPr="00B96D5F">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>городскими управлениями образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, доставляются </w:t>
+      </w:r>
+      <w:r w:rsidR="00340364" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в запечатанном виде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>городские</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>районные управления образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Городские</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">районные </w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>управления образования предоставляют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340364" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>в запечатанном виде э</w:t>
+      </w:r>
+      <w:r w:rsidR="007A42B7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>кзаменационные материалы в школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00951C1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC26D7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00340364" w:rsidRPr="00B96D5F" w:rsidRDefault="00B96D5F" w:rsidP="00F1347E">
+    <w:p w:rsidR="00340364" w:rsidRPr="008E42E5" w:rsidRDefault="00B6631B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Емтихан материалдарын аталған Нұсқаулықтың 3-қосымшасына сәйкес қабылдау-тапсыру актісі бойынша Емтихан комиссиясының төрағасы қабылдап алады.  </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экзаменационные материалы принимаются </w:t>
+      </w:r>
+      <w:r w:rsidR="00824DEE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председателем экзаменационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E03B3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и администратором экзаменов по акту приема-</w:t>
+      </w:r>
+      <w:r w:rsidR="00824DEE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>передачи согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF43E1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E7B66" w:rsidRPr="00B96D5F" w:rsidRDefault="00B96D5F" w:rsidP="00F1347E">
+    <w:p w:rsidR="004E7B66" w:rsidRPr="008E42E5" w:rsidRDefault="00413D52" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После принятия экзаменационных материалов, </w:t>
+      </w:r>
+      <w:r w:rsidR="0014795B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6B1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещает их в специально отведенном кабинете</w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/месте</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6B1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для безопасного хранения.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D03FC" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E0AC0" w:rsidRPr="00DB7A58" w:rsidRDefault="00285F4E" w:rsidP="00F1347E">
+    <w:p w:rsidR="004E0AC0" w:rsidRPr="008E42E5" w:rsidRDefault="004E0AC0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">яланады. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты экзаменов объявляются </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на следующий день </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">после завершения проверки экзаменационных работ. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004E0AC0" w:rsidRPr="008E42E5" w:rsidRDefault="00285F4E" w:rsidP="00F1347E">
+    <w:p w:rsidR="004E0AC0" w:rsidRPr="008E42E5" w:rsidRDefault="00CF43E1" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ілім басқармасы мектептен құжаттарды талап ете алады. Сақтау мерзімі – 1 жыл. Сақтау мерзімі аяқталған соң аталған құжаттар жойылады. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>После проведения итоговой аттестации д</w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окументы итоговой аттестации (а</w:t>
+      </w:r>
+      <w:r w:rsidR="00331763" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кт</w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы, декларации, ведомости и др.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00176A2F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5A46" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должны храниться в </w:t>
+      </w:r>
+      <w:r w:rsidR="0031341D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школе</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5A46" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7881" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае возникновения спорных вопросов </w:t>
+      </w:r>
+      <w:r w:rsidR="0031341D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>управление образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7881" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вправе потребовать </w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7881" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031341D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE7881" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03488" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Срок хранения </w:t>
+      </w:r>
+      <w:r w:rsidR="008746C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03488" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03488" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D317E5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000839E0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03488" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">год. По истечении срока хранения, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D342DF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">данные </w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документы</w:t>
+      </w:r>
+      <w:r w:rsidR="00E03488" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уничтожаются. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D6502F" w:rsidRPr="008E42E5" w:rsidRDefault="00D6502F" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C127CC" w:rsidRPr="008E42E5" w:rsidRDefault="00C127CC" w:rsidP="00C127CC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00285F4E">
+        <w:t xml:space="preserve">Глава 2. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>-тарау</w:t>
+        </w:rPr>
+        <w:t>О</w:t>
       </w:r>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00285F4E">
+        <w:t>рганизаци</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Білім алушылардың қорытынды аттестаттауын ұйымдастыру</w:t>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> итоговой аттестации обучающихся</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00617F64" w:rsidRPr="008E42E5" w:rsidRDefault="00617F64" w:rsidP="009A438F">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D97A9D" w:rsidRPr="008E42E5" w:rsidRDefault="00C127CC" w:rsidP="009A438F">
+    <w:p w:rsidR="00D97A9D" w:rsidRPr="008E42E5" w:rsidRDefault="00780A4D" w:rsidP="009A438F">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00285F4E">
+        <w:t xml:space="preserve">Параграф </w:t>
+      </w:r>
+      <w:r w:rsidR="00C127CC" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00780A4D" w:rsidRPr="008E42E5">
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00285F4E">
+      <w:r w:rsidR="009A438F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A94421">
+        </w:rPr>
+        <w:t>Функции Управления</w:t>
+      </w:r>
+      <w:r w:rsidR="00622566" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-        <w:t>і</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D97A9D" w:rsidRPr="008E42E5" w:rsidRDefault="00D97A9D" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D5819" w:rsidRPr="008E42E5" w:rsidRDefault="00285F4E" w:rsidP="00F1347E">
+    <w:p w:rsidR="004D5819" w:rsidRPr="008E42E5" w:rsidRDefault="00622566" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Білім басқармасы:</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управление образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97A9D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5819" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00617F64" w:rsidRPr="00EE203D" w:rsidRDefault="00285F4E" w:rsidP="00EE203D">
+    <w:p w:rsidR="00617F64" w:rsidRPr="00EE203D" w:rsidRDefault="00EE203D" w:rsidP="00EE203D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разработку и экспертизу экзаменационных материалов для проведения итоговой аттестации обучающихся</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EE203D" w:rsidRPr="008E42E5">
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с утвержденными спецификациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00617F64" w:rsidRPr="00EE203D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B05CD" w:rsidRPr="008E42E5" w:rsidRDefault="000A4453" w:rsidP="00F1347E">
+    <w:p w:rsidR="003B05CD" w:rsidRPr="008E42E5" w:rsidRDefault="003B05CD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тиражирование и упаковку экзаменационных материалов в соответствии с количеством обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом 10% резервных материалов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074AB2" w:rsidRPr="008E42E5" w:rsidRDefault="00285F4E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00074AB2" w:rsidRPr="008E42E5" w:rsidRDefault="00074AB2" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00074AB2" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">своевременное предоставление </w:t>
+      </w:r>
+      <w:r w:rsidR="00182B4A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00622566" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00182B4A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC606B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационных </w:t>
+      </w:r>
+      <w:r w:rsidR="00467B98" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для организации проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00622566" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00A113C2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E4BBB" w:rsidRPr="008E42E5" w:rsidRDefault="00285F4E" w:rsidP="00F1347E">
+    <w:p w:rsidR="007E4BBB" w:rsidRPr="008E42E5" w:rsidRDefault="004D5819" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>ық пен қауіпсіздікті</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конфиденциальность и безопасность экзаменационных материалов в п</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5F4C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роцессе их разработки и отправки</w:t>
       </w:r>
       <w:r w:rsidR="004C386A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00617F64" w:rsidRPr="008E42E5" w:rsidRDefault="00285F4E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00617F64" w:rsidRPr="008E42E5" w:rsidRDefault="00F271CA" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> формасын мектепке жіберуді</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отправку </w:t>
+      </w:r>
+      <w:r w:rsidR="00053261" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00371EAB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00053261" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экзаменационных материалов</w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="00053261" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00617F64" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">электронной </w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формы </w:t>
+      </w:r>
+      <w:r w:rsidR="00053261" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведомости экзаменационных и итоговых оценок </w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="00617F64" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidR="00617F64" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F271CA" w:rsidRPr="008E42E5" w:rsidRDefault="00FC2DDA" w:rsidP="00F1347E">
+    <w:p w:rsidR="00F271CA" w:rsidRPr="008E42E5" w:rsidRDefault="00617F64" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t>қамтамасыз етеді.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сбор и свод информации по контингенту обучающихся и результатам итоговой аттестации. </w:t>
       </w:r>
       <w:r w:rsidR="00053261" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0014793A" w:rsidRPr="008E42E5" w:rsidRDefault="00FC2DDA" w:rsidP="00F1347E">
+    <w:p w:rsidR="0014793A" w:rsidRPr="008E42E5" w:rsidRDefault="004D18C0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...94 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управление образования</w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит инспекцию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0062022D">
-[...24 lines deleted...]
-        <w:t>мектептерді тексереді және қажеттілігіне қарай мектептерге ұсыныс жасайды</w:t>
+      <w:r w:rsidR="003B05CD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до и/или </w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во время проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на предмет соответствия требованиям по безопасному хранению экзаменационных материалов, надлежащей организации и проведению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00056994" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соотве</w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тствии с настоящей Инструкцией и при необходимости предоставляет </w:t>
+      </w:r>
+      <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекомендации</w:t>
+      </w:r>
+      <w:r w:rsidR="003B05CD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ам</w:t>
       </w:r>
       <w:r w:rsidR="0014793A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0063617A" w:rsidRPr="008E42E5" w:rsidRDefault="0063617A" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A5F7C" w:rsidRDefault="002A5F7C" w:rsidP="00CD424F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8782D" w:rsidRDefault="00B8782D" w:rsidP="00CD424F">
+    <w:p w:rsidR="002A5F7C" w:rsidRDefault="002A5F7C" w:rsidP="00CD424F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B8782D" w:rsidRDefault="00B8782D" w:rsidP="00CD424F">
+    <w:p w:rsidR="000443BF" w:rsidRPr="008E42E5" w:rsidRDefault="00CD424F" w:rsidP="00CD424F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Параграф 2. Функции школы </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002A5F7C" w:rsidRDefault="002A5F7C" w:rsidP="00CD424F">
+    <w:p w:rsidR="00CD424F" w:rsidRPr="008E42E5" w:rsidRDefault="00CD424F" w:rsidP="00CD424F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000443BF" w:rsidRPr="008E42E5" w:rsidRDefault="00CD424F" w:rsidP="00CD424F">
-[...118 lines deleted...]
-    <w:p w:rsidR="002434B5" w:rsidRPr="008E42E5" w:rsidRDefault="0062022D" w:rsidP="00F1347E">
+    <w:p w:rsidR="002434B5" w:rsidRPr="008E42E5" w:rsidRDefault="00113A59" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">ен құқықтық актілерді басшылыққа алады. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="002434B5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри подготовке к </w:t>
+      </w:r>
+      <w:r w:rsidR="0094030D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00630BB0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2F94" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="0094030D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школа </w:t>
+      </w:r>
+      <w:r w:rsidR="002434B5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководствуется </w:t>
+      </w:r>
+      <w:r w:rsidR="00630BB0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правовыми актами</w:t>
+      </w:r>
+      <w:r w:rsidR="002434B5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00630BB0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утверждаемыми</w:t>
+      </w:r>
+      <w:r w:rsidR="0094030D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министром образования и науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="002434B5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0260C" w:rsidRPr="008E42E5" w:rsidRDefault="0062022D" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E0260C" w:rsidRPr="008E42E5" w:rsidRDefault="00E0260C" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Состав экзаменационной, аттестационной и апелляционной комиссий утверждается приказом директора школы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C43B6" w:rsidRPr="008E42E5" w:rsidRDefault="0062022D" w:rsidP="00F1347E">
+    <w:p w:rsidR="008C43B6" w:rsidRPr="008E42E5" w:rsidRDefault="008C43B6" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069587C" w:rsidRPr="008E42E5" w:rsidRDefault="0062022D" w:rsidP="00F1347E">
+    <w:p w:rsidR="0069587C" w:rsidRPr="008E42E5" w:rsidRDefault="00687317" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00582AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00582AD5">
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="008C43B6" w:rsidRPr="00582AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
+        <w:t>оставление и предоставление в Управление</w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="00582AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00505145" w:rsidRPr="00582AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="00582AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
-[...1 lines deleted...]
-        <w:t>білім алушылардың құрамы мен таңдау пәндері бойынша тізімді жасап, қорытынды аттестаттау басталғанға дейін 2 айдан кешіктірмей жіберуді;</w:t>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>спис</w:t>
+      </w:r>
+      <w:r w:rsidR="008C43B6" w:rsidRPr="00582AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ка</w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="00582AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по контингенту обучающихся и по выборности предметов не позднее</w:t>
       </w:r>
       <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2 месяцев до начала итоговой аттестации согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C43B6" w:rsidRPr="00BD3BF5" w:rsidRDefault="00BD3BF5" w:rsidP="00F1347E">
+    <w:p w:rsidR="008C43B6" w:rsidRPr="008E42E5" w:rsidRDefault="008C43B6" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организацию </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> врача/медицинской сестры во время проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="00E10BF2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2F94" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2F94" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C43B6" w:rsidRPr="00BD3BF5" w:rsidRDefault="00BD3BF5" w:rsidP="00F1347E">
+    <w:p w:rsidR="008C43B6" w:rsidRPr="008E42E5" w:rsidRDefault="008C43B6" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подготовку</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009847F4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кабинет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> места</w:t>
+      </w:r>
+      <w:r w:rsidR="009847F4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для безопасного хранения экзаменационных материалов</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15413" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00697C2E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудитори</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="007B501D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменов </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="00B447FB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>количество</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00B447FB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B05CD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DBA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00415375" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD3BF5" w:rsidRPr="00BD3BF5" w:rsidRDefault="00BD3BF5" w:rsidP="00F1347E">
+    <w:p w:rsidR="00074AB2" w:rsidRPr="008E42E5" w:rsidRDefault="008C43B6" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтихан материалдары мен жұмыстарын 3 айдан кем емес уақытта сақтауды қамтамасыз етеді. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хранение экзаменационных </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работ не менее 3 месяцев. По истечении срока хранения экзаменационные </w:t>
+      </w:r>
+      <w:r w:rsidR="000A4453" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалы и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работы уничтожаются школой.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074AB2" w:rsidRPr="008E42E5" w:rsidRDefault="00BD3BF5" w:rsidP="00BD3BF5">
-[...51 lines deleted...]
-    <w:p w:rsidR="003E254E" w:rsidRPr="008E42E5" w:rsidRDefault="00BD3BF5" w:rsidP="00F1347E">
+    <w:p w:rsidR="003E254E" w:rsidRPr="008E42E5" w:rsidRDefault="00113A59" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>келесі талаптарға сәйкес болуы керек:</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аудитории для проведения </w:t>
+      </w:r>
+      <w:r w:rsidR="007B501D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2F94" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должны соответствовать следующим требованиям: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E254E" w:rsidRPr="00582762" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="003E254E" w:rsidRPr="008E42E5" w:rsidRDefault="003E254E" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличие отдельной парты/места для каждого обучающегося, расстояние от центра до центра следующей парты/места должно быть не меньше 1,25 метра;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A4453" w:rsidRPr="008E42E5" w:rsidRDefault="007F1096" w:rsidP="000A4453">
+    <w:p w:rsidR="000A4453" w:rsidRPr="008E42E5" w:rsidRDefault="001C78CB" w:rsidP="000A4453">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2527935" cy="2393315"/>
+            <wp:extent cx="2535555" cy="2400300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Рисунок 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2527935" cy="2393315"/>
+                      <a:ext cx="2535555" cy="2400300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A4453" w:rsidRPr="008E42E5" w:rsidRDefault="000A4453" w:rsidP="000A4453">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D03FC" w:rsidRPr="008E42E5" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="007D03FC" w:rsidRPr="008E42E5" w:rsidRDefault="007D03FC" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>надлежащее освещение, вентиляция, звукоизоляция и температурный режим;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00113A59" w:rsidRPr="008E42E5" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="00113A59" w:rsidRPr="008E42E5" w:rsidRDefault="004222C9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> сағаттың болуы;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настенных/электронных часов</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4E55" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зоне видимости для каждого </w:t>
+      </w:r>
+      <w:r w:rsidR="00683C98" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00337357" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00113A59" w:rsidRPr="008E42E5" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="00113A59" w:rsidRPr="008E42E5" w:rsidRDefault="004222C9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>тақтаның болуы</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доски</w:t>
       </w:r>
       <w:r w:rsidR="00337357" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C4DD0" w:rsidRPr="008E42E5" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="009C4DD0" w:rsidRPr="008E42E5" w:rsidRDefault="004222C9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>қосымша кеңсе құрал-жабдықтарының болуы</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие </w:t>
       </w:r>
       <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>запас</w:t>
+      </w:r>
+      <w:r w:rsidR="00683C98" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ных канцелярских принадлежностей</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00956B49" w:rsidRPr="008E42E5" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="00956B49" w:rsidRPr="008E42E5" w:rsidRDefault="004A5E39" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>емтихан пәндері бойынша анықтамалық-танымдық ақпараттары бар стенд, плакат, әдебиеттердің жоқ болуы</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>тсутствие</w:t>
       </w:r>
       <w:r w:rsidR="00683C98" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> стендов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>плакатов,</w:t>
+      </w:r>
+      <w:r w:rsidR="00683C98" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> литературы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющих в содержании справочно-познавательную информацию по </w:t>
+      </w:r>
+      <w:r w:rsidR="00313F01" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационным </w:t>
+      </w:r>
+      <w:r w:rsidR="00113A59" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам.</w:t>
+      </w:r>
+      <w:r w:rsidR="00683C98" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Бар болған жағдайда оларды уақытша алып тастау немесе жауып қою керек. </w:t>
+      <w:r w:rsidR="009C4DD0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае наличия необходимо их временно убрать</w:t>
+      </w:r>
+      <w:r w:rsidR="00482858" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо закрыть. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002A5F7C" w:rsidRDefault="002A5F7C" w:rsidP="0080253A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C001C6" w:rsidRPr="008E42E5" w:rsidRDefault="0080253A" w:rsidP="0080253A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00582762">
+        <w:t xml:space="preserve">Параграф 3. Функции </w:t>
+      </w:r>
+      <w:r w:rsidR="003A44FB" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="008E42E5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidR="00C001C6" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00582762">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кзаменационн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00A94421">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="00C001C6" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00621632">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комисси</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t>і</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD2113" w:rsidRPr="008E42E5" w:rsidRDefault="00AD2113" w:rsidP="0080253A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF3B61" w:rsidRPr="008E42E5" w:rsidRDefault="00582762" w:rsidP="00F1347E">
+    <w:p w:rsidR="00DF3B61" w:rsidRPr="008E42E5" w:rsidRDefault="00AD2113" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> кіреді</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В состав </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B47" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidR="0080253A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кзаменационной комиссии входят </w:t>
       </w:r>
       <w:r w:rsidR="00BA2315" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Председатель экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="0080253A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администратор экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="0080253A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, дежурные по аудитории, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурные по коридору</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2315" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0003578B" w:rsidRPr="008E42E5" w:rsidRDefault="00BF280A" w:rsidP="00F1347E">
+    <w:p w:rsidR="0003578B" w:rsidRPr="008E42E5" w:rsidRDefault="00BA2315" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Емтихан комиссиясының төрағасы мектеп директоры болып табылады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председателем экзаменационной комиссии </w:t>
       </w:r>
       <w:r w:rsidR="0003578B" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>является директор</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7C2C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0003578B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0003578B" w:rsidRPr="008E42E5" w:rsidRDefault="00BF280A" w:rsidP="00F1347E">
+    <w:p w:rsidR="0003578B" w:rsidRPr="008E42E5" w:rsidRDefault="0003578B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>айында Емтихан комиссиясының төрағасы ретінде директордың орынбасары тағайындалады, оған Емтихан комиссиясының төрағасы қызметі жүктеледі</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае заинтересованности,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6E72" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо в случае отсутствия директора школы на рабочем месте (командировка, болезнь и т.д.) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председателем экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначается </w:t>
       </w:r>
       <w:r w:rsidR="001B40AD" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">заместитель директора, на которого возлагаются функции </w:t>
+      </w:r>
+      <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председателя экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="001B40AD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC340B" w:rsidRPr="008E42E5" w:rsidRDefault="00BF280A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00AC340B" w:rsidRPr="008E42E5" w:rsidRDefault="00AC340B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель экзаменационной комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB1499" w:rsidRPr="008E42E5" w:rsidRDefault="00BF280A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00FB1499" w:rsidRPr="008E42E5" w:rsidRDefault="00AC340B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...104 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1499" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беспечивает получение, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C703E8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">безопасное </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1499" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хранение и конфиденциальност</w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменационных материалов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC340B" w:rsidRPr="008E42E5" w:rsidRDefault="00BF280A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00AC340B" w:rsidRPr="008E42E5" w:rsidRDefault="00AC340B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыдает за 40 минут до начала экзамена экзаменационные материалы дежурным по аудитории и принимает их по завершени</w:t>
+      </w:r>
+      <w:r w:rsidR="009969C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамена согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0260C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ведомости учета</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выданных и возвращенных </w:t>
+      </w:r>
+      <w:r w:rsidR="00064BDA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационных </w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалов </w:t>
+      </w:r>
+      <w:r w:rsidR="00296687" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме </w:t>
+      </w:r>
+      <w:r w:rsidR="00296687" w:rsidRPr="007001EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="007001EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прил</w:t>
+      </w:r>
+      <w:r w:rsidR="00296687" w:rsidRPr="007001EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ожению</w:t>
+      </w:r>
+      <w:r w:rsidR="001840A8" w:rsidRPr="007001EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007001EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6 к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей Инструкции);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F02AFC" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00F02AFC" w:rsidRPr="008E42E5" w:rsidRDefault="00692BD9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      <w:r w:rsidR="00692BD9" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роводит инструктаж </w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с членами </w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационной, аттестационной и апелляционной </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комисси</w:t>
+      </w:r>
+      <w:r w:rsidR="00071029" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23F38" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нформирует</w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о соблюдении мер безопасности, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C407D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сохранности и конфиденциальности </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6DE4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экзаменационны</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6DE4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и процедур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00EB6DE4" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A5EB1" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="003A5EB1" w:rsidRPr="008E42E5" w:rsidRDefault="00692BD9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      <w:r w:rsidR="00692BD9" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84038" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рганизует </w:t>
+      </w:r>
+      <w:r w:rsidR="00515AC2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особые условия</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5EB1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5EB1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с особыми потребностями</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0260C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директора школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F02363" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00F02363" w:rsidRPr="008E42E5" w:rsidRDefault="00692BD9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      <w:r w:rsidR="00692BD9" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02363" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есет ответственность за организацию и проведение итоговой аттестации в соответствии с требованиями настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00F02363" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007306B4" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="007306B4" w:rsidRPr="008E42E5" w:rsidRDefault="00692BD9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтихан, аттестаттау және апелляциялық комиссияның жұмысын ұйымдастырады; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="007306B4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизовывает работу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационной, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B47" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ттестационной и </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B47" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="007306B4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069587C" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="0069587C" w:rsidRPr="008E42E5" w:rsidRDefault="00692BD9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>қорытынды аттестаттау құжаттары, емтихан материалдары мен жұмыстарды жинау мен сақтауды жүзеге асырады;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>существляет сбор и хранение документов итоговой аттестации, экзаменационных материалов и работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A0418" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="002A0418" w:rsidRPr="008E42E5" w:rsidRDefault="00692BD9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">білім алушылардың нәтижелері туралы мүдделі тараптарды өз уақытында ақпараттандырады. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="007306B4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воевременно</w:t>
+      </w:r>
+      <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007306B4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информирует заинтересованные стороны </w:t>
+      </w:r>
+      <w:r w:rsidR="00A113CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о результатах </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="007306B4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13E1C" w:rsidRPr="008E42E5" w:rsidRDefault="00855E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E13E1C" w:rsidRPr="008E42E5" w:rsidRDefault="00B84E9F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t>мектеп директорының орынбасалары арасынан тағайындалады.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Администратор</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3F0F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назначается из числа заместителей</w:t>
+      </w:r>
+      <w:r w:rsidR="006A3F0F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>директора школы</w:t>
       </w:r>
       <w:r w:rsidR="00FC3120" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003259D0" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="003259D0" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Администратор экзамена: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00782C94" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00782C94" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">қорытынды аттестаттау басталғанға дейін 2 айдан кешіктірмей білім алушылар құрамы мен таңдау пәндері бойынша тізім жасайды; </w:t>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>оставляет список</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по контингенту </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">щихся и по выборности предметов не позднее </w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> месяцев</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до начала </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>итоговой аттестации;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD7CB8" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00DD7CB8" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...58 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35FF2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беспечивает безопасное </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хранение и </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35FF2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соблюдение </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конфиденциальности экзаменационных материалов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B44888">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C35FF2" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00C35FF2" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтихандарды өткізу үшін аудиторияларды алдын ала дайындайды; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35FF2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аблаговременно подготавливает ауд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итории для проведения экзаменов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F0E19" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="006F0E19" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">аудитория мен дәліз кезекшілеріне нұсқама өткізеді, емтихан басталар алдында осы Нұсқаулыққа сәйкес олардың функционалдық міндеттерін түсіндіреді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роводит инструктаж с дежурными</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по аудитории и коридору</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, разъясняет </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13E1C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">им </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функциональные обязанности согласно настоящей Инструкции </w:t>
+      </w:r>
+      <w:r w:rsidR="0069587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перед началом</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00916156" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C35FF2" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00C35FF2" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">аудитория мен дәліз кезекшілерінің арасында міндеттерді бөледі; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB742D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аспределяет обязанности между дежурными по аудитории</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0021" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и коридору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB0021" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00CB0021" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      <w:r w:rsidR="003259D0" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35FF2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беспечивает </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">явку </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на экзамен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF1F17" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00EF1F17" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      <w:r w:rsidR="003259D0" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1F17" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тмечает присутствующих/отсутствующих </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D336E5" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D336E5" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      <w:r w:rsidR="003259D0" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">существляет сбор </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4378" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>актов</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрации нарушений на экзамене, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5EB1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заполненных дежурным по аудитории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00DD7CB8" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00042A5E" w:rsidRPr="008E42E5" w:rsidRDefault="002F666E" w:rsidP="00F1347E">
+    <w:p w:rsidR="00042A5E" w:rsidRPr="008E42E5" w:rsidRDefault="003259D0" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> алады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
       </w:r>
       <w:r w:rsidR="00042A5E" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">есет ответственность за организацию и проведение </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02363" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00042A5E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с требованиями настоящей Инструкции. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D5524" w:rsidRPr="008E42E5" w:rsidRDefault="00155295" w:rsidP="00F1347E">
+    <w:p w:rsidR="009D5524" w:rsidRPr="008E42E5" w:rsidRDefault="00E81569" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">ды. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дежурный по аудитории н</w:t>
+      </w:r>
+      <w:r w:rsidR="0028019D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азначается из числа учителей школ, не преподающих предмет экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5524" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D5524" w:rsidRPr="00155295" w:rsidRDefault="00155295" w:rsidP="00F1347E">
+    <w:p w:rsidR="009D5524" w:rsidRPr="008E42E5" w:rsidRDefault="009D5524" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество дежурных в аудитории определяется из</w:t>
+      </w:r>
+      <w:r w:rsidR="00916156" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расчета 1</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0B9F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00916156" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дежурный на </w:t>
+      </w:r>
+      <w:r w:rsidR="0097587C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 аудиторию</w:t>
+      </w:r>
+      <w:r w:rsidR="00916156" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="00FB32C6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае, если на экзамене присутствуют более одного дежурного, обязанности каждого из них равномерно распределяются администратором экзамена (например, в то время, как один дежурный </w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вскрывает </w:t>
+      </w:r>
+      <w:r w:rsidR="008448DA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пакеты</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с экзаменационными </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0B9F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалами, другой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> след</w:t>
+      </w:r>
+      <w:r w:rsidR="000B0B9F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т за </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0B9F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дисциплиной в</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аудитории, пока один дежурный </w:t>
+      </w:r>
+      <w:r w:rsidR="00582AD5" w:rsidRPr="00582AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводит</w:t>
+      </w:r>
+      <w:r w:rsidR="00582AD5" w:rsidRPr="00505145">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00582AD5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инструктаж</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B0B9F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>другой следи</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т за правильным заполнением </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> титульного листа </w:t>
+      </w:r>
+      <w:r w:rsidR="00582AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сборника заданий</w:t>
+      </w:r>
+      <w:r w:rsidR="00843BAE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т.д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00834B84" w:rsidRPr="008E42E5" w:rsidRDefault="00155295" w:rsidP="00F1347E">
+    <w:p w:rsidR="00834B84" w:rsidRPr="008E42E5" w:rsidRDefault="00834B84" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дежурный по аудитории: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D5524" w:rsidRPr="008E42E5" w:rsidRDefault="00155295" w:rsidP="00F1347E">
+    <w:p w:rsidR="009D5524" w:rsidRPr="008E42E5" w:rsidRDefault="00834B84" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>белгіленген аудиторияны емтихан басталғанға дейін дайындайды</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="006418C6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отовит назначенную аудиторию д</w:t>
+      </w:r>
+      <w:r w:rsidR="0025400E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о начала экзамена</w:t>
       </w:r>
       <w:r w:rsidR="000924DF" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025400E" w:rsidRPr="008E42E5" w:rsidRDefault="00155295" w:rsidP="00F1347E">
+    <w:p w:rsidR="0025400E" w:rsidRPr="008E42E5" w:rsidRDefault="00834B84" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...96 lines deleted...]
-        <w:t xml:space="preserve">дігіне жауапты болады; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="006418C6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олучает </w:t>
+      </w:r>
+      <w:r w:rsidR="00270E41" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за 40 минут до начала экзамена, экзаменационные материалы под личную подпись в ведомости учета выданных и возвращенных материалов </w:t>
+      </w:r>
+      <w:r w:rsidR="006418C6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD22E3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председателя экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00413C14" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00056761" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00916156" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с момента получения экзаменационных материалов несет полную ответственность за безопасность</w:t>
+      </w:r>
+      <w:r w:rsidR="00F242AA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменационных материалов</w:t>
+      </w:r>
+      <w:r w:rsidR="000924DF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00956B49" w:rsidRPr="008E42E5" w:rsidRDefault="00B039CA" w:rsidP="00F1347E">
+    <w:p w:rsidR="00956B49" w:rsidRPr="008E42E5" w:rsidRDefault="00834B84" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">қаулықтың талаптарына сәйкес білім алушыларды орындарға отырғызады; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ассаживает обучающихся согласно требованиям настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidR="000924DF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00956B49" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000361F8" w:rsidRPr="008E42E5" w:rsidRDefault="00974970" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B039CA">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">білім алушылардың көзінше емтихан материалдары салынған пакетті ашады, білім алушыларға емтихан материалдарын таратады; </w:t>
+      <w:r w:rsidR="00834B84" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0E40" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>скры</w:t>
+      </w:r>
+      <w:r w:rsidR="006418C6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вает</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0E40" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00270E41" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в присутствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00270E41" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0E40" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>паке</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т с экзаменационным материалом</w:t>
+      </w:r>
+      <w:r w:rsidR="00270E41" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0E40" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разда</w:t>
+      </w:r>
+      <w:r w:rsidR="006418C6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет</w:t>
+      </w:r>
+      <w:r w:rsidR="00270E41" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменационные материалы</w:t>
+      </w:r>
+      <w:r w:rsidR="000361F8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="000924DF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F5A45" w:rsidRPr="008E42E5" w:rsidRDefault="00B039CA" w:rsidP="00F1347E">
+    <w:p w:rsidR="006F5A45" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">7-қосымшасына сәйкес білім алушыларға оқыту тілінде нұсқама жүргізеді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5A45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роводит инструктаж</w:t>
+      </w:r>
+      <w:r w:rsidR="006627DE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="006627DE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно приложению</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5A45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00237F50" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="006627DE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5A45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, за 20 минут до начала экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00413C14" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на языке</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8430C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087486B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46104" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D52B15" w:rsidRPr="008E42E5" w:rsidRDefault="00B039CA" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D52B15" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтиханның ұзақтығы туралы хабарлайды, тақтада емтиханның басталу және аяқталу уақытын көрсетеді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5A45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ообщает о продолжительности экзамена, у</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52B15" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казывает на доске время начала и завершения экзаменов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52B15" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006418C6" w:rsidRPr="008E42E5" w:rsidRDefault="00B039CA" w:rsidP="00F1347E">
+    <w:p w:rsidR="006418C6" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>емтихан өту кезінде тәртіпті бақылайды;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00270E41" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ледит за порядком во время проведения экзамена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F0E19" w:rsidRPr="008E42E5" w:rsidRDefault="00B039CA" w:rsidP="00F1347E">
+    <w:p w:rsidR="006F0E19" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>емтихан аудиториясынан шығып кетпейді, барлық емтихан уақытында шапшаңдық және ұқыптылық танытады (жалпы аудитория және қатарлар арасымен жүру)</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0E19" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е покидает экзаменационную аудиторию, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">является </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0E19" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мобильным и внимательным в течение всего экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB08FF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (передвигаться по периметру и между рядами)</w:t>
       </w:r>
       <w:r w:rsidR="009557E8" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="000924DF" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наблюдает</w:t>
+      </w:r>
+      <w:r w:rsidR="009557E8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:r w:rsidR="009557E8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, чтобы удостовериться, что они не списывают и не отвлекают других</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00E50711" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0061263D">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="000924DF" w:rsidRPr="008E42E5" w:rsidRDefault="00BC41B7" w:rsidP="00F1347E">
+    <w:p w:rsidR="000924DF" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...60 lines deleted...]
-        <w:t>8-қосымшасына сәйкес толтырады;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="00A319FB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аполняет </w:t>
+      </w:r>
+      <w:r w:rsidR="00750B82" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:r w:rsidR="00777EA0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрации </w:t>
+      </w:r>
+      <w:r w:rsidR="006A57DE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нарушений на экзаменах </w:t>
+      </w:r>
+      <w:r w:rsidR="00A319FB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="003E6C5A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> случае нарушения </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающимися </w:t>
+      </w:r>
+      <w:r w:rsidR="003E6C5A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правил настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5EB1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="000528F8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="00237F50" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="003F67C8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6C5A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000924DF" w:rsidRPr="008E42E5" w:rsidRDefault="00BC41B7" w:rsidP="00F1347E">
+    <w:p w:rsidR="000924DF" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтиханның аяқталуына 10 минут қалғанын ескертеді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предупреждает обучающихся за 10 минут до завершения экзамена;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000924DF" w:rsidRPr="008E42E5" w:rsidRDefault="00BC41B7" w:rsidP="00F1347E">
+    <w:p w:rsidR="000924DF" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтихан аяқталған соң білім алушылардың емтихан жұмыстарын жинап алады,  жұмыстардың санын білім алушылардың көзінше тексереді, емтихан жұмыстарын пакетке салады және емтихан әкімшісіне береді. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">собирает экзаменационные работы обучающихся после завершения экзамена, проверяет их количество в присутствии обучающихся, упаковывает в пакет экзаменационные работы и передает администратору экзамена. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="00BC41B7" w:rsidP="00F1347E">
+    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="00230E7A" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00230E7A" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дежурному по аудитории з</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36E61" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апрещается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00230E7A" w:rsidRPr="00BC41B7" w:rsidRDefault="00BC41B7" w:rsidP="00F1347E">
+    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="00270E41" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>читать содержание экзаменационного материала до начала, во время и после проведения экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00230E7A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00034D05" w:rsidRPr="002A70AD" w:rsidRDefault="002A70AD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00034D05" w:rsidRPr="008E42E5" w:rsidRDefault="00034D05" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">емтихан басталғанға дейін, емтихан уақытында, емтихан өткеннен соң кез келген жолмен емтихан материалдарын тарату: беру, көшіру және басқа да әрекеттер жасауына; </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>распространять экзаменационный матери</w:t>
+      </w:r>
+      <w:r w:rsidR="006A57DE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ал любым способом до начала, во </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время и после проведения экзамена: передавать, менять, копировать и совершать иные </w:t>
+      </w:r>
+      <w:r w:rsidR="00896421" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действия;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="002A70AD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="00270E41" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>мектеп директорының бұйрығына сәйкес қорытынды аттестаттауды өткізуге қатыстырылған тұлғалардан бөлек аудиторияға бөгде адамдардың кіруіне жол беруіне</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>допускать присутствие посторонних лиц</w:t>
       </w:r>
       <w:r w:rsidR="00230E7A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> в аудитории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, кроме </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8430C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">задействованных </w:t>
+      </w:r>
+      <w:r w:rsidR="00230E7A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в проведении </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8430C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidR="00653459" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C8430C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно приказу </w:t>
+      </w:r>
+      <w:r w:rsidR="0087486B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>директора школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00230E7A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="002A70AD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00230E7A" w:rsidRPr="008E42E5" w:rsidRDefault="00270E41" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>ясынан шығуына</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выходить из экзаменационной аудитории</w:t>
       </w:r>
       <w:r w:rsidR="00230E7A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E50711" w:rsidRPr="008E42E5" w:rsidRDefault="002A70AD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E50711" w:rsidRPr="008E42E5" w:rsidRDefault="00270E41" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>терде жұмыс жасау, білім алушылардың жұмысын тексеру)</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заниматься посторонней деятельностью во время проведения экзаменов (</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>например</w:t>
+      </w:r>
+      <w:r w:rsidR="00750B82" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15413" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работа за компьютером, проверка работ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E50711" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028019D" w:rsidRPr="008E42E5" w:rsidRDefault="002A70AD" w:rsidP="00F1347E">
+    <w:p w:rsidR="0028019D" w:rsidRPr="008E42E5" w:rsidRDefault="0028019D" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иметь при себе во время проведения экзамена мобильный телефон, справочные материалы, электронные книги, записывающее аудио</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC41B7">
-[...14 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/ видеоустройства и любые другие электронные средства.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00750B82" w:rsidRPr="008E42E5" w:rsidRDefault="00750B82" w:rsidP="00750B82">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A5EB1" w:rsidRPr="008E42E5" w:rsidRDefault="002A70AD" w:rsidP="00F1347E">
+    <w:p w:rsidR="003A5EB1" w:rsidRPr="008E42E5" w:rsidRDefault="000924DF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Дәліз кезекшісі мектеп мұғалімдері/қызметкерлері арасынан тағайындалады. Дәлізде жыныстары әртүрлі кезекшілердің болуын қамтамасыз ету қажет.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дежурный по коридору н</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC21DB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азначается </w:t>
       </w:r>
       <w:r w:rsidR="00643683" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidR="008A47F6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> числа учител</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC21DB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A47F6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00955C35" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работников </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC21DB" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidR="008A47F6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>колы</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5EB1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9398C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо обеспечить наличие разнополых дежурных по коридору.</w:t>
+      </w:r>
+      <w:r w:rsidR="00643683" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C794F" w:rsidRPr="008E42E5" w:rsidRDefault="00326E4B" w:rsidP="00F1347E">
+    <w:p w:rsidR="008C794F" w:rsidRPr="008E42E5" w:rsidRDefault="008C794F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дежурный по коридору:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A47F6" w:rsidRPr="00326E4B" w:rsidRDefault="00326E4B" w:rsidP="00F1347E">
+    <w:p w:rsidR="008A47F6" w:rsidRPr="008E42E5" w:rsidRDefault="00711E3F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">емтихан басталғанға дейін мектеп ғимаратындағы белгілі бір аумақты бақылауына алады; </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="008A47F6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анимает определенный участок для дежурства в здании </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67820" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы </w:t>
+      </w:r>
+      <w:r w:rsidR="006F24BC" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до начала экзаменов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A47F6" w:rsidRPr="008E42E5" w:rsidRDefault="00326E4B" w:rsidP="00F1347E">
+    <w:p w:rsidR="008A47F6" w:rsidRPr="008E42E5" w:rsidRDefault="00711E3F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">емтихан өту кезінде дәлізде бөгде адамдардың және шудың болмауын қамтамасыз етеді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5794" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беспечивает отсутствие</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938C8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посторонних лиц </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01CBE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и шума </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938C8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в коридоре </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67820" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">школы </w:t>
+      </w:r>
+      <w:r w:rsidR="006F24BC" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>во время проведения экзаменов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67820" w:rsidRPr="008E42E5" w:rsidRDefault="00326E4B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E67820" w:rsidRPr="008E42E5" w:rsidRDefault="00711E3F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">аудиториядан білім алшылар шыққан жағдайда олармен бірге әжетханаға дейін және кері қайтқанша ілесіп жүреді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00A724E2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри выходе </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="00A724E2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из аудитории, сопровожда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ет их до туалета и обратно;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028019D" w:rsidRPr="008E42E5" w:rsidRDefault="00326E4B" w:rsidP="00F1347E">
+    <w:p w:rsidR="0028019D" w:rsidRPr="008E42E5" w:rsidRDefault="00711E3F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> құралдар алуына тыйым салынады</w:t>
+        </w:rPr>
+        <w:t>д</w:t>
       </w:r>
       <w:r w:rsidR="0028019D" w:rsidRPr="008E42E5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ежурному по коридору запрещается</w:t>
+      </w:r>
+      <w:r w:rsidR="0028019D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0028019D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иметь при себе во время проведения экзамена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">справочные </w:t>
+      </w:r>
+      <w:r w:rsidR="0087486B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалы, электронные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> книги, </w:t>
+      </w:r>
+      <w:r w:rsidR="0028019D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мобильный телефон, записывающее аудио</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0028019D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/ видеоустройства и любые другие электронные средства.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0028019D" w:rsidRPr="008E42E5" w:rsidRDefault="0028019D" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00924A3B" w:rsidRPr="008E42E5" w:rsidRDefault="00924A3B" w:rsidP="00924A3B">
+    <w:p w:rsidR="00924A3B" w:rsidRPr="008E42E5" w:rsidRDefault="000146A8" w:rsidP="00924A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00A94421">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00924A3B" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008E42E5">
+        </w:rPr>
+        <w:t xml:space="preserve">Параграф 4. Функции </w:t>
+      </w:r>
+      <w:r w:rsidR="00924A3B" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...36 lines deleted...]
-        <w:t>і</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аттестационной комиссии</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E6C14" w:rsidRPr="008E42E5" w:rsidRDefault="006E6C14" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0087486B" w:rsidRPr="008E42E5" w:rsidRDefault="00A94421" w:rsidP="0087486B">
+    <w:p w:rsidR="0087486B" w:rsidRPr="008E42E5" w:rsidRDefault="0087486B" w:rsidP="0087486B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В состав аттестационной комиссии входят Председатель экзаменационной комиссии, члены аттестационной комиссии из числа учителей школы по соответствующим предметам.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00413D7E" w:rsidRPr="008E42E5" w:rsidRDefault="00721712" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Аттеста</w:t>
-[...8 lines deleted...]
-        <w:t>ттау комиссиясы бал қою кестелеріне сәйкес білім алушылардың емтихан жұмыстарын тексеруді жүзеге асырады</w:t>
+        <w:t>Аттестационная комиссия</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E78" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляе</w:t>
+      </w:r>
+      <w:r w:rsidR="009C3DE2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т проверку экзаменационных </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4354C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1881" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии со схемами выставления баллов</w:t>
       </w:r>
       <w:r w:rsidR="001D3913" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00A94421" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00E4354C" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттестационной комиссии выполняет следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00A94421" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00E4354C" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2977"/>
           <w:tab w:val="left" w:pos="-1985"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">қама өткізеді; </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводит инструктаж с членами аттестационной комиссии перед началом процедуры проверки экзаменационных работ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00A94421" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00E4354C" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2977"/>
           <w:tab w:val="left" w:pos="-1985"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">организует процедуру проверки </w:t>
+      </w:r>
+      <w:r w:rsidR="00C63810" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и оценивания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экзаменационных работ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C63810" w:rsidRPr="008E42E5" w:rsidRDefault="00A94421" w:rsidP="00F1347E">
+    <w:p w:rsidR="00C63810" w:rsidRPr="008E42E5" w:rsidRDefault="00E4354C" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2977"/>
           <w:tab w:val="left" w:pos="-1985"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>әр күннің соңында емтихан жұмыстары сақталатын шкаф/ сейф / аудиторияға сүргі салады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">опечатывает в конце каждого дня </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E78" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шкафы</w:t>
+      </w:r>
+      <w:r w:rsidR="00330E19" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E78" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00330E19" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сейфы</w:t>
+      </w:r>
+      <w:r w:rsidR="00330E19" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E78" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00330E19" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E78" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудитории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, где хранятся экзаменационные работы</w:t>
       </w:r>
       <w:r w:rsidR="00C63810" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00A94421" w:rsidP="00F1347E">
+    <w:p w:rsidR="00E4354C" w:rsidRPr="008E42E5" w:rsidRDefault="00C63810" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-2977"/>
           <w:tab w:val="left" w:pos="-1985"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает конфиденциальность и безопасное хранение экзаменационных работ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>во время проверки.</w:t>
       </w:r>
       <w:r w:rsidR="00E4354C" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00330E19" w:rsidRPr="008E42E5" w:rsidRDefault="00C92406" w:rsidP="00F1347E">
+    <w:p w:rsidR="00330E19" w:rsidRPr="008E42E5" w:rsidRDefault="00AD3B1F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Аттестаттау комиссиясының төрағасы білім алушылардың емтихан жұмыстарын тексеру мен бағалауды өткізуді ұйымдастыруға толықтай жауапты болады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель а</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63810" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ттестационной комиссии несет полную ответственность за организацию проведения проверки и оценивания экзаменационных работ </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:r w:rsidR="00330E19" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A94E78" w:rsidRPr="008E42E5" w:rsidRDefault="00C92406" w:rsidP="00F1347E">
+    <w:p w:rsidR="00A94E78" w:rsidRPr="008E42E5" w:rsidRDefault="006E6C14" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттестационной комиссии формирую</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94E78" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся в группы по соответствующему предмету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в количестве не менее </w:t>
+      </w:r>
+      <w:r w:rsidR="00750B82" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>двух</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человек.</w:t>
       </w:r>
       <w:r w:rsidR="00431251" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E6C14" w:rsidRPr="008E42E5" w:rsidRDefault="00C92406" w:rsidP="00F1347E">
+    <w:p w:rsidR="006E6C14" w:rsidRPr="008E42E5" w:rsidRDefault="006E6C14" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Аттестаттау комиссиясының мүшелері емтихан жұмыстарын тексеру рәсімінің алдында Аттестаттау комиссиясының төрағасынан білім алушылардың жұмыстарын жеке жауапкершілігімен алады. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены аттестационной комиссии перед процедурой проверки экзаменационных работ получают от </w:t>
+      </w:r>
+      <w:r w:rsidR="007F316F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председателя аттестационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00126D98" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>под личную ответственность.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F6D71" w:rsidRPr="008E42E5" w:rsidRDefault="00C92406" w:rsidP="00F1347E">
+    <w:p w:rsidR="008F6D71" w:rsidRPr="008E42E5" w:rsidRDefault="00431251" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Аттестаттау комиссиясының барлық мүшелері жұмыстарды тексереді. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все члены </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттестационной комиссии выполняют п</w:t>
+      </w:r>
+      <w:r w:rsidR="005842DC" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роверку работ. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E3EB8" w:rsidRPr="008E42E5" w:rsidRDefault="00C92406" w:rsidP="00F1347E">
+    <w:p w:rsidR="003E3EB8" w:rsidRPr="008E42E5" w:rsidRDefault="003E3EB8" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Барлық білім алушылардың жұмыстарын бағалау балл қою кестесіне сәйкес тең жағдайда жүргізіледі. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценивание экзаменационных работ всех </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводится на равных условиях в соответствии со схемой выставления баллов. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D514C8" w:rsidRPr="008E42E5" w:rsidRDefault="00C92406" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D514C8" w:rsidRPr="008E42E5" w:rsidRDefault="00E2602F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> қолдарын қояды</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Члены аттестационной комиссии, после проверки экзаменационных работ и выставления баллов </w:t>
+      </w:r>
+      <w:r w:rsidR="00D514C8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по каждому предмету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экзамена производят внесение баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D514C8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D514C8" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ведомость</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ведомость</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> распечатывается и подписывается </w:t>
+      </w:r>
+      <w:r w:rsidR="00F33D3F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">членами </w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттестационной комиссии</w:t>
       </w:r>
       <w:r w:rsidR="005842DC" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E2DDD" w:rsidRPr="008E42E5" w:rsidRDefault="00E92E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="001E2DDD" w:rsidRPr="008E42E5" w:rsidRDefault="001E2DDD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-        <w:t>бұзушылықтың болғанын білген жағдайда (көшіру, жұмыстарды ауыстыру және басқалары) аттестаттау комиссиясының мүшелері білім алушылардың нәтижелерінің күшін жою туралы шешім қабылдап, ведомоске сәйкес жазбаны енгізеді</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае обнаружения нарушений на экзамене</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (списывание, замена работ и др.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> члены </w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ттестационной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4A03" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимают</w:t>
       </w:r>
       <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> решение об аннулировании результатов обучающихся и вносят в ведомость соответствующую запись. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00353068" w:rsidRPr="008E42E5" w:rsidRDefault="00E92E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00353068" w:rsidRPr="008E42E5" w:rsidRDefault="00353068" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Аттестаттау комиссиясының мүшелері емтихан жұмыстарын тексеру барысында өздерінің тиісті міндеттерін орындауға дербес жауапты болады. </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены аттестационной комиссии несут персональную ответственность за надлежащее исполнение своих функций при проверке экзаменационных работ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008B76D4" w:rsidRPr="008E42E5" w:rsidRDefault="008B76D4" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D83C0B" w:rsidRPr="008E42E5" w:rsidRDefault="00D83C0B" w:rsidP="00D83C0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="928"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00593375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E92E1A">
+        <w:t xml:space="preserve">Параграф 5. Функции </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00593375">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...69 lines deleted...]
-        <w:t>і</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апелляционной комиссии</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00865B34" w:rsidRPr="008E42E5" w:rsidRDefault="00865B34" w:rsidP="00B54E9F">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00595D0C" w:rsidRPr="008E42E5" w:rsidRDefault="00E92E1A" w:rsidP="00595D0C">
+    <w:p w:rsidR="00595D0C" w:rsidRPr="008E42E5" w:rsidRDefault="00595D0C" w:rsidP="00595D0C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...122 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В состав апелляционной комиссии входят Председатель апелляционной комиссии, члены апелляционной комиссии из числа учителей школы по соответствующим предметам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00E92E1A" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00AD3B1F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>яциялық комиссия төрағасы келесі міндеттерді орындайды</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель а</w:t>
+      </w:r>
+      <w:r w:rsidR="00670DD6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссии выполняет</w:t>
       </w:r>
       <w:r w:rsidR="00D75539" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> следующие функции: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00D75539" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-        <w:t>ылауды жүзеге асырады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет контроль </w:t>
+      </w:r>
+      <w:r w:rsidR="00956B49" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением порядка </w:t>
+      </w:r>
+      <w:r w:rsidR="00710FE9" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведения апелляции</w:t>
       </w:r>
       <w:r w:rsidR="00CE67C8" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00D75539" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводит разъяснительную работу с членами апелляционной комиссии перед началом апелляции;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00D75539" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      <w:r w:rsidR="00D75539" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подписывает протокол </w:t>
+      </w:r>
+      <w:r w:rsidR="00A113BD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заседания </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляционной </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523D5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссии по</w:t>
+      </w:r>
+      <w:r w:rsidR="00E737A7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00E737A7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00AD3B1F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>қабылданған шешім туралы аттестациялық комиссияны ақпараттандырады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информирует а</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46FFF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ттестационную комиссию о принятом решении</w:t>
       </w:r>
       <w:r w:rsidR="00D75539" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008956D4" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="008956D4" w:rsidRPr="008E42E5" w:rsidRDefault="00AD3B1F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>яциялық комиссия төрағасы аппеляция рәсімін ұйымдастыру мен өткізуге толықтай жауапты болады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель а</w:t>
       </w:r>
       <w:r w:rsidR="008956D4" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>пелляционной комиссии несет полную ответственность за организацию и проведение процедуры апелляции.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00865B34" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00865B34" w:rsidRPr="008E42E5" w:rsidRDefault="00AD3B1F" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>яциялық комиссия мүшелері келесі міндеттерді орындайды</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Члены а</w:t>
+      </w:r>
+      <w:r w:rsidR="00710FE9" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75539" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполня</w:t>
+      </w:r>
+      <w:r w:rsidR="00710FE9" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00D75539" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т следующие функции</w:t>
       </w:r>
       <w:r w:rsidR="00865B34" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F3EFE" w:rsidRPr="0019060E" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="009F3EFE" w:rsidRPr="0019060E" w:rsidRDefault="007A7B7E" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...42 lines deleted...]
-        <w:t>ляцияға өтініштер қабылдайды</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимают от </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявления на апелляцию </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3001" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно приложению 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3001" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции </w:t>
+      </w:r>
+      <w:r w:rsidR="0019060E" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до конца </w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующего</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня после объявления результатов</w:t>
       </w:r>
       <w:r w:rsidR="0054779F" w:rsidRPr="0019060E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00C35FE3" w:rsidRPr="0019060E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007001EF" w:rsidRPr="0019060E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00940CE5">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00865B34" w:rsidRPr="008E42E5" w:rsidRDefault="00782FAD" w:rsidP="00F1347E">
+    <w:p w:rsidR="00865B34" w:rsidRPr="008E42E5" w:rsidRDefault="001A49F7" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...52 lines deleted...]
-        <w:t>рін қарайды</w:t>
+      <w:r w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00865B34" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ассматрива</w:t>
+      </w:r>
+      <w:r w:rsidR="00721727" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00865B34" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523D5" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявления </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="0019060E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D62" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">только по конкретно </w:t>
+      </w:r>
+      <w:r w:rsidR="001B65FA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обоснованно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidR="001B65FA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопросу</w:t>
       </w:r>
       <w:r w:rsidR="0054779F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00913C3D" w:rsidRPr="0024145B" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00913C3D" w:rsidRPr="008E42E5" w:rsidRDefault="00913C3D" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принима</w:t>
+      </w:r>
+      <w:r w:rsidR="00721727" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т решение </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17B2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствии выставленн</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17B2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ых баллов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523D5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523D5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. При наличии технических ошибок в заданиях комиссия принимает решение в пользу </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="0054779F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00005864" w:rsidRPr="0024145B" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00005864" w:rsidRPr="008E42E5" w:rsidRDefault="00F523D5" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заполняют и</w:t>
+      </w:r>
+      <w:r w:rsidR="006644A5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подписыва</w:t>
+      </w:r>
+      <w:r w:rsidR="00721727" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="006644A5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17B2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">протокол </w:t>
+      </w:r>
+      <w:r w:rsidR="00415BA0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заседания </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB17B2" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46FFF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470B33" w:rsidRPr="0024145B" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00470B33" w:rsidRPr="008E42E5" w:rsidRDefault="00470B33" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...70 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, когда члены а</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42829" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелля</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3C55" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ционной комиссии не могу</w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3C55" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принять окончательное р</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46FFF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ешение по заявлению </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46FFF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель а</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3C55" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссии имеет право решающего голоса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B32F08" w:rsidRPr="0024145B" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00B32F08" w:rsidRPr="008E42E5" w:rsidRDefault="001B65FA" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">яциялық комиссия шешімі емтихан және қорытынды бағаларды қою кезінде ескеріледі. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решени</w:t>
+      </w:r>
+      <w:r w:rsidR="00475F36" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляционной </w:t>
+      </w:r>
+      <w:r w:rsidR="00F523D5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комиссии учитывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при выставлении экзаменационной и итоговой оцен</w:t>
+      </w:r>
+      <w:r w:rsidR="00721727" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009622B1" w:rsidRPr="0024145B" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="009622B1" w:rsidRPr="008E42E5" w:rsidRDefault="009622B1" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссии является окончательным и обжалованию не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A0418" w:rsidRPr="0024145B" w:rsidRDefault="002A0418" w:rsidP="00B54E9F">
+    <w:p w:rsidR="002A0418" w:rsidRPr="008E42E5" w:rsidRDefault="002A0418" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006933B2" w:rsidRPr="0024145B" w:rsidRDefault="006933B2" w:rsidP="006933B2">
+    <w:p w:rsidR="006933B2" w:rsidRPr="008E42E5" w:rsidRDefault="006933B2" w:rsidP="006933B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0024145B">
+        <w:t xml:space="preserve">Параграф 6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...25 lines deleted...]
-        <w:t>Білім алушылардың құқықтары мен міндеттері</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Права и обязанности обучающегося</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006933B2" w:rsidRPr="008E42E5" w:rsidRDefault="006933B2" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00710FE9" w:rsidRPr="008E42E5" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00710FE9" w:rsidRPr="008E42E5" w:rsidRDefault="00DC5180" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Білім алушылардың</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающийся </w:t>
       </w:r>
       <w:r w:rsidR="00710FE9" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710FE9" w:rsidRPr="008E42E5" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00710FE9" w:rsidRPr="008E42E5" w:rsidRDefault="00710FE9" w:rsidP="00F1347E">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      <w:r w:rsidR="00710FE9" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выйти из аудитории во время экзамена только в сопров</w:t>
+      </w:r>
+      <w:r w:rsidR="005C4666" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ождении дежурного по коридору</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710FE9" w:rsidRPr="008E42E5" w:rsidRDefault="0024145B" w:rsidP="00F1347E">
+    <w:p w:rsidR="00710FE9" w:rsidRPr="008E42E5" w:rsidRDefault="00710FE9" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>дарымен қамтамасыз етілулеріне</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>быть обеспеченным отдельн</w:t>
       </w:r>
       <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>партой</w:t>
+      </w:r>
+      <w:r w:rsidR="00C600E4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C600E4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местом</w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, экзаменационным материалом</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B12CD" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="007B12CD" w:rsidRPr="008E42E5" w:rsidRDefault="007B12CD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...71 lines deleted...]
-      <w:r w:rsidR="007B12CD" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подать заявку в </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляционную комиссию в соответствии с формой, установленной в приложении </w:t>
+      </w:r>
+      <w:r w:rsidR="00C600E4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции, в случае несогласия с результатом, выставленным за экзаменационную работу</w:t>
+      </w:r>
+      <w:r w:rsidR="00C600E4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение </w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следующего</w:t>
+      </w:r>
+      <w:r w:rsidR="00C600E4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня после объявления результатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B3400" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="006B3400" w:rsidRPr="008E42E5" w:rsidRDefault="00DC5180" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Білім алушылар</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающийся </w:t>
+      </w:r>
+      <w:r w:rsidR="00710FE9" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обязан</w:t>
       </w:r>
       <w:r w:rsidR="006B3400" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B3400" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="006B3400" w:rsidRPr="008E42E5" w:rsidRDefault="00133D19" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>қаулықта бекітілген тәртіп нормаларын сақтауға</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соблюдать нормы поведения, </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4666" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установленные </w:t>
+      </w:r>
+      <w:r w:rsidR="00D23BA6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящей Инструкцией</w:t>
       </w:r>
       <w:r w:rsidR="00777EA0" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00B82DEC" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B3400" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="006B3400" w:rsidRPr="008E42E5" w:rsidRDefault="006B3400" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...32 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сдать </w:t>
+      </w:r>
+      <w:r w:rsidR="00595D0C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работу </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2DC6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">после завершения времени, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отведенно</w:t>
+      </w:r>
+      <w:r w:rsidR="009A2DC6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для экзамена.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00DC5180" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Білім алушыларға</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающемуся</w:t>
+      </w:r>
+      <w:r w:rsidR="005842DC" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запрещается</w:t>
       </w:r>
       <w:r w:rsidR="00D75539" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF11E3" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="00AF11E3" w:rsidRPr="008E42E5" w:rsidRDefault="00D75539" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">ған заттарды қолдануларына </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться на экзамене запрещенными предметами</w:t>
       </w:r>
       <w:r w:rsidR="0060742F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...25 lines deleted...]
-        <w:t>дары</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правочные материалы</w:t>
       </w:r>
       <w:r w:rsidR="0060742F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> құрылғыларды, т.б.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мобильные телефоны</w:t>
       </w:r>
       <w:r w:rsidR="0060742F" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF11E3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">любое </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>другое электронное устройство, которое обеспечивает внешнюю св</w:t>
+      </w:r>
+      <w:r w:rsidR="0060742F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>язь, хранение и поиск данных, и др.)</w:t>
       </w:r>
       <w:r w:rsidR="00A24625" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A24625" w:rsidRPr="008E42E5" w:rsidRDefault="005B3ECC" w:rsidP="00F1347E">
+    <w:p w:rsidR="00A24625" w:rsidRPr="008E42E5" w:rsidRDefault="00A24625" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...68 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>переговаривать, пересаживаться с места на место, обмениваться экзаменационными материалами, списывать</w:t>
+      </w:r>
+      <w:r w:rsidR="008D746E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, заносить в аудиторию шпаргалки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать шпаргалки, учебники и другую методическую литературу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D75539" w:rsidRPr="00B63719" w:rsidRDefault="00B63719" w:rsidP="00F1347E">
+    <w:p w:rsidR="00D75539" w:rsidRPr="008E42E5" w:rsidRDefault="00D51CFF" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00401C5A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае нарушений </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00401C5A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> норм, установленных настоящей Инструкцией,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решением </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3B1F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>э</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кзаменационной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающийся </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">может </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>быть удален из аудитории</w:t>
+      </w:r>
+      <w:r w:rsidR="00077A00" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">результаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00401C5A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзаменационной </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52CCE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работы могут быть аннулированы</w:t>
+      </w:r>
+      <w:r w:rsidR="00401C5A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF63AD" w:rsidRPr="00B63719" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF63AD" w:rsidRPr="00B63719" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B63719" w:rsidRDefault="00AD3B1F" w:rsidP="00B63719">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="00AD3B1F" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00B63719">
+      <w:r w:rsidR="005E64C1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B63719" w:rsidRDefault="00B63719" w:rsidP="00B63719">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">білім алушыларының қорытынды аттестаттауын </w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B63719" w:rsidRDefault="00B63719" w:rsidP="00B63719">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t>тың</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E64C1" w:rsidRPr="00B63719" w:rsidRDefault="00B63719" w:rsidP="00B63719">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009910BF" w:rsidRPr="00B63719" w:rsidRDefault="009910BF" w:rsidP="00B54E9F">
+    <w:p w:rsidR="009910BF" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="00B54E9F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
+          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00B63719" w:rsidP="00B54E9F">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="000D2B31" w:rsidP="00B54E9F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-GB"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Ерекше қажеттілігі бар білім алушыларды ерекше жағдайлармен қамтамасыз ету </w:t>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Обеспечение особых</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условий</w:t>
+      </w:r>
+      <w:r w:rsidR="009910BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="009910BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>с особыми потребностями</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009910BF" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="00B54E9F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -9464,3348 +12490,4519 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000D2B31" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="00DE5DDB">
-[...42 lines deleted...]
-        <w:t>ерекше жағдай ұйымдастырылады.</w:t>
+      <w:r w:rsidR="009910BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="009910BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B12E1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">имеющих врожденное или приобретенное заболевание (временная </w:t>
+      </w:r>
+      <w:r w:rsidR="00750FD1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нетрудоспособность, инвалидность</w:t>
+      </w:r>
+      <w:r w:rsidR="007B12E1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при наличии</w:t>
+      </w:r>
+      <w:r w:rsidR="007B12E1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтверждающих документов (заключение врачебно-консультативной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3A89" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – ВКК)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B12E1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, заключение медико-социальной экспертизы по месту проживания </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3A89" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – МСЭ) </w:t>
+      </w:r>
+      <w:r w:rsidR="007B12E1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или справка специализированных медицинских организаций) организуются особые условия. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D1155E" w:rsidRPr="009F5CAD" w:rsidRDefault="000D2B31" w:rsidP="00D1155E">
+    <w:p w:rsidR="00D1155E" w:rsidRPr="008E42E5" w:rsidRDefault="000D2B31" w:rsidP="00D1155E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidR="009F5CAD">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель процедуры </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по обеспечению особых условий</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009910BF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="0081659E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удаление всех ненужных препятствий к стандартизованному оцениванию, чтобы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">могли получить признание за </w:t>
+      </w:r>
+      <w:r w:rsidR="007B12E1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свои</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достижения. </w:t>
+      </w:r>
+      <w:r w:rsidR="0081659E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для каждого </w:t>
+      </w:r>
+      <w:r w:rsidR="00750FD1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предмета</w:t>
+      </w:r>
+      <w:r w:rsidR="0081659E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мо</w:t>
+      </w:r>
+      <w:r w:rsidR="0081659E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но</w:t>
+      </w:r>
+      <w:r w:rsidR="0081659E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбрать </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определенн</w:t>
+      </w:r>
+      <w:r w:rsidR="0081659E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ый вид </w:t>
+      </w:r>
+      <w:r w:rsidR="0025243A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особых условий</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="000D2B31" w:rsidP="00D1155E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:r w:rsidR="009F5CAD">
-[...24 lines deleted...]
-        <w:t>ымдастыру қағидалары</w:t>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принципы организации </w:t>
       </w:r>
       <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>особых условий:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00FA3271" w:rsidP="00F1347E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...71 lines deleted...]
-      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оцениваются </w:t>
+      </w:r>
+      <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с общей сх</w:t>
+      </w:r>
+      <w:r w:rsidR="003B516E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емой выставления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баллов, для того чтобы все </w:t>
+      </w:r>
+      <w:r w:rsidR="00750FD1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являлись истинным отражением достижений </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00FA3271" w:rsidP="00F1347E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Ерекше жағдайды ұйымдастыру рәсімі басқа білім алушыларға қарағанда әділетсіз артықшылықтарды ұсынбауы қажет</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процедура </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по организации особых условий</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не должна предоставлять </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несправедливое преимущество над другими </w:t>
       </w:r>
       <w:r w:rsidR="004600AD" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:t>обучающимися.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00FA3271" w:rsidP="00F1347E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        </w:rPr>
+        <w:t xml:space="preserve">Процедура </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по организации особых условий</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должна ставить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009C525F">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сомнение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009F45A5">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>компетентность оценивания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следовательно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>существуют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>ограничения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>некоторым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>например</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00906220" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помощь чтеца</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на тех экзаменах,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>где</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чтение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>является</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="UniversLT-Light" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="00002432" w:rsidRDefault="00FA3271" w:rsidP="00F1347E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00702512" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школе</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2009" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> н</w:t>
+      </w:r>
+      <w:r w:rsidR="00906220" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еобходимо</w:t>
+      </w:r>
+      <w:r w:rsidR="0012161D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пределить соответствует ли процедура </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по обеспечению особых условий </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, если «да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> то какие виды </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особых условий</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рекомендуются в отношении определенных нужд </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00702512" w:rsidRPr="00002432" w:rsidRDefault="00002432" w:rsidP="00F1347E">
+    <w:p w:rsidR="00702512" w:rsidRPr="008E42E5" w:rsidRDefault="00EF4F51" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все заявления рассматриваются </w:t>
+      </w:r>
+      <w:r w:rsidR="00702512" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуально</w:t>
+      </w:r>
+      <w:r w:rsidR="00702512" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00702512" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>порядке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D2B31" w:rsidRPr="00002432" w:rsidRDefault="00002432" w:rsidP="00F1347E">
+    <w:p w:rsidR="000D2B31" w:rsidRPr="008E42E5" w:rsidRDefault="00EF4F51" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Решение об одобрении организации особых условий для </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимает</w:t>
+      </w:r>
+      <w:r w:rsidR="00702512" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директор школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00002432" w:rsidP="00F1347E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00723598" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Ерекше жағдайдың түрлері</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иды </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AED" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>особых условий</w:t>
       </w:r>
       <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C496E" w:rsidRPr="009F45A5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
+    <w:p w:rsidR="002C496E" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00002432" w:rsidRPr="00002432">
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дополнительное время: процент дополнительного времени на каждого </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для завершения экзамена </w:t>
+      </w:r>
+      <w:r w:rsidR="007C723A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составляет </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до 25 %</w:t>
+      </w:r>
+      <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от продолжительности экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Количество дополнительного времени определяется с учетом степени влияния состояния обучающегося на завершение экзамена.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="009F45A5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4.2 </w:t>
       </w:r>
-      <w:r w:rsidR="00925640">
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00FB1468" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помощь чтеца</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ответственное лицо, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которое</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> читает вопросы для </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="009F45A5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4.3 </w:t>
       </w:r>
-      <w:r w:rsidR="009F45A5">
-[...51 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00FB1468" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Помощь писаря</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ответственное лицо, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C496E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которое</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пишет за </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>его ответ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="009F45A5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="002C496E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4 </w:t>
       </w:r>
-      <w:r w:rsidR="009F45A5">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наблюдаемый перерыв для отдыха: приостанов</w:t>
+      </w:r>
+      <w:r w:rsidR="007C723A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ка</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзамен</w:t>
+      </w:r>
+      <w:r w:rsidR="007C723A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а для отдыха </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="007C723A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Это время не входит в продолжительность экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00276FAA" w:rsidRPr="009F45A5" w:rsidRDefault="0012620F" w:rsidP="002C496E">
+    <w:p w:rsidR="00276FAA" w:rsidRPr="008E42E5" w:rsidRDefault="00276FAA" w:rsidP="002C496E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На перерывы под наблюдением имеют право обучающиеся, у которых наблюдается постоянная или временная нетрудоспособность. Перерывы под наблюдением можно проводить в/вне аудитории, в которой идет экзамен.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00276FAA" w:rsidRPr="0012620F" w:rsidRDefault="009910BF" w:rsidP="00276FAA">
+    <w:p w:rsidR="00276FAA" w:rsidRPr="008E42E5" w:rsidRDefault="009910BF" w:rsidP="00276FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">4.5 </w:t>
       </w:r>
-      <w:r w:rsidR="0012620F">
-[...49 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отдельное дежурство: </w:t>
+      </w:r>
+      <w:r w:rsidR="00001D11" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организуется для </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="00001D11" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в отдельном кабинете с доступным</w:t>
+      </w:r>
+      <w:r w:rsidR="00593375">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00001D11" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для него условиями, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5E5C" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вместе с</w:t>
+      </w:r>
+      <w:r w:rsidR="00001D11" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дежурным, во избежание беспокойства других </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidR="00001D11" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своим присутствием</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00276FAA" w:rsidRPr="0012620F" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
+    <w:p w:rsidR="00276FAA" w:rsidRPr="008E42E5" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.6 Использование лупы: обучающимся с нарушениями зрения или с проблемами зрительного восприятия разрешается пользоваться лупой/увеличительным стеклом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00276FAA" w:rsidRPr="0012620F" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
+    <w:p w:rsidR="00276FAA" w:rsidRPr="008E42E5" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.7 Название цвета: обучающиеся с цветовой слепотой могут попросить дежурного по аудитории называть цвета. Но дежурному нельзя добавлять какую-либо еще информацию. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5861" w:rsidRPr="007531E7" w:rsidRDefault="002C496E" w:rsidP="00EB5861">
+    <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="002C496E" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
-      <w:r w:rsidR="000D2B31" w:rsidRPr="007531E7">
-[...24 lines deleted...]
-        <w:t xml:space="preserve">қып берушінің көмегі келесі жағдайларда: </w:t>
+      <w:r w:rsidR="000D2B31" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Помощь чтеца предоставляется в</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5861" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="007531E7" w:rsidP="00EB5861">
+    <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Тұрақты немесе уақытша көруі бұзылған жағдайда</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри постоянных </w:t>
       </w:r>
       <w:r w:rsidR="00130A8E" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t>или временных нарушениях зрения;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A745B" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">5.2 </w:t>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>5.2 Е</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сли навыки чтения (правильность</w:t>
+      </w:r>
+      <w:r w:rsidR="0025243A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> произношения слов</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, скорость, понимание) были проверены школьным психологом, специалистом</w:t>
+      </w:r>
+      <w:r w:rsidR="0037127D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в данной области (например, логопедом) </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="0037127D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>была подтверждена необходим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ость использования помощи чтеца.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...26 lines deleted...]
-        <w:t>оқып берушінің көмегі ұсынылмайды. Бұл жағдайда білім алушыға қосымша уақыт беріледі</w:t>
+        <w:t>. Помощь чтеца не предо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставляется </w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t>на э</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кзамен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, где проверяются навыки </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чтен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ия. В этом случае</w:t>
+      </w:r>
+      <w:r w:rsidR="003D20D5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может быть</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставл</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ено</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительное время.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:r w:rsidR="007531E7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Оқып беруші мектеп мұғалімдерінің арасынан тағайындалады. Білім алушының пән мұғалімі, туыстары, достары мен құрбы-құрдастары оқып беруші бола алмайды. </w:t>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чтец назначается из </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">числа </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01345" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителей </w:t>
+      </w:r>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Учитель</w:t>
+      </w:r>
+      <w:r w:rsidR="004637DE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предметник </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, родственники, друзья и </w:t>
+      </w:r>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сверстники не</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> могут быть чтецами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:r w:rsidR="007531E7">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающийся </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сдает экзамен в отдел</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьном кабинете </w:t>
+      </w:r>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вместе с</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чтецом</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, чтобы не беспокоить других </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Чтец не может действовать в качестве </w:t>
+      </w:r>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурного, для</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требуется отдельный дежурный.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
-      <w:r w:rsidR="007531E7">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>Чтец:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9.1 </w:t>
-[...26 lines deleted...]
-        <w:t>айды, алайда білім алушыға бұл рұқсат етілсе, оқып беруші жазып та, оқып та бере алады</w:t>
+        <w:t>9.1 Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е может писать, </w:t>
       </w:r>
       <w:r w:rsidR="00AC4888" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">однако, </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если у </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сть разрешение на </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4888" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>такой вид</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4888" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доступности, чтец может и </w:t>
+      </w:r>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писать,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4888" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и читать. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB5861" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9.2 </w:t>
-[...8 lines deleted...]
-        <w:t>Білім алушының сұрағы мен жауабы жазылғанға дейін қанша талап етілсе, сонша оқу керек</w:t>
+        <w:t>9.2 Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олжен читать столько, сколько требуется, по мере того</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как будут записаны вопросы и ответы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00EB5861" w:rsidP="00EB5861">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9.3 </w:t>
-[...8 lines deleted...]
-        <w:t>Ешқандай сөздің мағынасын түсіндірмеуі керек.</w:t>
+        <w:t>9.3 Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е должен объяснять значение никакого слова.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="00EF397D" w:rsidRDefault="00EF397D" w:rsidP="002C496E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="002C496E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не должен расшифровать символы (</w:t>
+      </w:r>
+      <w:r w:rsidR="008A745B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>например,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00190ADE" w:rsidRPr="00EF397D">
-[...52 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не читается как два в квадрате, он должен показать символ).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00EF397D" w:rsidP="002C496E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="002C496E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не должен говорить </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на какие вопросы следует ответить, когда переходить к следующему вопросу, или порядок ответа на вопросы.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="00EF397D" w:rsidRDefault="00EF397D" w:rsidP="00EF397D">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="002C496E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...54 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен чита</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть числа, которые даны в цифрах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(например</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 252 как «двести пятьдесят два» но перед чтением следует показать его</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Исключением может быть такой случай, когда следует написать цифры прописью (например, «напишите 3675 прописью»).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00EF397D" w:rsidP="002C496E">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="002C496E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">может, если требуется, зачитать по буквам слово в вопроснике. Но в других случаях он не должен читать слова по буквам.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C09BB" w:rsidRPr="008E42E5" w:rsidRDefault="00F577AF" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EF397D">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> ұсынылады</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помощь </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писаря </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляется в следующих случаях</w:t>
       </w:r>
       <w:r w:rsidR="00562D0A" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008C09BB" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C09BB" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">10.1 </w:t>
       </w:r>
-      <w:r w:rsidR="00EF397D">
-[...6 lines deleted...]
-        <w:t>Білім алушы жазбаша жауапты басқа жолдармен ұсына алмайтын жағдайда кейбір белгілі бір пәндер бойынша хатшының көмегіне рұқсат етіледі</w:t>
+      <w:r w:rsidR="00562D0A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>азреш</w:t>
+      </w:r>
+      <w:r w:rsidR="00562D0A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ается</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">помощь </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">писаря по некоторым определенным предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B6F8E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые</w:t>
+      </w:r>
+      <w:r w:rsidR="00562D0A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не могут </w:t>
+      </w:r>
+      <w:r w:rsidR="00562D0A" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставить</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> письменный ответ иными путями</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="00614C06" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">10.2 </w:t>
       </w:r>
-      <w:r w:rsidR="00EF397D">
-[...15 lines deleted...]
-        <w:t>қосымша уақыт берілген жағдайда да жазуға үлгере алмайтын білім алушыларға хатшының көмегі рұқсат етіледі</w:t>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Помощь </w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>писар</w:t>
+      </w:r>
+      <w:r w:rsidR="005D6777" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешается </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7653B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для использования </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с постоянной физической нетрудоспособностью или полученной травмой</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7653B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у которых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>скорость письма (слова в минуту) ниже среднего возрастного уровня или настолько медленн</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7653B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что, невозможно написать даже в случае предост</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>авления дополнительного времени</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00614C06">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00BE18E0" w:rsidP="008C09BB">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00EC06D3" w:rsidP="008C09BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сли проверяется письмо как навык, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающийся </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>долже</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н диктовать правописание слов </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и пунктуацию для записи. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Может производиться запись, что</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поможет </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> послушать поток</w:t>
+      </w:r>
+      <w:r w:rsidR="009C487F" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> қосымша уақыт талап етіледі. </w:t>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">речи/письменного текста. После ответа можно повторно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запустить запись, что позволит </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дать точное написание слов. В таких условиях, может потребовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительное </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76762" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>время до</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>%</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="00BE18E0" w:rsidRDefault="00925640" w:rsidP="008C09BB">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00C76762" w:rsidP="008C09BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь назначается из числа</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C01345" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Учитель</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предметник </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, родственники, друзья и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сверстники не</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> могут быть писарем. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00BE18E0" w:rsidP="008C09BB">
+    <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="00DC5180" w:rsidP="008C09BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Білім алушы хатшымен бірге басқа білім алушылардың мазасын алмау үшін емтиханды жеке кабинетте тапсырады. Хатшы кезекші ретінде әрекет ете алмайды, сондықтан жеке кезекші талап етіледі</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающийся </w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">.   </w:t>
+        <w:t xml:space="preserve">сдает экзамен в отдельном кабинете </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76762" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вместе с</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76762" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писарем для</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> того, чтобы не </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беспокоить других </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Писарь не может дейст</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вовать в качестве </w:t>
+      </w:r>
+      <w:r w:rsidR="00C76762" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурного, требуется</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдельный дежурный.   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF7214" w:rsidRPr="008E42E5" w:rsidRDefault="00BE18E0" w:rsidP="008C09BB">
+    <w:p w:rsidR="00FF7214" w:rsidRPr="008E42E5" w:rsidRDefault="00190ADE" w:rsidP="008C09BB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Хатшы</w:t>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Писарь</w:t>
       </w:r>
       <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14.1 </w:t>
-[...8 lines deleted...]
-        <w:t>Білім алушының айтқан сөздерін мұқият жазып алып отыру керек</w:t>
+        <w:t>14.1 Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олжен внимательно записывать слова</w:t>
+      </w:r>
+      <w:r w:rsidR="00C76762" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> произносимые </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC06D3" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>14.2</w:t>
-[...43 lines deleted...]
-        <w:t>білім алушыға бұл рұқсат етілсе, хатшы жаза да, оқи да алады</w:t>
+        <w:t xml:space="preserve">14.2 Не может читать, </w:t>
       </w:r>
       <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">однако, если у </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC06D3" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есть разрешение на такой вид доступности, писарь может писать и читать.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14.3 </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">аның бөлігін оқып бере алады, бірақ пікір білдірмейді. </w:t>
+        <w:t>14.3 П</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о просьбе </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>можно прочитать</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часть письма</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, но ни в коем случае не комментировать. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14.4 </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Білім алушының нұсқауы бойынша сурет салуға немесе карта, диаграмма, сызба қосуы керек. </w:t>
+        <w:t>14.4 Должен нарисовать или добавить карту, диаграмм</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7214" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у, график согласно инструкциям </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14.5 </w:t>
-[...8 lines deleted...]
-        <w:t>Жауап толық болмаса, іс жүзінде білім алушыға көмектеспеу немесе сыбырламау керек</w:t>
+        <w:t xml:space="preserve">14.5 Не должен фактически помогать </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> или подсказывать, если ответ не полный. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00190ADE" w:rsidRPr="008E42E5" w:rsidRDefault="008C09BB" w:rsidP="008C09BB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">14.6 </w:t>
-[...35 lines deleted...]
-        <w:t>тігін, келесі сұраққа қашан ауысу керектігін немесе сұрақтарға жауап беру реттілігін айтпауы қажет</w:t>
+        <w:t xml:space="preserve">14.6 Не должен говорить </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
       </w:r>
       <w:r w:rsidR="00190ADE" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">, на какие вопросы следует ответить, когда переходить к следующему вопросу, или порядок ответа на вопросы.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00181BA9" w:rsidP="00B23209">
-[...1 lines deleted...]
-        <w:tabs>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="00181BA9" w:rsidP="002C496E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="00B23209" w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="005E64C1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="004600AD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="005E64C1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B52670" w:rsidRPr="008E42E5" w:rsidRDefault="00B52670" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...106 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-        <w:t>ДЕЛІЛІК ТУРАЛЫ ДЕКЛАРАЦИЯ</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">ДЕКЛАРАЦИЯ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О НАЛИЧИИ ЗАИНТЕРЕСОВАННОСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2802"/>
-        <w:gridCol w:w="6216"/>
+        <w:gridCol w:w="6202"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мүдделі қызметкер</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Заинтересованный </w:t>
+            </w:r>
+            <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>_______________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
-[...4 lines deleted...]
-              <w:t>(Тегі, Аты, Әкесінің аты)</w:t>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>(Фамилия, Имя, Отчество)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Лауазымы </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Занимаемая должность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>_____________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>(мектептің атауы)</w:t>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наименование школы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B52670" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> _______________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>(лауазымы)</w:t>
+              </w:rPr>
+              <w:t>(занимаемая должность)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мүдделі пәні</w:t>
+              </w:rPr>
+              <w:t>Предмет интереса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="007F1096" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="00CA11DD" w:rsidRDefault="001C78CB" w:rsidP="000C00E7">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>1811655</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>45085</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="387985" cy="180975"/>
                       <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                       <wp:wrapNone/>
                       <wp:docPr id="3" name="Прямоугольник 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
@@ -12830,13136 +17027,13185 @@
                                 <a:solidFill>
                                   <a:srgbClr val="F79646"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                               </a:ln>
                               <a:effectLst/>
                             </wps:spPr>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
-                    <v:rect w14:anchorId="11C94DCD" id="Прямоугольник 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:142.65pt;margin-top:3.55pt;width:30.55pt;height:14.25pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhUXEnnQIAABMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGjEQvlfqO1i+NwsEAqyyRCgRVSWU&#10;REqqnAevF1b12q5tWOipUq+V+gh9iF6q/uQZljfq2LsQkuZUdQ/WjOf/2298erYuBFlxY3MlE9o+&#10;alHCJVNpLucJfXs7eTWgxDqQKQgleUI33NKz0csXp6WOeUctlEi5IZhE2rjUCV04p+MosmzBC7BH&#10;SnOJxkyZAhyqZh6lBkrMXoio02qdRKUyqTaKcWvx9qI20lHIn2Wcuasss9wRkVDszYXThHPmz2h0&#10;CvHcgF7krGkD/qGLAnKJRfepLsABWZr8r1RFzoyyKnNHTBWRyrKc8TADTtNuPZnmZgGah1kQHKv3&#10;MNn/l5Zdrq4NydOEHlMiocBfVH3dftx+qX5V99tP1bfqvvq5/Vz9rr5XP8ixx6vUNsawG31t/MRW&#10;TxV7Z9EQPbJ4xTY+68wU3hfnJesA/mYPPl87wvDyeNAfDnqUMDS1B61hv+eLRRDvgrWx7jVXBfFC&#10;Qg3+2wA5rKbW1a47l9CXEnk6yYUIysaeC0NWgDRA9qSqpESAdXiZ0En4mmr2MExIUia00+u2kDsM&#10;kJ+ZAIdioRExK+eUgJgj8ZkzoZdH0dbMZ/uqk/7wpHvyXBHf9AXYRd1dyNC4Cel754HGzYwPqHpp&#10;ptIN/j6jal5bzSY5ZpviZNdgkMjYNi6nu8IjEwpnUY1EyUKZD8/de3/kF1opKXExcM73SzAcAXsj&#10;kXnDdrfrNyko3V6/g4o5tMwOLXJZnCsEvY3PgGZB9P5O7MTMqOIOd3jsq6IJJMPaNaKNcu7qhcVX&#10;gPHxOLjh9mhwU3mjmU/ucfI43q7vwOiGIQ6pdal2SwTxE6LUvj5SqvHSqSwPLHrAtWE0bl7gYfNK&#10;+NU+1IPXw1s2+gMAAP//AwBQSwMEFAAGAAgAAAAhAFKlrkLhAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyo079QhThVS8SBAxW0gMTNjZckqr2OYrcNb9/lBLdZzWjm23w5&#10;OCtO2IfWk4LxKAGBVHnTUq3gffd0twARoiajrSdU8IMBlsX1Va4z48/0hqdtrAWXUMi0gibGLpMy&#10;VA06HUa+Q2Lv2/dORz77Wppen7ncWTlJklQ63RIvNLrDxwarw/boFHytN5uX9efHqrTla7UrzbNt&#10;D3Olbm+G1QOIiEP8C8MvPqNDwUx7fyQThFUwWcynHFVwPwbB/nSWzkDsWcxTkEUu/z9QXAAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhUXEnnQIAABMFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSpa5C4QAAAAgBAAAPAAAAAAAAAAAAAAAAAPcE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" fillcolor="window" strokecolor="#f79646" strokeweight="2pt">
+                    <v:rect w14:anchorId="7D547A73" id="Прямоугольник 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:142.65pt;margin-top:3.55pt;width:30.55pt;height:14.25pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhUXEnnQIAABMFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uGjEQvlfqO1i+NwsEAqyyRCgRVSWU&#10;REqqnAevF1b12q5tWOipUq+V+gh9iF6q/uQZljfq2LsQkuZUdQ/WjOf/2298erYuBFlxY3MlE9o+&#10;alHCJVNpLucJfXs7eTWgxDqQKQgleUI33NKz0csXp6WOeUctlEi5IZhE2rjUCV04p+MosmzBC7BH&#10;SnOJxkyZAhyqZh6lBkrMXoio02qdRKUyqTaKcWvx9qI20lHIn2Wcuasss9wRkVDszYXThHPmz2h0&#10;CvHcgF7krGkD/qGLAnKJRfepLsABWZr8r1RFzoyyKnNHTBWRyrKc8TADTtNuPZnmZgGah1kQHKv3&#10;MNn/l5Zdrq4NydOEHlMiocBfVH3dftx+qX5V99tP1bfqvvq5/Vz9rr5XP8ixx6vUNsawG31t/MRW&#10;TxV7Z9EQPbJ4xTY+68wU3hfnJesA/mYPPl87wvDyeNAfDnqUMDS1B61hv+eLRRDvgrWx7jVXBfFC&#10;Qg3+2wA5rKbW1a47l9CXEnk6yYUIysaeC0NWgDRA9qSqpESAdXiZ0En4mmr2MExIUia00+u2kDsM&#10;kJ+ZAIdioRExK+eUgJgj8ZkzoZdH0dbMZ/uqk/7wpHvyXBHf9AXYRd1dyNC4Cel754HGzYwPqHpp&#10;ptIN/j6jal5bzSY5ZpviZNdgkMjYNi6nu8IjEwpnUY1EyUKZD8/de3/kF1opKXExcM73SzAcAXsj&#10;kXnDdrfrNyko3V6/g4o5tMwOLXJZnCsEvY3PgGZB9P5O7MTMqOIOd3jsq6IJJMPaNaKNcu7qhcVX&#10;gPHxOLjh9mhwU3mjmU/ucfI43q7vwOiGIQ6pdal2SwTxE6LUvj5SqvHSqSwPLHrAtWE0bl7gYfNK&#10;+NU+1IPXw1s2+gMAAP//AwBQSwMEFAAGAAgAAAAhAFKlrkLhAAAACAEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyo079QhThVS8SBAxW0gMTNjZckqr2OYrcNb9/lBLdZzWjm23w5&#10;OCtO2IfWk4LxKAGBVHnTUq3gffd0twARoiajrSdU8IMBlsX1Va4z48/0hqdtrAWXUMi0gibGLpMy&#10;VA06HUa+Q2Lv2/dORz77Wppen7ncWTlJklQ63RIvNLrDxwarw/boFHytN5uX9efHqrTla7UrzbNt&#10;D3Olbm+G1QOIiEP8C8MvPqNDwUx7fyQThFUwWcynHFVwPwbB/nSWzkDsWcxTkEUu/z9QXAAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhUXEnnQIAABMFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBSpa5C4QAAAAgBAAAPAAAAAAAAAAAAAAAAAPcE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAABQYAAAAA&#10;" fillcolor="window" strokecolor="#f79646" strokeweight="2pt">
                       <v:path arrowok="t"/>
                     </v:rect>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidR="00B23209" w:rsidRPr="00B01AD5">
+            <w:r w:rsidR="00B52670" w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">мектепте емтихан тапсыру – </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сдача экзаменов</w:t>
+            </w:r>
+            <w:r w:rsidR="00B52670" w:rsidRPr="00CA11DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE752C" w:rsidRPr="00CA11DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в школе – </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00B52670" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы</w:t>
+              </w:rPr>
+              <w:t>Обуч</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE752C" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE752C" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>щийся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> ____________________________________________,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>(Тегі, Аты, Әкесінің аты, туған жылы)</w:t>
+              </w:rPr>
+              <w:t>(Фамилия, Имя, Отчество, год рождения)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00B52670" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>У</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE752C" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ченик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE752C" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(ца) ____ класса ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>(мектептің атауы)</w:t>
+              </w:rPr>
+              <w:t>(наименование школы)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
-[...51 lines deleted...]
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9004" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidTr="007D44E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Өзара байланысы</w:t>
+              </w:rPr>
+              <w:t>Взаимосвязь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="00CA11DD" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы_________________________________</w:t>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="00D87C5E" w:rsidRPr="00CA11DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA11DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уча</w:t>
+            </w:r>
+            <w:r w:rsidR="00D87C5E" w:rsidRPr="00CA11DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA11DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>щимся _________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">                                     (туыстық қатынасы: ұлы, қызы, немересі,</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     (родственные связи:сын,дочь,внук,внучка,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>_________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>(жиен және т.б.; досымның, танысымның өтініші бойынша және т.б.)</w:t>
+              </w:rPr>
+              <w:t>(племянник,племянница и  др.; по просьбе друга,знакомого и др.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005D560C" w:rsidRPr="008E42E5" w:rsidTr="005D560C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005D560C" w:rsidRPr="008E42E5" w:rsidRDefault="005D560C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005D560C" w:rsidRPr="008E42E5" w:rsidRDefault="005D560C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005D560C" w:rsidRPr="008E42E5" w:rsidRDefault="005D560C" w:rsidP="000C00E7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>(күні)</w:t>
+              </w:rPr>
+              <w:t>(дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6202" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005D560C" w:rsidRPr="00CA11DD" w:rsidRDefault="005D560C" w:rsidP="000C00E7">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                        </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005D560C" w:rsidRPr="00CA11DD" w:rsidRDefault="005D560C" w:rsidP="000C00E7">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                        __________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005D560C" w:rsidRPr="00CA11DD" w:rsidRDefault="005D560C" w:rsidP="000C00E7">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>(мүд</w:t>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(подпись заинтересованного </w:t>
             </w:r>
-            <w:r w:rsidR="00194BF9">
+            <w:r w:rsidR="000C00E7" w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>д</w:t>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>работника</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="00CA11DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00605161">
+        </w:rPr>
+        <w:t xml:space="preserve">Подписывая настоящую Декларацию о наличии заинтересованности, </w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t>Работник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> подтверждает, что он принимает на себя обязательства не использовать своё служебное положение в части установления каких-либо преимуществ, льгот и другое при </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52670" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">сдаче </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00605161">
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52670" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменов </w:t>
+      </w:r>
+      <w:r w:rsidR="005D560C" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>өзінің қызметтік жағдайын пайдаланбау туралы міндетті қабылдайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52670" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">данной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52670" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00AE752C" w:rsidRPr="008E42E5" w:rsidRDefault="00AE752C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D4199F" w:rsidRPr="008E42E5" w:rsidRDefault="00D4199F" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId8"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D4199F" w:rsidRPr="008E42E5" w:rsidSect="00B54E9F">
+          <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00A52402" w:rsidRPr="008E42E5" w:rsidRDefault="00A52402" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidSect="00B54E9F">
+        </w:rPr>
+        <w:sectPr w:rsidR="00A52402" w:rsidRPr="008E42E5" w:rsidSect="00B54E9F">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="004600AD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">білім алушыларының қорытынды аттестаттауын </w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t>тың</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...4 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>сы</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005D560C" w:rsidRPr="008E42E5" w:rsidRDefault="005D560C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00A61043" w:rsidRPr="008E42E5" w:rsidRDefault="00A61043" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Білім алушыларды қорытынды аттестаттаудың емтихан материалдарын қабылдау-тапсыру актісі </w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Акт приема</w:t>
+      </w:r>
+      <w:r w:rsidR="00450B5E" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-передачи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>экзаменационных материалов</w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> итоговой аттестации обучающихся</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="000C00E7" w:rsidRPr="008E42E5" w:rsidRDefault="000C00E7" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="008257F3" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>______________ атынан ________________ облысының/қаласының білім басқармасы тапсырды, ал _________________________________ атынан ____________________________________ мектебінің Емтихан комиссиясының төрағасы және емтихан әкімшісі  білім алушылардың қорытынды аттестаттау материалдарын қабылдады.</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управление образования ________________ области/города в лице ______________ передал, а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель экзаменационной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7DD5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и администратор экзамена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>школы _________________________________в лице _______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>принял</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экзаменационные материалы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="008257F3" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">қабылдап алды. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель экзаменационной комиссии</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и администратор экзамен</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7DD5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принял</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коробки</w:t>
+      </w:r>
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/пакеты</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с экзаменационным материалом общим количеством ____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="004600AD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_ (</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цифрами и прописью) штук от представителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управления образования </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в _____часов _____ минут местного времени, в </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="004600AD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_ (</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указать место приема/передачи). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Жалпы саны __________дана қораптың/пакеттің сырты бүлінбеген. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все коробки</w:t>
+      </w:r>
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/пакеты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в количестве __________шт., не имеют внешних повреждений.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Передал</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">          Қабылдадым</w:t>
+      </w:r>
+      <w:r w:rsidR="00523F45" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          Принял</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4675"/>
-        <w:gridCol w:w="4680"/>
+        <w:gridCol w:w="4777"/>
+        <w:gridCol w:w="4794"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="008257F3" w:rsidRPr="008E42E5" w:rsidTr="00662568">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4926" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="008257F3" w:rsidRPr="008E42E5" w:rsidRDefault="008257F3" w:rsidP="00276FAA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Представитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008257F3" w:rsidRPr="008E42E5" w:rsidRDefault="008257F3" w:rsidP="00276FAA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Білім басқармасының өкілі</w:t>
+              </w:rPr>
+              <w:t>Управления образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="008257F3" w:rsidRPr="008E42E5" w:rsidRDefault="008257F3" w:rsidP="00276FAA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан комиссиясының төрағасы</w:t>
+              </w:rPr>
+              <w:t>Председатель экзаменационной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________                             </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve"> (ФИО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">             (ТАӘ, қолы)</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="000C00E7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(ФИО, подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00523F45" w:rsidRPr="008E42E5" w:rsidRDefault="00523F45" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Күні _______________                              Күні ________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата _______________                              Дата ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="000C00E7" w:rsidRPr="008E42E5" w:rsidRDefault="000C00E7" w:rsidP="000C00E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4815" w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="007D0C1E" w:rsidRPr="008E42E5" w:rsidRDefault="007D0C1E" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4815" w:firstLine="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Емтихан әкімшісі</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Администратор экзамена</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="007D0C1E" w:rsidRPr="008E42E5" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4815" w:firstLine="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="007D0C1E" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>(ТАӘ, қолы)</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(ФИО, подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00276FAA" w:rsidRPr="008E42E5" w:rsidRDefault="00276FAA" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4815" w:firstLine="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="007D0C1E" w:rsidRPr="008E42E5" w:rsidRDefault="007D0C1E" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4815" w:firstLine="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Күні_________________</w:t>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="007D0C1E" w:rsidRPr="008E42E5" w:rsidRDefault="007D0C1E" w:rsidP="00276FAA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4815" w:firstLine="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidSect="00B54E9F">
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007D0C1E" w:rsidRPr="008E42E5" w:rsidSect="00B54E9F">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00276FAA" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...58 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="3986"/>
           <w:tab w:val="center" w:pos="4961"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C00E7" w:rsidRPr="008E42E5" w:rsidRDefault="000C00E7" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="000C00E7" w:rsidRPr="008E42E5" w:rsidRDefault="000C00E7" w:rsidP="000C00E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Емтихан және қорытынды бағаларды қою ведомосінің үлгісі </w:t>
+        </w:rPr>
+        <w:t>Форма ведомости экзаменационных и итоговых оценок</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="000C00E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="412"/>
         <w:gridCol w:w="2815"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00E21903" w:rsidRPr="008E42E5" w:rsidTr="00D113C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2815" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушының ТАӘ (толығымен)</w:t>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+            <w:r w:rsidR="00732C27" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обучающегося</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (полностью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00D113C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00D113C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан бағасы (жазбаша)</w:t>
+              </w:rPr>
+              <w:t>Экзаменационная оценка</w:t>
+            </w:r>
+            <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қорытынды бағасы (жазбаша)</w:t>
+              </w:rPr>
+              <w:t>Итоговая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00E21903" w:rsidRPr="008E42E5" w:rsidTr="00D113C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2815" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00E21903" w:rsidRPr="008E42E5" w:rsidTr="00D113C1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2815" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="00E21903">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00732C27" w:rsidRPr="008E42E5" w:rsidRDefault="00732C27" w:rsidP="000C00E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="000C00E7" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="00CF63AD" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение 5 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:b/>
-[...22 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...51 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="484" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Қорытынды аттестаттауға қатысу үшін білім алушылардың тізімін жасау тәртібі </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок составления списка обучающихся для участия в итоговой аттестации </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="484" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> қажет. Тізім тек нақты ақпараттардан тұруы керек. Осы ақпараттың негізінде Білім басқармасы емтихан тапсыратын білім алушылардың құрамын анықтайды. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Школы должны составить список обучающихся для участия в итоговой аттестации обучающихся, используя электронную и/или бумажную форму. Список должен содержать только достоверную информацию. На основе данной информации Управление образования формирует контингент обучающихся, сдающих экзамены. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">2. Мектептер тізімді емтиханның басталуына екі ай қалғанда Білім басқармасына жіберулері қажет. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Школы должны отправить список в Управление образования за два месяца до начала экзамена. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. В списке необходимо заполнить следующие данные:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9205" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="536"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="875"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidTr="00F1347E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушының ТАӘ</w:t>
+              </w:rPr>
+              <w:t>ФИО обучающегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ЖСН</w:t>
+              </w:rPr>
+              <w:t>ИИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Оқыту тілі</w:t>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жынысы</w:t>
+              </w:rPr>
+              <w:t>Пол</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сынып</w:t>
+              </w:rPr>
+              <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Литер сыныптар</w:t>
+              </w:rPr>
+              <w:t>Литера класса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">1-міндетті пән </w:t>
+              </w:rPr>
+              <w:t>Обязательный предмет 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">2-міндетті пән </w:t>
+              </w:rPr>
+              <w:t>Обязательный предмет 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>3-міндетті пән</w:t>
+              </w:rPr>
+              <w:t>Обязательный предмет 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Таңдау пәні </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Предмет по выбору </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidTr="00F1347E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidTr="00F1347E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidTr="00F1347E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidTr="00F1347E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="536" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="875" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00CF63AD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">олтырыңыз. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ФИО обучающегося: заполните </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">полностью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имя, фамилию и отчество обучающегося согласно документу. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">тырыңыз. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИИН: заполните ИИН обучающегося согласно документу. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Оқыту тілі: қазақ тілінде оқытатын сыныптар үшін «Қазақ», орыс тілінде оқытатын сыныптар үшін «Орыс», оқыту тілі басқа тілдегі сыныптар үшін сәйкес тілді толтырыңыз. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Язык обучения: заполните «Қазақ» для классов с казахским языком обучения, «Русский» для классов с русским языком обучения, укажите соответствующий язык для классов с другими языками обучения. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CF63AD" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Жынысы: ер балалар үшін  «Е», қыз балалар үшін «Ә».</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пол: заполните «М» для мужского пола и «Ж» для женского пола.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00CF63AD" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение 6 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">білім алушыларының қорытынды аттестаттауын </w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t>тың</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t>сы</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00673B3C" w:rsidRPr="00B01AD5" w:rsidRDefault="00673B3C" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...15 lines deleted...]
-        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...44 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ведомость учета выданных и возвращенных экзаменационных материалов</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...48 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наименование школы, город/село __________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Класс ______________     Дата__________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10382" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="472"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1574"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1402"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1310"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="472" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Пән </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Предмет </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1574" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Аудитория кезекшісінің ТАӘ</w:t>
+              </w:rPr>
+              <w:t>ФИО дежурного по аудитории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Берілді </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдано </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қабылдадым (қолы)</w:t>
+              </w:rPr>
+              <w:t>Принял (подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қайтарылды</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Возвращено </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қайтардым (Қолы)</w:t>
+              </w:rPr>
+              <w:t>Вернул (подпись)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="1069"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="472" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1574" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан материалдары салынған пакет (дана)</w:t>
+              </w:rPr>
+              <w:t>Пакеты с экзаменацион-ными материалами (шт.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан материалдары салынған пакет (дана)</w:t>
+              </w:rPr>
+              <w:t>Пакеты с экзаменацион-ными материалами (шт.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1574" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1574" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="472" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1574" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1402" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D5333B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1224"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1224"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">  _____________________________________________ </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Выдал/ принял </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  _________    ____________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1224"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>(қолы)      (Емтихан комиссиясының төрағасы)</w:t>
+        </w:rPr>
+        <w:t>(подпись)      (ФИО Председателя экзаменационной комиссии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1224"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidRDefault="00D113C1" w:rsidP="00D113C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidSect="00B54E9F">
+        </w:rPr>
+        <w:sectPr w:rsidR="00D113C1" w:rsidRPr="008E42E5" w:rsidSect="00B54E9F">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617A8B" w:rsidRPr="008E42E5" w:rsidRDefault="00617A8B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...92 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00F31EB5" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Білім алушыларға арналған нұсқама</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Инструктаж для </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="006A57DE" w:rsidRPr="008E42E5" w:rsidRDefault="006A57DE" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00034192" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> үшін, аудитория кезекшілері осы нұсқаманы емтиханның басында дауыстап оқып бергендері жөн.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для того, чтобы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">понимали, что правила распространяются на всех, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D30068" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурным по аудитории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует прочитать вслух эти инструкции в начале и в конце экзамена.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00F31EB5" w:rsidRPr="008E42E5" w:rsidRDefault="00F31EB5" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Емтихан басында</w:t>
+        </w:rPr>
+        <w:t>Начало экзамена</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00673B3C">
+        </w:rPr>
+        <w:t xml:space="preserve">Убедитесь, что все </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00673B3C">
+        </w:rPr>
+        <w:t xml:space="preserve">заняли </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53B69" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t>места согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> көз жеткізіңіз.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> схеме рассадки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Білім алушылардың тек рұқсат етілген заттарды алғанын тексеріңіз. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Проверьте, чтобы у </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">были только допустимые предметы. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00673B3C" w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">Убедитесь, что упаковки с вопросниками верны и целы. В случае, если упаковки с вопросниками повреждены или вскрыты, вам следует заполнить и отправить форму </w:t>
+      </w:r>
+      <w:r w:rsidR="00725E24" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t>«О поврежденной или вскрытой упаковке с экзаменационными материалами»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00673B3C">
+        </w:rPr>
+        <w:t xml:space="preserve">После того, как все </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> соң, материалдар салынған қаптаманы олардың көзінше ашып, әрбір білім алушының үстеліне басты бетті үстіне қарата қойыңыз. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">сели на свои места, вскройте упаковку с вопросниками перед ними и положите по одному вопроснику лицевой стороной вверх на стол каждому </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающемуся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Берілген тәртіппен келесі нұсқаманы оқып беріңіз. Тік жақшаларда </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Прочитайте следующие инструкции вслух в данном порядке. Текст в квадратных скобках </w:t>
+      </w:r>
+      <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>[  ]</w:t>
+      </w:r>
+      <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не следует читать вслух, он для вашего сведения. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...28 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00281791" w:rsidRPr="008E42E5" w:rsidRDefault="00281791" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9497" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="8646"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Қадам </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Шаг </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Не айту керек</w:t>
+              </w:rPr>
+              <w:t>Что сказать</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:trPr>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Сіздер емтихан шарты мен қойылған тәртіпті назарға алғандарыңыз жөн. Сіздерге сөйлеуге, көмек сұрауға, аудиториядағы басқа білім алушыға көмектесуге болмайды. Сұрақтар туындаған жағдайда Сіз қолыңызды көтеріп, кезекшінің Сізге келуін күтіңіз. Кезекші тапсырманың мазмұнына қатысты сұрақтарға жауап бере алмайды. Егер аудиториядан шыққыңыз келсе, қолыңызды көтеріңіз. </w:t>
+              </w:rPr>
+              <w:t>Вы должны соблюдать условия</w:t>
+            </w:r>
+            <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> экзамена и следовать установленным правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>. Вы не должны разговаривать, обращаться за помощью, помогать дру</w:t>
+            </w:r>
+            <w:r w:rsidR="002A37F5" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гим </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обучающимся</w:t>
+            </w:r>
+            <w:r w:rsidR="002A37F5" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в аудитории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. В случае возникновения вопросов, в любое время вам следует поднять руку и дождаться дежурного, который должен подойти к вам. Дежурные не могут ответить на ваш вопрос касательно содержания </w:t>
+            </w:r>
+            <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00C11464" w:rsidRPr="008E42E5" w:rsidRDefault="00C11464" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае, если хотите выйти из аудитории, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D113C1" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вам следует поднять руку. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00D113C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> құрылғылар сияқты рұқсат берілмеген заттар болса, қазір тапсырыңыз. Олай болмаған жағдайда Сіздің нәтижелеріңіз жарамсыз болып саналады. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Вы не можете пользоваться запрещенными предметами. Если у вас имеются запрещенные предметы, включая мобильные телефоны или другие электронные устройства, вы должны сдать их сейчас. В противном случае ваши результаты будут аннулированы. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00071076">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Сіздер бұл жерде [емтихан немесе пәнді айтыңыз] емтиханын тапсыру үшін отырсыздар. Үстелдеріңізде тапсырмалар жинағы бар. Мен рұқсат етпегенше, бірінші бетті ашуға болмайды. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Вы находитесь здесь для того, чтобы </w:t>
+            </w:r>
+            <w:r w:rsidR="00850D23" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сдать [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назовите экзамен и предмет]. У вас на столе </w:t>
+            </w:r>
+            <w:r w:rsidR="00E90010" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>находится</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборник заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>. Не переворачивайте первую страницу, пока я не разрешу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Сіздерде тапсырмалар жинағынан бөлек:</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Помимо </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборника заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у вас </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>могут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> быть:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="236"/>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>қалам</w:t>
+              </w:rPr>
+              <w:t>ручки</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="236"/>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>қарындаш</w:t>
+              </w:rPr>
+              <w:t>карандаши</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="236"/>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">сызғыш, өшіргіш </w:t>
+              </w:rPr>
+              <w:t>линейки, ластики</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00071076">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="236"/>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>[спецификацияға сәйкес басқа да құ</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">[другое </w:t>
             </w:r>
-            <w:r w:rsidR="00673B3C" w:rsidRPr="00B01AD5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>р</w:t>
+              </w:rPr>
+              <w:t>допустимое</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ылғылар, мысалы, калькулятор] болуы мүмкін.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласно спецификациям </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>устройство, например, калькулятор]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00071076">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Қажетті пән бойынша қолдарыңызда дұрыс жинақтың болуын тексеріңіз және бастапқы беттегі нұсқаманы оқып шығыңыз [Тапсырмалар жинағының бастапқы бетіндегі нұсқаманы дауыстап оқып беріңіз]. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Проверьте, что у вас правильный </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборник заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по нужному предмету и прочитайте инструкции на лицевой обложке. [Вы должны прочитать </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вслух </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">инструкции, данные на лицевой обложке </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборника заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-              </w:rPr>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Көк қаламмен анық жазыңыздар. Жауаптардағы қателерді түсінікті болатындай таза, ұқыпты түзетіңіздер. </w:t>
+              </w:rPr>
+              <w:t>Пишите разборчиво синей пастой.</w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В ответах исправляйте ошибки аккуратно, так, чтобы ваш ответ был понятен.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Корректорды қолдануға болмайды.</w:t>
+              </w:rPr>
+              <w:t>Не используйте корректор.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="001E6885">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Мектеп тарапынан берілген шимай дәптерді қолдануларыңызға болады. </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Можно использовать </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">выданный школой </w:t>
+            </w:r>
+            <w:r w:rsidR="00071076" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>черновик</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="00850D23" w:rsidP="001E6885">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Тапсырманың бастапқы бетіне өздеріңіздің аты-жөндеріңізді толтырыңыздар. </w:t>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аполните </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ваши </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ФИО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на </w:t>
+            </w:r>
+            <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лицев</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ой обложке</w:t>
+            </w:r>
+            <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборника заданий</w:t>
+            </w:r>
+            <w:r w:rsidR="008C08E8" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="001E6885">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан тапсырмаларын орындау үшін Сіздердің [емтиханның ұзақтығын көрсетіңіз] минуттарыңыз бар. Емтиханның басталуы [емтиханның басталуын көрсетіңіз] және емтиханның аяқталуы [емтиханның аяқталуын көрсетіңіз]. Емтиханның аяқталуына 10 минут қалғанда мен сіздерге айтамын. Тапсырмалар жинағын ашып, бастауларыңызға болады [барлық тапсырмалар жинағын қарап шығуға білім алушыларға қосымша уақыт бермеуіңіз керек].</w:t>
+              </w:rPr>
+              <w:t>У вас есть [</w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>укажите продолжительность экзамена</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] минут для выполнения этого экзамена. Начало экзамена [укажите начало экзамена] и конец экзамена [укажите конец экзамена]. Я вам дам знать, когда останется 10 минут до конца экзамена. Вы можете открыть свои </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборники заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и начать [вы не должны давать </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обучающимся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дополнительное время просмотреть весь </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сборник заданий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>].</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...102 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="001E6885">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Емтихан соңында келесі нұсқаулықтарды ретімен дауыстап оқыңыз. Білім алушылар сіз барлық жинақтарды, шимай қағаздарды жинап алғанша, өз орындарында қалулары керек. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Вы должны сообщить </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, когда у них останется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 минут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до конца экзамена.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конец экзамена</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00F1347E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="num" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Сіз барлық жинақтарды, шимай қағаздарды жинап алғаннан кейін білім алушылар аудиториядан шыға алады.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">В конце экзамена прочитайте следующие инструкции вслух в данном порядке. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5180" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должны оставаться на своих местах, пока вы не соберете все </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сборники заданий и черновики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="00DC5180" w:rsidP="00F1347E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающиеся </w:t>
+      </w:r>
+      <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">могут покинуть </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аудиторию</w:t>
+      </w:r>
+      <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, после того, как вы соберете все </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сборники заданий и черновики</w:t>
+      </w:r>
+      <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9497" w:type="dxa"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1032"/>
-        <w:gridCol w:w="8465"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="8646"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="001E6885" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қадам</w:t>
+              </w:rPr>
+              <w:t>Ш</w:t>
+            </w:r>
+            <w:r w:rsidR="004C696B" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> керек</w:t>
+              </w:rPr>
+              <w:t>Что сказать</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="002764FB" w:rsidP="001E6885">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>.</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Экзамен закончен. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00BE4B8C" w:rsidRPr="008E42E5" w:rsidRDefault="001E6885" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жазуды тоқтатыңыз. Қаламдарың</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Прекратите писать. </w:t>
             </w:r>
-            <w:r w:rsidR="006D69B7">
+            <w:r w:rsidR="002764FB" w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-              <w:t>ды үстел үстіне қойыңыздар.</w:t>
+              </w:rPr>
+              <w:t>Положите ваши ручки на стол.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00E90010" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00E90010" w:rsidRPr="008E42E5" w:rsidRDefault="00E90010" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00E90010" w:rsidRPr="008E42E5" w:rsidRDefault="00E90010" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан ережесін сақтап, тыныштық сақтауларыңызды өтінеміз!</w:t>
+              </w:rPr>
+              <w:t>Следуйте правилам экзамена, соблюдайте тишину, пожалуйста.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidTr="00281791">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="99CCFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="00E90010" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8646" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="001E6885">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Аудиториядан шығуға рұқсат етілмейінше, өз орындарыңызда қалып, тыныштықты сақтаңыздар! </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Оставайтесь на своих местах и соблюдайте тишину, пока я вам не скажу, что можно выходить из </w:t>
+            </w:r>
+            <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аудитории</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:iCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004C696B" w:rsidRPr="008E42E5" w:rsidRDefault="004C696B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="008A464F" w:rsidRPr="008E42E5" w:rsidRDefault="008A464F" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId9"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008A464F" w:rsidRPr="008E42E5" w:rsidSect="00B54E9F">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6885" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B64A5A" w:rsidRPr="008E42E5" w:rsidRDefault="00B64A5A" w:rsidP="00B54E9F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b w:val="0"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="004109AE" w:rsidRPr="008E42E5" w:rsidRDefault="004109AE" w:rsidP="00B54E9F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="right"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">білім алушыларының қорытынды аттестаттауын </w:t>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>АКТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...67 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00B64A5A" w:rsidRPr="008E42E5" w:rsidRDefault="00B64A5A" w:rsidP="00B54E9F">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="right"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регистрации нарушений на экзаменах</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00617A8B" w:rsidRPr="008E42E5" w:rsidRDefault="00617A8B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...80 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5349"/>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="1423"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="0097234C" w:rsidRPr="008E42E5" w:rsidTr="0097234C">
         <w:trPr>
           <w:trHeight w:val="534"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5349" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="009D48D6" w:rsidRPr="008E42E5" w:rsidRDefault="009D48D6" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Аудитория кезекшісі толтырады</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Заполняется </w:t>
+            </w:r>
+            <w:r w:rsidR="003D31A0" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дежурным по аудитории</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="009D48D6" w:rsidRPr="008E42E5" w:rsidRDefault="00B64A5A" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мектеп</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Школа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="009D48D6" w:rsidRPr="008E42E5" w:rsidRDefault="009D48D6" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="0097234C" w:rsidRPr="008E42E5" w:rsidTr="0097234C">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5349" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="009D48D6" w:rsidRPr="008E42E5" w:rsidRDefault="009D48D6" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="009D48D6" w:rsidRPr="008E42E5" w:rsidRDefault="001E6885" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Пән</w:t>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00F60C0C" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>редмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1423" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="009D48D6" w:rsidRPr="008E42E5" w:rsidRDefault="009D48D6" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...5 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="455"/>
         <w:gridCol w:w="3051"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="5816"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005C4A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бұзушылық</w:t>
+              </w:rPr>
+              <w:t>Нарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005C4A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушының аты</w:t>
+              </w:rPr>
+              <w:t>Имя обучающегося(ов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="00D5333B">
         <w:trPr>
           <w:trHeight w:val="313"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3506" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы бір-бірімен сөйлесті</w:t>
+              </w:rPr>
+              <w:t>Обучающиеся переговариваются друг с другом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы бір орыннан басқа орынға ауысты</w:t>
+              </w:rPr>
+              <w:t>Обучающиеся пересаживаются с места на место</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы емтихан материалдарын ауыстырды</w:t>
+              </w:rPr>
+              <w:t>Обучающиеся обмениваются экзаменационными материалами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы бір-бірінен көшірді</w:t>
+              </w:rPr>
+              <w:t>Обучающиеся списывают друг у друга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушы шпаргалка/оқулық/басқа да әдістемелік әдебиетті қолданды</w:t>
+              </w:rPr>
+              <w:t>Обучающиеся используют шпаргалки/ учебники/ другую методическую литературу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...46 lines deleted...]
-              <w:t>ды</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие и/или использование запрещенных предметов обучающимися </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>ды</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Употребление оскорбительных выражений обучающимися </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> жасады</w:t>
+              </w:rPr>
+              <w:t>Незаконные действия сотрудников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidTr="005C4A03">
         <w:trPr>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005C4A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Басқа (көрсету): _______________________</w:t>
+              </w:rPr>
+              <w:t>Другое (указать): _______________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005C4A03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="006A57DE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Аудитория кезекшісі          _______________________   __________________________ </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Дежурный по аудитории          _______________________   __________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005C4A03">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00194BF9">
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            (Подпись)                                  (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+        <w:t>ФИО дежурного)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005C4A03" w:rsidRPr="008E42E5" w:rsidRDefault="005C4A03" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...61 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="3986"/>
           <w:tab w:val="center" w:pos="4961"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="3986"/>
           <w:tab w:val="center" w:pos="4961"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">білім алушыларының қорытынды аттестаттауын </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-      <w:pPr>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-        </w:tabs>
-[...1 lines deleted...]
-        <w:ind w:firstLine="567"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:t>тың</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...42 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00CE264C" w:rsidRPr="008E42E5" w:rsidRDefault="00CE264C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>Апелляциялық комиссия отырысының</w:t>
+        </w:rPr>
+        <w:t>ПРОТОКОЛ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-          <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>хаттамасы</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заседания </w:t>
+      </w:r>
+      <w:r w:rsidR="00463DAD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляционной комиссии </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="0097234C" w:rsidRPr="008E42E5" w:rsidRDefault="0097234C" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«_____» ______________20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E02C7D" w:rsidRPr="008E42E5" w:rsidRDefault="00E02C7D" w:rsidP="0034577C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="0034577C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Апелляциялық комиссия құрамында:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Апелляционная комиссия в составе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель комиссии_____________________________(ФИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Комиссия мүшелері:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.     ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.     ___________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-        <w:t>)</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.     ____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________(ФИО)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Білім алушының апелляциялық шағымын қарады ________________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассмотрела апелляционную жалобу </w:t>
+      </w:r>
+      <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidR="000B24F4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="000B24F4" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00E02C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00194BF9">
+        </w:rPr>
+        <w:t>(Ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t>ИО</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009752BE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ласс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>язык обучения______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9513" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="383"/>
         <w:gridCol w:w="1050"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidTr="009752BE">
         <w:trPr>
           <w:trHeight w:val="859"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Пән</w:t>
+              </w:rPr>
+              <w:t>Предмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="001162EC" w:rsidP="00E02C7D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B01AD5">
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00777EA0" w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Аттестациялық комиссия</w:t>
+              </w:rPr>
+              <w:t>алл</w:t>
             </w:r>
-            <w:r w:rsidR="006D69B7">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>ның</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> по результатам проверки </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> тексер</w:t>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
-            <w:r w:rsidR="006D69B7">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">уі </w:t>
+              </w:rPr>
+              <w:t>ттестационной комиссии</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidR="00777EA0" w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>бойынша балл</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00E02C7D" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Апелляциялық комиссия</w:t>
+              </w:rPr>
+              <w:t>Балл, добавленный</w:t>
             </w:r>
-            <w:r w:rsidR="006D69B7">
+            <w:r w:rsidR="00777EA0" w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> бойынша қосылған балл</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> по результатам апелляционного рассмотрения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Қорытынды балл</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Итоговый </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Ескерту </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Примечание </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidTr="009752BE">
         <w:trPr>
           <w:trHeight w:val="287"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00043DF6" w:rsidRPr="008E42E5" w:rsidRDefault="00043DF6" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По результатам рассмотрения апелляционная комиссия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>ШЕШТІ:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛА:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00043DF6" w:rsidRPr="008E42E5" w:rsidRDefault="00463DAD" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00463DAD" w:rsidRPr="008E42E5" w:rsidRDefault="00463DAD" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00463DAD" w:rsidRPr="008E42E5" w:rsidRDefault="00463DAD" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>Қабылданған шешімнің қысқаша негіздемесі</w:t>
+        </w:rPr>
+        <w:t>Краткое обоснование принимаемого решения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00463DAD" w:rsidRPr="008E42E5" w:rsidRDefault="00463DAD" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00463DAD" w:rsidRPr="008E42E5" w:rsidRDefault="00463DAD" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00463DAD" w:rsidRPr="008E42E5" w:rsidRDefault="00463DAD" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00043DF6" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00E02C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t> ____________________</w:t>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляционной комиссии </w:t>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00463DAD" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00E02C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Комиссия мүшелері:</w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Члены комиссии:   </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00043DF6" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00E02C7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E02C7D" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r w:rsidR="00043DF6" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B01AD5">
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...225 lines deleted...]
-        <w:t xml:space="preserve">                                   </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4677"/>
-        <w:gridCol w:w="4678"/>
+        <w:gridCol w:w="4785"/>
+        <w:gridCol w:w="4786"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidTr="00757360">
+      <w:tr w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidTr="00C1767C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4926" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Таныстым ________________</w:t>
+              </w:rPr>
+              <w:t>Ознакомлен _____________</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>___</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00E02C7D" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпись </w:t>
+            </w:r>
+            <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Председател</w:t>
+            </w:r>
+            <w:r w:rsidR="00463DAD" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="003B27AF" w:rsidP="00463DAD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="851"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>экзаменационной комиссии</w:t>
+            </w:r>
+            <w:r w:rsidR="00777EA0" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Емтихан комиссиясы төрағасының қолы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Таныстым ________________</w:t>
+              </w:rPr>
+              <w:t>Ознакомлен _____________</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2D57" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>___</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00757360">
+          <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01AD5">
+            <w:r w:rsidRPr="008E42E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Білім алушының қолы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпись </w:t>
+            </w:r>
+            <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidR="00B330FF" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уча</w:t>
+            </w:r>
+            <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ю</w:t>
+            </w:r>
+            <w:r w:rsidR="00B330FF" w:rsidRPr="008E42E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>щегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00777EA0" w:rsidRPr="008E42E5" w:rsidRDefault="00777EA0" w:rsidP="00463DAD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B01AD5">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t>«____» _______20___ г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00F8265F" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidSect="00B54E9F">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A60CE" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A80806" w:rsidRPr="008E42E5" w:rsidRDefault="00A80806" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00A80806" w:rsidRPr="008E42E5" w:rsidSect="00B54E9F">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E42E5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к Инструкции о порядке проведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итоговой аттестации обучающихся 9 класса </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E64C1" w:rsidRPr="008E42E5" w:rsidRDefault="005E64C1" w:rsidP="005E64C1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="3986"/>
+          <w:tab w:val="center" w:pos="4961"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00617A8B" w:rsidRPr="008E42E5" w:rsidRDefault="00617A8B" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Орта білім беру ұйымдарында 9-сынып </w:t>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">білім алушыларының қорытынды аттестаттауын </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председателю </w:t>
+      </w:r>
+      <w:r w:rsidR="008E42E5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пелляционной комиссии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="006D69B7">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:t>тың</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="006765E2" w:rsidP="00B54E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC18D0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC18D0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уча</w:t>
+      </w:r>
+      <w:r w:rsidR="003B27AF" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC18D0" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щегося ________ класса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-        <w:t>сы</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имя________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отчество____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...69 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00194BF9" w:rsidP="00194BF9">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        <w:t>__________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...24 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> __________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="right"/>
-[...14 lines deleted...]
-        <w:t> </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прошу рассмотреть на заседании </w:t>
+      </w:r>
+      <w:r w:rsidR="008E42E5" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пелляционной комиссии результаты </w:t>
+      </w:r>
+      <w:r w:rsidR="004419C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экзамена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по предмету _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
-[...18 lines deleted...]
-        <w:t>АРЫЗ</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дата сдачи экзамена _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-        <w:t>сында пән бойынша емтихан нәтижесін қарауыңызды сұраймын.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>время сдачи экзамена _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...22 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="008E42E5" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="008E42E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>емтихан тапсырған күні _____________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">название </w:t>
+      </w:r>
+      <w:r w:rsidR="004419C7" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="008E42E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>емтихан тапсырған уақыты _____________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>язык обучения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="008E42E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>мектеп атауы</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...22 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>оқыту тілі</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________                              «___» _________________ 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00725E24" w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г.          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
-[...22 lines deleted...]
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00BC18D0" w:rsidRPr="008E42E5" w:rsidRDefault="00BC18D0" w:rsidP="00B54E9F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>  </w:t>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E42E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (подпись)          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00842093" w:rsidRDefault="00BC18D0" w:rsidP="008E42E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">_____________                              «___» _________________ 20__ ж.          </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D0FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="007115EA" w:rsidRDefault="007115EA" w:rsidP="008E42E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
-[...14 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B23209" w:rsidRPr="00B01AD5" w:rsidRDefault="00B23209" w:rsidP="00B23209">
+    <w:p w:rsidR="00842093" w:rsidRDefault="00842093" w:rsidP="008E42E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...292 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId11"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00842093" w:rsidSect="00B54E9F">
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EA7A9C" w:rsidRPr="00EA7A9C" w:rsidRDefault="007F1096" w:rsidP="00B54E9F">
-      <w:pPr>
+    <w:p w:rsidR="007115EA" w:rsidRDefault="007115EA" w:rsidP="007115EA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007115EA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Процесс организации и проведения итоговой аттестации обучающихся 9 классов в организациях среднего образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007115EA" w:rsidRPr="00923341" w:rsidRDefault="001C78CB" w:rsidP="00842093">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="567"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00923341">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="9251315" cy="4796155"/>
+            <wp:extent cx="9746615" cy="4925060"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2"/>
+            <wp:docPr id="2" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="0" name="Рисунок 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="9251315" cy="4796155"/>
+                      <a:ext cx="9746615" cy="4925060"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EA7A9C" w:rsidRPr="00EA7A9C" w:rsidSect="00EA7A9C">
+    <w:sectPr w:rsidR="007115EA" w:rsidRPr="00923341" w:rsidSect="00842093">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007D2C33" w:rsidRDefault="007D2C33" w:rsidP="00536859">
+    <w:p w:rsidR="00D34FEA" w:rsidRDefault="00D34FEA" w:rsidP="00536859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007D2C33" w:rsidRDefault="007D2C33" w:rsidP="00536859">
+    <w:p w:rsidR="00D34FEA" w:rsidRDefault="00D34FEA" w:rsidP="00536859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="GillSans,Bold">
     <w:altName w:val="Arial"/>
@@ -25972,206 +30218,157 @@
   </w:font>
   <w:font w:name="DejaVu Sans">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="D200FDFF" w:usb2="0A042029" w:usb3="00000000" w:csb0="800001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="900002AF" w:usb1="09D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="UniversLT-Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00B23209" w:rsidRDefault="00B23209">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00DF7C15" w:rsidRDefault="00DF7C15">
     <w:pPr>
       <w:pStyle w:val="af0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007F1096" w:rsidRPr="007F1096">
+    <w:r w:rsidR="000A05F2" w:rsidRPr="000A05F2">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B23209" w:rsidRDefault="00B23209">
+  <w:p w:rsidR="006E1820" w:rsidRDefault="006E1820">
     <w:pPr>
       <w:pStyle w:val="af0"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...49 lines deleted...]
-  <w:p w:rsidR="00002432" w:rsidRPr="00EA15BC" w:rsidRDefault="00002432" w:rsidP="00C1767C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="000361F4" w:rsidRPr="00EA15BC" w:rsidRDefault="000361F4" w:rsidP="00C1767C">
     <w:pPr>
       <w:pStyle w:val="af0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="9180"/>
       </w:tabs>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007D2C33" w:rsidRDefault="007D2C33" w:rsidP="00536859">
+    <w:p w:rsidR="00D34FEA" w:rsidRDefault="00D34FEA" w:rsidP="00536859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007D2C33" w:rsidRDefault="007D2C33" w:rsidP="00536859">
+    <w:p w:rsidR="00D34FEA" w:rsidRDefault="00D34FEA" w:rsidP="00536859">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="988EE994"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="06D07E2E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="236E7AF2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26267,51 +30464,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="09A0786F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68AAAC1C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -26361,51 +30558,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0C4D1E54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82768838"/>
     <w:lvl w:ilvl="0" w:tplc="3A0AF7EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -26450,51 +30647,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="11C15944"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0486B3C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26563,51 +30760,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="122B4029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E3C98BE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26703,51 +30900,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="143E3C91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7CF66F74"/>
     <w:lvl w:ilvl="0" w:tplc="40A682A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -26844,51 +31041,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="14C86EA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFF2FF6E"/>
     <w:lvl w:ilvl="0" w:tplc="962C8460">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -26933,51 +31130,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="17427687"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="66B0DF52"/>
     <w:lvl w:ilvl="0" w:tplc="855C7AFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="CIEBulletlist"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27050,51 +31247,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="18076C5E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="42DA157A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="942" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -27163,51 +31360,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5769" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6696" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="19406E85"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4184FA5E"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27249,51 +31446,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5466" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="21B60993"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E48ED73C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27335,51 +31532,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="22611266"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79460D72"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -27475,51 +31672,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="236E6C0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF0C4A7C"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27561,51 +31758,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="23EE1C49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40BCF0FE"/>
     <w:lvl w:ilvl="0" w:tplc="E3328D3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -27650,51 +31847,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="244475D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F334C7F8"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27763,51 +31960,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="38CE729C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2662D2B8"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27849,51 +32046,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="4801169A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79EA8F06"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27935,51 +32132,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="50372381"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3AEE4F12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="SectionTitle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="680" w:hanging="680"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -28093,51 +32290,51 @@
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4680"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="53966922"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFE8FD86"/>
     <w:lvl w:ilvl="0" w:tplc="0896D9BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -28183,51 +32380,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="53EF49F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14381C44"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28269,51 +32466,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="550F5583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79460D72"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28409,51 +32606,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="578E3E1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8A66F2CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="1sectiontitleblue"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:color w:val="0066CC"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -28560,51 +32757,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="57BC00D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F678120A"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28646,51 +32843,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="5AB0633B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F705C62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="375" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="942" w:hanging="375"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -28759,51 +32956,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5769" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6696" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="5C1566D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C18A53E8"/>
     <w:lvl w:ilvl="0" w:tplc="86B8C1CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -28849,61 +33046,61 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="5C6C6563"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49D8685A"/>
     <w:lvl w:ilvl="0" w:tplc="C374C8BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4755" w:hanging="360"/>
+        <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -28943,51 +33140,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="5CF57ADC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33DC02AC"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29029,51 +33226,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="62080BB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0664AE4C"/>
     <w:lvl w:ilvl="0" w:tplc="50066DF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -29119,51 +33316,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="621D3B78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="437EACD2"/>
     <w:lvl w:ilvl="0" w:tplc="89B0A3B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="CellBullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="142"/>
         </w:tabs>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FEB4E5E2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -29260,51 +33457,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2FBEE3AA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="62FE7457"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F58E03F0"/>
     <w:lvl w:ilvl="0" w:tplc="B6045666">
       <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -29349,51 +33546,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="63394398"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5EAD202"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29435,51 +33632,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="63AD32C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47A4BD94"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29521,51 +33718,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33">
     <w:nsid w:val="6E5865F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DC071A8"/>
     <w:lvl w:ilvl="0" w:tplc="59D6FF28">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -29610,51 +33807,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34">
     <w:nsid w:val="742F7873"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D7A21FBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="885" w:hanging="525"/>
       </w:pPr>
       <w:rPr>
@@ -29731,51 +33928,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35">
     <w:nsid w:val="766E2F02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58B8EFA6"/>
     <w:lvl w:ilvl="0" w:tplc="06B81EC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -29820,51 +34017,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36">
     <w:nsid w:val="77A718B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DD42F24"/>
     <w:lvl w:ilvl="0" w:tplc="688AE2C6">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -29909,51 +34106,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37">
     <w:nsid w:val="7C8003E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C38A50A"/>
     <w:lvl w:ilvl="0" w:tplc="08086198">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -29999,51 +34196,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38">
     <w:nsid w:val="7E4041E9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="40B82CA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="CIELegalHeading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="340"/>
         </w:tabs>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:vertAlign w:val="baseline"/>
@@ -30512,161 +34709,157 @@
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="38"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="85"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="92"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D72CA8"/>
     <w:rsid w:val="000005CB"/>
     <w:rsid w:val="000018BD"/>
     <w:rsid w:val="00001D11"/>
     <w:rsid w:val="00001D6A"/>
     <w:rsid w:val="00001E1B"/>
     <w:rsid w:val="000023D4"/>
-    <w:rsid w:val="00002432"/>
     <w:rsid w:val="0000283D"/>
     <w:rsid w:val="00002979"/>
     <w:rsid w:val="000039DE"/>
     <w:rsid w:val="00003DD1"/>
     <w:rsid w:val="00005102"/>
     <w:rsid w:val="00005864"/>
     <w:rsid w:val="00005918"/>
     <w:rsid w:val="00005CAF"/>
     <w:rsid w:val="0000618C"/>
     <w:rsid w:val="0000677D"/>
     <w:rsid w:val="00010F16"/>
     <w:rsid w:val="00012604"/>
     <w:rsid w:val="0001327C"/>
     <w:rsid w:val="00013357"/>
     <w:rsid w:val="00013A01"/>
     <w:rsid w:val="00013F56"/>
     <w:rsid w:val="000146A8"/>
     <w:rsid w:val="00014B8F"/>
     <w:rsid w:val="00014BD3"/>
     <w:rsid w:val="00016DF7"/>
     <w:rsid w:val="00016E43"/>
     <w:rsid w:val="00016F83"/>
     <w:rsid w:val="000175BA"/>
     <w:rsid w:val="00017602"/>
     <w:rsid w:val="00017B99"/>
     <w:rsid w:val="00020331"/>
     <w:rsid w:val="00020C48"/>
     <w:rsid w:val="000215C9"/>
     <w:rsid w:val="0002166E"/>
     <w:rsid w:val="000227CF"/>
     <w:rsid w:val="00022857"/>
-    <w:rsid w:val="00023024"/>
     <w:rsid w:val="000235CB"/>
     <w:rsid w:val="000238AC"/>
     <w:rsid w:val="000239BC"/>
     <w:rsid w:val="00025990"/>
     <w:rsid w:val="00026708"/>
     <w:rsid w:val="00026744"/>
     <w:rsid w:val="00026F2F"/>
     <w:rsid w:val="000277A8"/>
     <w:rsid w:val="00027A9E"/>
     <w:rsid w:val="00030B6B"/>
     <w:rsid w:val="0003108C"/>
     <w:rsid w:val="0003110E"/>
     <w:rsid w:val="0003134E"/>
     <w:rsid w:val="00031CCD"/>
     <w:rsid w:val="0003244F"/>
     <w:rsid w:val="0003252F"/>
     <w:rsid w:val="00033457"/>
     <w:rsid w:val="00034192"/>
     <w:rsid w:val="00034D05"/>
     <w:rsid w:val="000356A4"/>
     <w:rsid w:val="0003578B"/>
     <w:rsid w:val="000361F4"/>
     <w:rsid w:val="000361F8"/>
     <w:rsid w:val="000371FD"/>
     <w:rsid w:val="000374A5"/>
     <w:rsid w:val="00037A84"/>
     <w:rsid w:val="000405E9"/>
     <w:rsid w:val="00040F38"/>
     <w:rsid w:val="0004202F"/>
     <w:rsid w:val="000426F5"/>
     <w:rsid w:val="00042A5E"/>
     <w:rsid w:val="00042A89"/>
     <w:rsid w:val="000435BA"/>
     <w:rsid w:val="00043DF6"/>
     <w:rsid w:val="000443BF"/>
     <w:rsid w:val="00045276"/>
     <w:rsid w:val="00046598"/>
     <w:rsid w:val="00047B7A"/>
     <w:rsid w:val="0005075F"/>
     <w:rsid w:val="0005202B"/>
     <w:rsid w:val="0005204D"/>
     <w:rsid w:val="00052221"/>
     <w:rsid w:val="000528F8"/>
-    <w:rsid w:val="00052CEA"/>
     <w:rsid w:val="00053027"/>
     <w:rsid w:val="00053261"/>
     <w:rsid w:val="00054484"/>
     <w:rsid w:val="0005450F"/>
     <w:rsid w:val="00054926"/>
     <w:rsid w:val="000552A8"/>
     <w:rsid w:val="00055849"/>
     <w:rsid w:val="00055A47"/>
     <w:rsid w:val="00056761"/>
     <w:rsid w:val="00056994"/>
     <w:rsid w:val="00057070"/>
     <w:rsid w:val="00057322"/>
     <w:rsid w:val="00057372"/>
     <w:rsid w:val="00057885"/>
     <w:rsid w:val="00057E78"/>
     <w:rsid w:val="000602AD"/>
     <w:rsid w:val="00060484"/>
     <w:rsid w:val="0006198B"/>
     <w:rsid w:val="000621B4"/>
     <w:rsid w:val="00062206"/>
     <w:rsid w:val="00062587"/>
     <w:rsid w:val="0006272A"/>
     <w:rsid w:val="00062970"/>
     <w:rsid w:val="00062F17"/>
     <w:rsid w:val="00063509"/>
@@ -30706,50 +34899,51 @@
     <w:rsid w:val="000842AB"/>
     <w:rsid w:val="000845F8"/>
     <w:rsid w:val="000848CF"/>
     <w:rsid w:val="00085457"/>
     <w:rsid w:val="00086911"/>
     <w:rsid w:val="000869DF"/>
     <w:rsid w:val="00086E8E"/>
     <w:rsid w:val="000870A5"/>
     <w:rsid w:val="00087413"/>
     <w:rsid w:val="00087A2B"/>
     <w:rsid w:val="0009087B"/>
     <w:rsid w:val="00090C1C"/>
     <w:rsid w:val="000924DF"/>
     <w:rsid w:val="00092624"/>
     <w:rsid w:val="00092B3B"/>
     <w:rsid w:val="00093178"/>
     <w:rsid w:val="00093DBD"/>
     <w:rsid w:val="000947AF"/>
     <w:rsid w:val="000963F7"/>
     <w:rsid w:val="0009674B"/>
     <w:rsid w:val="00096A4C"/>
     <w:rsid w:val="00096B98"/>
     <w:rsid w:val="00097ED1"/>
     <w:rsid w:val="000A00D1"/>
     <w:rsid w:val="000A0572"/>
+    <w:rsid w:val="000A05F2"/>
     <w:rsid w:val="000A095F"/>
     <w:rsid w:val="000A164A"/>
     <w:rsid w:val="000A27F2"/>
     <w:rsid w:val="000A29CB"/>
     <w:rsid w:val="000A2D3F"/>
     <w:rsid w:val="000A2EE7"/>
     <w:rsid w:val="000A3A01"/>
     <w:rsid w:val="000A3ED1"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000A482C"/>
     <w:rsid w:val="000A49A6"/>
     <w:rsid w:val="000A4F27"/>
     <w:rsid w:val="000A5226"/>
     <w:rsid w:val="000A558E"/>
     <w:rsid w:val="000A584D"/>
     <w:rsid w:val="000A6407"/>
     <w:rsid w:val="000A6CDB"/>
     <w:rsid w:val="000B0898"/>
     <w:rsid w:val="000B0B9F"/>
     <w:rsid w:val="000B11E9"/>
     <w:rsid w:val="000B145C"/>
     <w:rsid w:val="000B18EA"/>
     <w:rsid w:val="000B20F8"/>
     <w:rsid w:val="000B24F4"/>
     <w:rsid w:val="000B2BF1"/>
@@ -30783,150 +34977,146 @@
     <w:rsid w:val="000D3B09"/>
     <w:rsid w:val="000D4125"/>
     <w:rsid w:val="000D44B1"/>
     <w:rsid w:val="000D624A"/>
     <w:rsid w:val="000D64E7"/>
     <w:rsid w:val="000D7C75"/>
     <w:rsid w:val="000D7E67"/>
     <w:rsid w:val="000D7F95"/>
     <w:rsid w:val="000E1376"/>
     <w:rsid w:val="000E13FE"/>
     <w:rsid w:val="000E18ED"/>
     <w:rsid w:val="000E2052"/>
     <w:rsid w:val="000E29FB"/>
     <w:rsid w:val="000E2B4D"/>
     <w:rsid w:val="000E2B9D"/>
     <w:rsid w:val="000E3A06"/>
     <w:rsid w:val="000E3F6B"/>
     <w:rsid w:val="000E4C1A"/>
     <w:rsid w:val="000E54BD"/>
     <w:rsid w:val="000E57EB"/>
     <w:rsid w:val="000E6899"/>
     <w:rsid w:val="000E7E82"/>
     <w:rsid w:val="000F01BE"/>
     <w:rsid w:val="000F1090"/>
     <w:rsid w:val="000F205C"/>
-    <w:rsid w:val="000F2102"/>
     <w:rsid w:val="000F2385"/>
     <w:rsid w:val="000F2861"/>
     <w:rsid w:val="000F3DCF"/>
     <w:rsid w:val="000F4EF9"/>
     <w:rsid w:val="000F5630"/>
     <w:rsid w:val="000F5708"/>
     <w:rsid w:val="000F585F"/>
     <w:rsid w:val="000F58BF"/>
     <w:rsid w:val="000F62BD"/>
     <w:rsid w:val="000F67BD"/>
     <w:rsid w:val="000F70E0"/>
     <w:rsid w:val="000F7933"/>
     <w:rsid w:val="000F7F1E"/>
     <w:rsid w:val="0010081D"/>
     <w:rsid w:val="001012F1"/>
     <w:rsid w:val="00101DC4"/>
     <w:rsid w:val="00102934"/>
     <w:rsid w:val="00102C09"/>
     <w:rsid w:val="00103097"/>
     <w:rsid w:val="0010363A"/>
     <w:rsid w:val="00104A6F"/>
     <w:rsid w:val="00106132"/>
     <w:rsid w:val="00106823"/>
     <w:rsid w:val="00107465"/>
     <w:rsid w:val="00107793"/>
     <w:rsid w:val="00107900"/>
     <w:rsid w:val="00107B1B"/>
     <w:rsid w:val="00110326"/>
     <w:rsid w:val="00110C20"/>
     <w:rsid w:val="00110C43"/>
     <w:rsid w:val="001112EE"/>
     <w:rsid w:val="0011257C"/>
     <w:rsid w:val="0011298C"/>
     <w:rsid w:val="00113191"/>
     <w:rsid w:val="00113562"/>
     <w:rsid w:val="001136D8"/>
     <w:rsid w:val="00113984"/>
     <w:rsid w:val="00113A59"/>
     <w:rsid w:val="00113B12"/>
     <w:rsid w:val="0011415D"/>
     <w:rsid w:val="00115EC5"/>
     <w:rsid w:val="00115F36"/>
     <w:rsid w:val="001162EC"/>
     <w:rsid w:val="00117761"/>
     <w:rsid w:val="0011789E"/>
     <w:rsid w:val="00117B2F"/>
     <w:rsid w:val="0012011D"/>
     <w:rsid w:val="001207BF"/>
-    <w:rsid w:val="001210AB"/>
     <w:rsid w:val="0012161D"/>
     <w:rsid w:val="00123B0E"/>
     <w:rsid w:val="00125040"/>
     <w:rsid w:val="00125B7E"/>
     <w:rsid w:val="00125C0C"/>
-    <w:rsid w:val="0012620F"/>
     <w:rsid w:val="00126D98"/>
     <w:rsid w:val="0012733D"/>
     <w:rsid w:val="00130A10"/>
     <w:rsid w:val="00130A8E"/>
     <w:rsid w:val="001311BF"/>
     <w:rsid w:val="0013198B"/>
     <w:rsid w:val="00132335"/>
     <w:rsid w:val="001328E7"/>
     <w:rsid w:val="00132C65"/>
     <w:rsid w:val="00132C68"/>
     <w:rsid w:val="001338AA"/>
     <w:rsid w:val="00133C65"/>
     <w:rsid w:val="00133D19"/>
     <w:rsid w:val="00133D1D"/>
     <w:rsid w:val="00134396"/>
     <w:rsid w:val="00134902"/>
     <w:rsid w:val="00135991"/>
     <w:rsid w:val="00135BF5"/>
     <w:rsid w:val="00135ED0"/>
     <w:rsid w:val="0013637C"/>
     <w:rsid w:val="00137CDF"/>
     <w:rsid w:val="00140F01"/>
     <w:rsid w:val="00140F47"/>
     <w:rsid w:val="0014129C"/>
     <w:rsid w:val="001412CA"/>
     <w:rsid w:val="00142C61"/>
     <w:rsid w:val="00143B46"/>
     <w:rsid w:val="00144205"/>
     <w:rsid w:val="00146038"/>
     <w:rsid w:val="0014659B"/>
     <w:rsid w:val="00146964"/>
     <w:rsid w:val="00146DB3"/>
     <w:rsid w:val="0014793A"/>
     <w:rsid w:val="0014795B"/>
     <w:rsid w:val="00147CD9"/>
     <w:rsid w:val="001526F9"/>
     <w:rsid w:val="0015289A"/>
     <w:rsid w:val="00153F06"/>
     <w:rsid w:val="001543F4"/>
     <w:rsid w:val="001549C2"/>
     <w:rsid w:val="00154CCE"/>
     <w:rsid w:val="00154E8D"/>
     <w:rsid w:val="00154F68"/>
-    <w:rsid w:val="00155295"/>
     <w:rsid w:val="00155733"/>
     <w:rsid w:val="00155CE0"/>
     <w:rsid w:val="0015639F"/>
     <w:rsid w:val="00156BEF"/>
     <w:rsid w:val="001578BC"/>
     <w:rsid w:val="00157979"/>
     <w:rsid w:val="00157AAD"/>
     <w:rsid w:val="00157CD0"/>
     <w:rsid w:val="00157CEC"/>
     <w:rsid w:val="001617D4"/>
     <w:rsid w:val="0016229D"/>
     <w:rsid w:val="001638C7"/>
     <w:rsid w:val="00163924"/>
     <w:rsid w:val="00163C39"/>
     <w:rsid w:val="00163F34"/>
     <w:rsid w:val="001641EF"/>
     <w:rsid w:val="00164684"/>
     <w:rsid w:val="00164B20"/>
     <w:rsid w:val="00164D4C"/>
     <w:rsid w:val="00165679"/>
     <w:rsid w:val="00166B14"/>
     <w:rsid w:val="00166F5E"/>
     <w:rsid w:val="00167975"/>
     <w:rsid w:val="00167CC1"/>
     <w:rsid w:val="00171369"/>
@@ -30945,110 +35135,109 @@
     <w:rsid w:val="001759E9"/>
     <w:rsid w:val="0017640C"/>
     <w:rsid w:val="001769E6"/>
     <w:rsid w:val="00176A2F"/>
     <w:rsid w:val="00176EE9"/>
     <w:rsid w:val="0017720F"/>
     <w:rsid w:val="00177F94"/>
     <w:rsid w:val="001808BD"/>
     <w:rsid w:val="00180AA3"/>
     <w:rsid w:val="00181584"/>
     <w:rsid w:val="00181BA9"/>
     <w:rsid w:val="001825EB"/>
     <w:rsid w:val="00182B4A"/>
     <w:rsid w:val="001835D7"/>
     <w:rsid w:val="001840A8"/>
     <w:rsid w:val="001848BA"/>
     <w:rsid w:val="00184B15"/>
     <w:rsid w:val="00186785"/>
     <w:rsid w:val="00186BC0"/>
     <w:rsid w:val="00187C96"/>
     <w:rsid w:val="0019060E"/>
     <w:rsid w:val="00190ADE"/>
     <w:rsid w:val="00190B33"/>
     <w:rsid w:val="001928CF"/>
     <w:rsid w:val="0019315B"/>
-    <w:rsid w:val="00194BF9"/>
     <w:rsid w:val="00194E57"/>
     <w:rsid w:val="001952D4"/>
     <w:rsid w:val="001953B1"/>
     <w:rsid w:val="00196675"/>
     <w:rsid w:val="00197054"/>
     <w:rsid w:val="001A0923"/>
     <w:rsid w:val="001A0FA1"/>
     <w:rsid w:val="001A1D6F"/>
     <w:rsid w:val="001A212D"/>
     <w:rsid w:val="001A2B09"/>
     <w:rsid w:val="001A30C0"/>
     <w:rsid w:val="001A3C3E"/>
     <w:rsid w:val="001A49F7"/>
     <w:rsid w:val="001A5078"/>
     <w:rsid w:val="001A507F"/>
     <w:rsid w:val="001A6BCD"/>
-    <w:rsid w:val="001A75DC"/>
     <w:rsid w:val="001A7791"/>
     <w:rsid w:val="001A77BF"/>
     <w:rsid w:val="001A7D74"/>
     <w:rsid w:val="001A7F9E"/>
     <w:rsid w:val="001B0223"/>
     <w:rsid w:val="001B078B"/>
     <w:rsid w:val="001B0DFF"/>
     <w:rsid w:val="001B0F9F"/>
     <w:rsid w:val="001B1239"/>
     <w:rsid w:val="001B1243"/>
     <w:rsid w:val="001B356A"/>
     <w:rsid w:val="001B3AE9"/>
     <w:rsid w:val="001B40AD"/>
     <w:rsid w:val="001B4D3C"/>
     <w:rsid w:val="001B5380"/>
     <w:rsid w:val="001B6167"/>
     <w:rsid w:val="001B65FA"/>
     <w:rsid w:val="001B6A14"/>
     <w:rsid w:val="001B70F1"/>
     <w:rsid w:val="001B7890"/>
     <w:rsid w:val="001B78D5"/>
     <w:rsid w:val="001B7BC7"/>
     <w:rsid w:val="001C0308"/>
     <w:rsid w:val="001C075C"/>
     <w:rsid w:val="001C0804"/>
     <w:rsid w:val="001C0B6B"/>
     <w:rsid w:val="001C0F59"/>
     <w:rsid w:val="001C1A68"/>
     <w:rsid w:val="001C1F94"/>
     <w:rsid w:val="001C2981"/>
     <w:rsid w:val="001C34C3"/>
     <w:rsid w:val="001C41E1"/>
     <w:rsid w:val="001C43A4"/>
     <w:rsid w:val="001C4E3B"/>
     <w:rsid w:val="001C4EF7"/>
     <w:rsid w:val="001C500F"/>
     <w:rsid w:val="001C53F6"/>
     <w:rsid w:val="001C5555"/>
     <w:rsid w:val="001C586A"/>
     <w:rsid w:val="001C60D8"/>
     <w:rsid w:val="001C61E6"/>
     <w:rsid w:val="001C6B1C"/>
+    <w:rsid w:val="001C78CB"/>
     <w:rsid w:val="001C7DBB"/>
     <w:rsid w:val="001D0FBA"/>
     <w:rsid w:val="001D1438"/>
     <w:rsid w:val="001D1481"/>
     <w:rsid w:val="001D1DC5"/>
     <w:rsid w:val="001D2AB6"/>
     <w:rsid w:val="001D2D8B"/>
     <w:rsid w:val="001D3913"/>
     <w:rsid w:val="001D3D7D"/>
     <w:rsid w:val="001D40AA"/>
     <w:rsid w:val="001D51E9"/>
     <w:rsid w:val="001D593D"/>
     <w:rsid w:val="001D611F"/>
     <w:rsid w:val="001D6DBC"/>
     <w:rsid w:val="001E021D"/>
     <w:rsid w:val="001E16BC"/>
     <w:rsid w:val="001E171E"/>
     <w:rsid w:val="001E1C35"/>
     <w:rsid w:val="001E1C50"/>
     <w:rsid w:val="001E2DDD"/>
     <w:rsid w:val="001E3BDA"/>
     <w:rsid w:val="001E4229"/>
     <w:rsid w:val="001E47BB"/>
     <w:rsid w:val="001E4FD4"/>
     <w:rsid w:val="001E5278"/>
@@ -31114,176 +35303,171 @@
     <w:rsid w:val="00225D9B"/>
     <w:rsid w:val="00226482"/>
     <w:rsid w:val="0022663E"/>
     <w:rsid w:val="002269DC"/>
     <w:rsid w:val="00226B24"/>
     <w:rsid w:val="002270D2"/>
     <w:rsid w:val="0023096A"/>
     <w:rsid w:val="00230E7A"/>
     <w:rsid w:val="00230F8B"/>
     <w:rsid w:val="002310D0"/>
     <w:rsid w:val="0023142B"/>
     <w:rsid w:val="00231D92"/>
     <w:rsid w:val="002320C8"/>
     <w:rsid w:val="0023293C"/>
     <w:rsid w:val="00233F11"/>
     <w:rsid w:val="00234033"/>
     <w:rsid w:val="00234539"/>
     <w:rsid w:val="002359F2"/>
     <w:rsid w:val="00235EC6"/>
     <w:rsid w:val="002364C8"/>
     <w:rsid w:val="00237D94"/>
     <w:rsid w:val="00237DD3"/>
     <w:rsid w:val="00237F50"/>
     <w:rsid w:val="00240B46"/>
     <w:rsid w:val="00240E93"/>
-    <w:rsid w:val="0024145B"/>
     <w:rsid w:val="002416C5"/>
     <w:rsid w:val="002433D6"/>
     <w:rsid w:val="002434B5"/>
     <w:rsid w:val="00243886"/>
     <w:rsid w:val="00243980"/>
     <w:rsid w:val="002453DA"/>
     <w:rsid w:val="00245DCC"/>
     <w:rsid w:val="0024651D"/>
     <w:rsid w:val="00246735"/>
     <w:rsid w:val="00246CB4"/>
     <w:rsid w:val="0025044A"/>
     <w:rsid w:val="00250955"/>
     <w:rsid w:val="00250E5F"/>
     <w:rsid w:val="0025243A"/>
     <w:rsid w:val="00252EA0"/>
     <w:rsid w:val="00253968"/>
     <w:rsid w:val="0025400E"/>
     <w:rsid w:val="0025477B"/>
     <w:rsid w:val="002549DB"/>
     <w:rsid w:val="00254B9F"/>
     <w:rsid w:val="002563DA"/>
     <w:rsid w:val="0025697C"/>
     <w:rsid w:val="00256AB1"/>
     <w:rsid w:val="00256ECE"/>
     <w:rsid w:val="0025720E"/>
     <w:rsid w:val="0025727F"/>
     <w:rsid w:val="00257EE7"/>
     <w:rsid w:val="00257F10"/>
     <w:rsid w:val="00261547"/>
     <w:rsid w:val="00261620"/>
     <w:rsid w:val="002625CE"/>
     <w:rsid w:val="002626C1"/>
     <w:rsid w:val="0026272A"/>
     <w:rsid w:val="00262A03"/>
     <w:rsid w:val="002630F4"/>
     <w:rsid w:val="00263757"/>
     <w:rsid w:val="002637F3"/>
     <w:rsid w:val="00263F06"/>
     <w:rsid w:val="00264F51"/>
-    <w:rsid w:val="00265B69"/>
     <w:rsid w:val="00265DC0"/>
     <w:rsid w:val="00265E33"/>
     <w:rsid w:val="002663F0"/>
     <w:rsid w:val="0026641B"/>
     <w:rsid w:val="00266794"/>
     <w:rsid w:val="00267AA5"/>
     <w:rsid w:val="00270E41"/>
     <w:rsid w:val="00272AC1"/>
     <w:rsid w:val="00272CEA"/>
     <w:rsid w:val="00273F41"/>
     <w:rsid w:val="00273F4B"/>
     <w:rsid w:val="002742F1"/>
     <w:rsid w:val="0027507A"/>
     <w:rsid w:val="0027539B"/>
-    <w:rsid w:val="00275A8D"/>
     <w:rsid w:val="002762B9"/>
     <w:rsid w:val="002764FB"/>
     <w:rsid w:val="00276FAA"/>
     <w:rsid w:val="002779A3"/>
     <w:rsid w:val="00277B23"/>
     <w:rsid w:val="0028019D"/>
     <w:rsid w:val="002801AE"/>
     <w:rsid w:val="002806C1"/>
     <w:rsid w:val="00281791"/>
     <w:rsid w:val="002824CE"/>
     <w:rsid w:val="002833CD"/>
     <w:rsid w:val="00284623"/>
     <w:rsid w:val="00284B03"/>
     <w:rsid w:val="00285171"/>
     <w:rsid w:val="002855B5"/>
     <w:rsid w:val="00285909"/>
     <w:rsid w:val="00285E79"/>
     <w:rsid w:val="00285F2B"/>
-    <w:rsid w:val="00285F4E"/>
     <w:rsid w:val="002862B6"/>
     <w:rsid w:val="00286358"/>
     <w:rsid w:val="00286B2B"/>
     <w:rsid w:val="00286DC2"/>
     <w:rsid w:val="0028720C"/>
     <w:rsid w:val="0028728C"/>
     <w:rsid w:val="00287AE2"/>
     <w:rsid w:val="00287BCE"/>
     <w:rsid w:val="002900C3"/>
     <w:rsid w:val="00290238"/>
     <w:rsid w:val="0029173E"/>
     <w:rsid w:val="00292021"/>
     <w:rsid w:val="002929AC"/>
     <w:rsid w:val="00292C8B"/>
     <w:rsid w:val="00292DB3"/>
     <w:rsid w:val="00293F48"/>
     <w:rsid w:val="0029415A"/>
     <w:rsid w:val="00294F44"/>
     <w:rsid w:val="00295933"/>
     <w:rsid w:val="00295CD8"/>
     <w:rsid w:val="00296469"/>
     <w:rsid w:val="00296687"/>
     <w:rsid w:val="002979AF"/>
     <w:rsid w:val="002A01CE"/>
     <w:rsid w:val="002A0418"/>
     <w:rsid w:val="002A0A86"/>
     <w:rsid w:val="002A0AFA"/>
     <w:rsid w:val="002A0B78"/>
     <w:rsid w:val="002A0D2B"/>
     <w:rsid w:val="002A1A9E"/>
     <w:rsid w:val="002A2CB5"/>
     <w:rsid w:val="002A313F"/>
     <w:rsid w:val="002A371C"/>
     <w:rsid w:val="002A37F5"/>
     <w:rsid w:val="002A3A60"/>
     <w:rsid w:val="002A41A0"/>
     <w:rsid w:val="002A53ED"/>
     <w:rsid w:val="002A564D"/>
     <w:rsid w:val="002A5839"/>
     <w:rsid w:val="002A5F7C"/>
     <w:rsid w:val="002A613C"/>
     <w:rsid w:val="002A6E87"/>
-    <w:rsid w:val="002A70AD"/>
     <w:rsid w:val="002A798C"/>
     <w:rsid w:val="002A7AB0"/>
     <w:rsid w:val="002B01AC"/>
     <w:rsid w:val="002B033D"/>
     <w:rsid w:val="002B0B0C"/>
     <w:rsid w:val="002B2B1A"/>
+    <w:rsid w:val="002B346A"/>
     <w:rsid w:val="002B51AB"/>
-    <w:rsid w:val="002B5267"/>
     <w:rsid w:val="002B5C35"/>
     <w:rsid w:val="002B5E9F"/>
     <w:rsid w:val="002B694B"/>
     <w:rsid w:val="002B6CAB"/>
     <w:rsid w:val="002B6F8E"/>
     <w:rsid w:val="002C05B3"/>
     <w:rsid w:val="002C136D"/>
     <w:rsid w:val="002C239A"/>
     <w:rsid w:val="002C2AF9"/>
     <w:rsid w:val="002C2D34"/>
     <w:rsid w:val="002C351C"/>
     <w:rsid w:val="002C356E"/>
     <w:rsid w:val="002C3699"/>
     <w:rsid w:val="002C37B9"/>
     <w:rsid w:val="002C496E"/>
     <w:rsid w:val="002C4C76"/>
     <w:rsid w:val="002C50D1"/>
     <w:rsid w:val="002C52F7"/>
     <w:rsid w:val="002C5ECF"/>
     <w:rsid w:val="002C6B33"/>
     <w:rsid w:val="002C769A"/>
     <w:rsid w:val="002C7F6B"/>
     <w:rsid w:val="002D0A17"/>
     <w:rsid w:val="002D14EA"/>
     <w:rsid w:val="002D2322"/>
@@ -31294,107 +35478,103 @@
     <w:rsid w:val="002D4ABE"/>
     <w:rsid w:val="002D4B44"/>
     <w:rsid w:val="002D4D49"/>
     <w:rsid w:val="002D549A"/>
     <w:rsid w:val="002D5A62"/>
     <w:rsid w:val="002D697E"/>
     <w:rsid w:val="002D7368"/>
     <w:rsid w:val="002E04B0"/>
     <w:rsid w:val="002E0B89"/>
     <w:rsid w:val="002E2FB8"/>
     <w:rsid w:val="002E3384"/>
     <w:rsid w:val="002E345C"/>
     <w:rsid w:val="002E3927"/>
     <w:rsid w:val="002E4953"/>
     <w:rsid w:val="002E5798"/>
     <w:rsid w:val="002E62AE"/>
     <w:rsid w:val="002E6630"/>
     <w:rsid w:val="002E7186"/>
     <w:rsid w:val="002E74B7"/>
     <w:rsid w:val="002F0991"/>
     <w:rsid w:val="002F0C70"/>
     <w:rsid w:val="002F0D6A"/>
     <w:rsid w:val="002F0E10"/>
     <w:rsid w:val="002F1244"/>
     <w:rsid w:val="002F2B55"/>
-    <w:rsid w:val="002F3BC8"/>
     <w:rsid w:val="002F3F2C"/>
     <w:rsid w:val="002F57AF"/>
     <w:rsid w:val="002F5CD7"/>
     <w:rsid w:val="002F5EFC"/>
     <w:rsid w:val="002F627C"/>
-    <w:rsid w:val="002F666E"/>
     <w:rsid w:val="002F7017"/>
     <w:rsid w:val="002F7CBE"/>
     <w:rsid w:val="002F7CCE"/>
     <w:rsid w:val="0030048D"/>
     <w:rsid w:val="00300616"/>
     <w:rsid w:val="00300763"/>
     <w:rsid w:val="00301B31"/>
     <w:rsid w:val="00301FCF"/>
-    <w:rsid w:val="00302AC3"/>
     <w:rsid w:val="00302ACC"/>
     <w:rsid w:val="00303807"/>
     <w:rsid w:val="0030385F"/>
     <w:rsid w:val="00304A01"/>
     <w:rsid w:val="00304BD6"/>
     <w:rsid w:val="0030511A"/>
     <w:rsid w:val="003054BF"/>
     <w:rsid w:val="00305752"/>
     <w:rsid w:val="00305B54"/>
     <w:rsid w:val="00305CA0"/>
     <w:rsid w:val="003061E1"/>
     <w:rsid w:val="00306333"/>
     <w:rsid w:val="0030753A"/>
     <w:rsid w:val="003078C1"/>
     <w:rsid w:val="00307D90"/>
     <w:rsid w:val="003112AC"/>
     <w:rsid w:val="00312A35"/>
     <w:rsid w:val="0031341D"/>
     <w:rsid w:val="00313D71"/>
     <w:rsid w:val="00313F01"/>
     <w:rsid w:val="00314418"/>
     <w:rsid w:val="00314D12"/>
     <w:rsid w:val="003155DD"/>
     <w:rsid w:val="00316BCF"/>
     <w:rsid w:val="0031712B"/>
     <w:rsid w:val="00317C4F"/>
     <w:rsid w:val="0032036A"/>
     <w:rsid w:val="0032070D"/>
     <w:rsid w:val="00320A39"/>
     <w:rsid w:val="00320FAE"/>
     <w:rsid w:val="003221C9"/>
     <w:rsid w:val="0032251E"/>
     <w:rsid w:val="0032358E"/>
     <w:rsid w:val="003237D4"/>
     <w:rsid w:val="00323FCC"/>
     <w:rsid w:val="00324302"/>
     <w:rsid w:val="003244D9"/>
     <w:rsid w:val="0032543A"/>
     <w:rsid w:val="003259D0"/>
     <w:rsid w:val="003268FB"/>
-    <w:rsid w:val="00326E4B"/>
     <w:rsid w:val="00326EF3"/>
     <w:rsid w:val="00327590"/>
     <w:rsid w:val="003304DF"/>
     <w:rsid w:val="00330AAB"/>
     <w:rsid w:val="00330B90"/>
     <w:rsid w:val="00330E19"/>
     <w:rsid w:val="00331763"/>
     <w:rsid w:val="00331958"/>
     <w:rsid w:val="00331D84"/>
     <w:rsid w:val="003361C0"/>
     <w:rsid w:val="003364A4"/>
     <w:rsid w:val="003368C5"/>
     <w:rsid w:val="00337357"/>
     <w:rsid w:val="003373C4"/>
     <w:rsid w:val="003401A8"/>
     <w:rsid w:val="00340364"/>
     <w:rsid w:val="003409A7"/>
     <w:rsid w:val="00340E6B"/>
     <w:rsid w:val="00341331"/>
     <w:rsid w:val="00343BE8"/>
     <w:rsid w:val="00343C36"/>
     <w:rsid w:val="0034577C"/>
     <w:rsid w:val="003459DC"/>
     <w:rsid w:val="00346367"/>
     <w:rsid w:val="0034648F"/>
@@ -31543,51 +35723,50 @@
     <w:rsid w:val="003D7A7A"/>
     <w:rsid w:val="003E010D"/>
     <w:rsid w:val="003E108D"/>
     <w:rsid w:val="003E1770"/>
     <w:rsid w:val="003E210B"/>
     <w:rsid w:val="003E254E"/>
     <w:rsid w:val="003E261F"/>
     <w:rsid w:val="003E2BFB"/>
     <w:rsid w:val="003E32CE"/>
     <w:rsid w:val="003E3EB8"/>
     <w:rsid w:val="003E4471"/>
     <w:rsid w:val="003E4BCA"/>
     <w:rsid w:val="003E549E"/>
     <w:rsid w:val="003E5978"/>
     <w:rsid w:val="003E6951"/>
     <w:rsid w:val="003E6C5A"/>
     <w:rsid w:val="003E6F76"/>
     <w:rsid w:val="003E71E6"/>
     <w:rsid w:val="003E7CFD"/>
     <w:rsid w:val="003F1E75"/>
     <w:rsid w:val="003F28F0"/>
     <w:rsid w:val="003F2967"/>
     <w:rsid w:val="003F2C5A"/>
     <w:rsid w:val="003F3004"/>
     <w:rsid w:val="003F35ED"/>
-    <w:rsid w:val="003F4633"/>
     <w:rsid w:val="003F49AB"/>
     <w:rsid w:val="003F50E3"/>
     <w:rsid w:val="003F5D27"/>
     <w:rsid w:val="003F67C8"/>
     <w:rsid w:val="003F7332"/>
     <w:rsid w:val="003F7C4A"/>
     <w:rsid w:val="003F7C63"/>
     <w:rsid w:val="003F7E4D"/>
     <w:rsid w:val="00400196"/>
     <w:rsid w:val="004005D2"/>
     <w:rsid w:val="00400A36"/>
     <w:rsid w:val="00401676"/>
     <w:rsid w:val="00401C5A"/>
     <w:rsid w:val="00402866"/>
     <w:rsid w:val="004029BA"/>
     <w:rsid w:val="00402ADF"/>
     <w:rsid w:val="00403167"/>
     <w:rsid w:val="0040366D"/>
     <w:rsid w:val="00403715"/>
     <w:rsid w:val="00403815"/>
     <w:rsid w:val="00403DF3"/>
     <w:rsid w:val="00405F4E"/>
     <w:rsid w:val="004069C2"/>
     <w:rsid w:val="00406FD2"/>
     <w:rsid w:val="0040706F"/>
@@ -31940,315 +36119,302 @@
     <w:rsid w:val="005657E5"/>
     <w:rsid w:val="005673BE"/>
     <w:rsid w:val="005678EB"/>
     <w:rsid w:val="00567FD7"/>
     <w:rsid w:val="005706CC"/>
     <w:rsid w:val="005708ED"/>
     <w:rsid w:val="00570DB2"/>
     <w:rsid w:val="005719AC"/>
     <w:rsid w:val="00572D9F"/>
     <w:rsid w:val="005734BE"/>
     <w:rsid w:val="00573738"/>
     <w:rsid w:val="00573CF7"/>
     <w:rsid w:val="00573F53"/>
     <w:rsid w:val="00574288"/>
     <w:rsid w:val="005744A8"/>
     <w:rsid w:val="00574D0B"/>
     <w:rsid w:val="00575F91"/>
     <w:rsid w:val="00576425"/>
     <w:rsid w:val="00576687"/>
     <w:rsid w:val="005766FC"/>
     <w:rsid w:val="005768FF"/>
     <w:rsid w:val="00576F77"/>
     <w:rsid w:val="00577D90"/>
     <w:rsid w:val="005811CE"/>
     <w:rsid w:val="00581D3A"/>
-    <w:rsid w:val="00581D91"/>
-    <w:rsid w:val="00582762"/>
     <w:rsid w:val="0058281E"/>
     <w:rsid w:val="00582AD5"/>
     <w:rsid w:val="00583A8A"/>
     <w:rsid w:val="005842DC"/>
     <w:rsid w:val="005845CD"/>
     <w:rsid w:val="0058571A"/>
     <w:rsid w:val="0058643B"/>
     <w:rsid w:val="005875AA"/>
     <w:rsid w:val="00587646"/>
     <w:rsid w:val="00587850"/>
     <w:rsid w:val="00590ED7"/>
     <w:rsid w:val="00590FE2"/>
     <w:rsid w:val="005914CB"/>
     <w:rsid w:val="00592AFB"/>
     <w:rsid w:val="00592DCE"/>
     <w:rsid w:val="0059305E"/>
     <w:rsid w:val="00593170"/>
     <w:rsid w:val="00593375"/>
     <w:rsid w:val="005948E8"/>
     <w:rsid w:val="00594A8B"/>
     <w:rsid w:val="00594B18"/>
     <w:rsid w:val="00594B9D"/>
     <w:rsid w:val="00595D0C"/>
     <w:rsid w:val="00596FED"/>
     <w:rsid w:val="00597918"/>
     <w:rsid w:val="005A0C37"/>
     <w:rsid w:val="005A0CB9"/>
     <w:rsid w:val="005A2D57"/>
     <w:rsid w:val="005A3AF4"/>
     <w:rsid w:val="005A4857"/>
     <w:rsid w:val="005A4F0B"/>
     <w:rsid w:val="005A509D"/>
     <w:rsid w:val="005A569F"/>
     <w:rsid w:val="005A6633"/>
     <w:rsid w:val="005A6915"/>
     <w:rsid w:val="005A69E6"/>
     <w:rsid w:val="005A70F3"/>
     <w:rsid w:val="005A7A7E"/>
     <w:rsid w:val="005A7B22"/>
     <w:rsid w:val="005B0DC8"/>
     <w:rsid w:val="005B1D1A"/>
     <w:rsid w:val="005B1FE9"/>
     <w:rsid w:val="005B2166"/>
     <w:rsid w:val="005B2354"/>
     <w:rsid w:val="005B2947"/>
     <w:rsid w:val="005B2AE4"/>
     <w:rsid w:val="005B3001"/>
     <w:rsid w:val="005B31CE"/>
     <w:rsid w:val="005B33E3"/>
     <w:rsid w:val="005B3E02"/>
-    <w:rsid w:val="005B3ECC"/>
     <w:rsid w:val="005B40FA"/>
     <w:rsid w:val="005B4189"/>
     <w:rsid w:val="005B5016"/>
     <w:rsid w:val="005B58A7"/>
     <w:rsid w:val="005B5952"/>
     <w:rsid w:val="005B5A30"/>
     <w:rsid w:val="005B6EAD"/>
     <w:rsid w:val="005B72B4"/>
     <w:rsid w:val="005B7739"/>
     <w:rsid w:val="005C050B"/>
     <w:rsid w:val="005C0E9C"/>
     <w:rsid w:val="005C0F66"/>
     <w:rsid w:val="005C1363"/>
     <w:rsid w:val="005C1A8C"/>
     <w:rsid w:val="005C1E19"/>
     <w:rsid w:val="005C2343"/>
     <w:rsid w:val="005C2696"/>
     <w:rsid w:val="005C2F72"/>
     <w:rsid w:val="005C3526"/>
     <w:rsid w:val="005C36B1"/>
     <w:rsid w:val="005C3E59"/>
     <w:rsid w:val="005C4666"/>
     <w:rsid w:val="005C4A03"/>
     <w:rsid w:val="005C5671"/>
     <w:rsid w:val="005C5923"/>
     <w:rsid w:val="005C5F27"/>
     <w:rsid w:val="005C6D66"/>
     <w:rsid w:val="005C73A8"/>
     <w:rsid w:val="005C7982"/>
-    <w:rsid w:val="005D0E21"/>
     <w:rsid w:val="005D1881"/>
     <w:rsid w:val="005D1BF5"/>
     <w:rsid w:val="005D220C"/>
     <w:rsid w:val="005D2217"/>
     <w:rsid w:val="005D2529"/>
     <w:rsid w:val="005D2A5B"/>
     <w:rsid w:val="005D3C9F"/>
     <w:rsid w:val="005D4240"/>
     <w:rsid w:val="005D53DE"/>
     <w:rsid w:val="005D560C"/>
     <w:rsid w:val="005D594F"/>
     <w:rsid w:val="005D5E50"/>
     <w:rsid w:val="005D6306"/>
     <w:rsid w:val="005D64BE"/>
     <w:rsid w:val="005D6777"/>
     <w:rsid w:val="005D7852"/>
     <w:rsid w:val="005E03B3"/>
     <w:rsid w:val="005E1549"/>
     <w:rsid w:val="005E1680"/>
     <w:rsid w:val="005E1C95"/>
     <w:rsid w:val="005E2592"/>
     <w:rsid w:val="005E32CA"/>
     <w:rsid w:val="005E3BB6"/>
     <w:rsid w:val="005E3F8C"/>
-    <w:rsid w:val="005E4ED4"/>
     <w:rsid w:val="005E4F36"/>
     <w:rsid w:val="005E5A21"/>
     <w:rsid w:val="005E64C1"/>
     <w:rsid w:val="005E6519"/>
     <w:rsid w:val="005E79DF"/>
     <w:rsid w:val="005F0012"/>
     <w:rsid w:val="005F1162"/>
     <w:rsid w:val="005F20E7"/>
     <w:rsid w:val="005F2497"/>
     <w:rsid w:val="005F280A"/>
     <w:rsid w:val="005F2C57"/>
     <w:rsid w:val="005F353F"/>
     <w:rsid w:val="005F5615"/>
     <w:rsid w:val="005F5CAD"/>
     <w:rsid w:val="005F6906"/>
     <w:rsid w:val="005F6E61"/>
     <w:rsid w:val="005F71C1"/>
     <w:rsid w:val="005F77A7"/>
     <w:rsid w:val="00600900"/>
     <w:rsid w:val="00600E21"/>
     <w:rsid w:val="006012F7"/>
     <w:rsid w:val="00602072"/>
     <w:rsid w:val="006024A1"/>
     <w:rsid w:val="006024A7"/>
     <w:rsid w:val="00602B02"/>
     <w:rsid w:val="006047F9"/>
     <w:rsid w:val="00604B97"/>
-    <w:rsid w:val="00605161"/>
     <w:rsid w:val="006052B9"/>
     <w:rsid w:val="006062C7"/>
     <w:rsid w:val="006068BE"/>
     <w:rsid w:val="0060742F"/>
     <w:rsid w:val="00607E59"/>
     <w:rsid w:val="006104F8"/>
     <w:rsid w:val="00610705"/>
     <w:rsid w:val="00611153"/>
     <w:rsid w:val="006116C2"/>
     <w:rsid w:val="00611F86"/>
-    <w:rsid w:val="0061263D"/>
-    <w:rsid w:val="006145B6"/>
     <w:rsid w:val="006145D9"/>
     <w:rsid w:val="00614BD6"/>
-    <w:rsid w:val="00614C06"/>
     <w:rsid w:val="00614F7E"/>
     <w:rsid w:val="00615D89"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="006179B7"/>
     <w:rsid w:val="00617A8B"/>
     <w:rsid w:val="00617F64"/>
-    <w:rsid w:val="0062022D"/>
     <w:rsid w:val="006207B3"/>
     <w:rsid w:val="006208EF"/>
-    <w:rsid w:val="00621632"/>
     <w:rsid w:val="00621C83"/>
     <w:rsid w:val="00621E4D"/>
     <w:rsid w:val="00622566"/>
     <w:rsid w:val="006238EE"/>
     <w:rsid w:val="00624094"/>
+    <w:rsid w:val="00624FB0"/>
     <w:rsid w:val="00625CB7"/>
     <w:rsid w:val="00625DC9"/>
     <w:rsid w:val="00630ABF"/>
     <w:rsid w:val="00630BB0"/>
     <w:rsid w:val="006311DF"/>
     <w:rsid w:val="006336F7"/>
     <w:rsid w:val="00633ABF"/>
     <w:rsid w:val="00633CC5"/>
     <w:rsid w:val="00634200"/>
     <w:rsid w:val="00635615"/>
     <w:rsid w:val="0063588D"/>
     <w:rsid w:val="0063617A"/>
     <w:rsid w:val="00636FF5"/>
     <w:rsid w:val="00637053"/>
     <w:rsid w:val="00637637"/>
     <w:rsid w:val="006379E9"/>
     <w:rsid w:val="00640891"/>
     <w:rsid w:val="0064090C"/>
     <w:rsid w:val="00641271"/>
     <w:rsid w:val="0064179E"/>
     <w:rsid w:val="006418C6"/>
     <w:rsid w:val="006419AB"/>
     <w:rsid w:val="00641F69"/>
     <w:rsid w:val="00643683"/>
     <w:rsid w:val="006449A6"/>
     <w:rsid w:val="00644B24"/>
     <w:rsid w:val="0064635B"/>
     <w:rsid w:val="006468A4"/>
     <w:rsid w:val="00646DEC"/>
     <w:rsid w:val="00646E13"/>
     <w:rsid w:val="006471F0"/>
     <w:rsid w:val="00647E35"/>
     <w:rsid w:val="006504FD"/>
     <w:rsid w:val="00650AB5"/>
     <w:rsid w:val="00650DD5"/>
     <w:rsid w:val="006528FD"/>
     <w:rsid w:val="00653459"/>
     <w:rsid w:val="00653630"/>
     <w:rsid w:val="006540C7"/>
     <w:rsid w:val="006552D2"/>
     <w:rsid w:val="00656555"/>
-    <w:rsid w:val="006568B9"/>
     <w:rsid w:val="0065758B"/>
     <w:rsid w:val="0066001C"/>
     <w:rsid w:val="00660B72"/>
     <w:rsid w:val="00660D59"/>
     <w:rsid w:val="00660D85"/>
     <w:rsid w:val="0066182D"/>
     <w:rsid w:val="00661B8C"/>
     <w:rsid w:val="00661DD0"/>
     <w:rsid w:val="00662568"/>
     <w:rsid w:val="006627DE"/>
     <w:rsid w:val="006633E1"/>
     <w:rsid w:val="006644A5"/>
     <w:rsid w:val="00665CB4"/>
     <w:rsid w:val="00665F7F"/>
     <w:rsid w:val="00665FC1"/>
     <w:rsid w:val="00666105"/>
     <w:rsid w:val="00666842"/>
     <w:rsid w:val="00666915"/>
     <w:rsid w:val="00666D1A"/>
     <w:rsid w:val="0066711E"/>
     <w:rsid w:val="0067005C"/>
     <w:rsid w:val="00670168"/>
     <w:rsid w:val="006705FF"/>
     <w:rsid w:val="00670801"/>
     <w:rsid w:val="00670C80"/>
     <w:rsid w:val="00670DD6"/>
     <w:rsid w:val="00671D86"/>
     <w:rsid w:val="00671E03"/>
     <w:rsid w:val="00672348"/>
     <w:rsid w:val="00672C9F"/>
     <w:rsid w:val="006735A1"/>
     <w:rsid w:val="006738C3"/>
     <w:rsid w:val="00673A1C"/>
-    <w:rsid w:val="00673B3C"/>
     <w:rsid w:val="0067431A"/>
     <w:rsid w:val="00675054"/>
     <w:rsid w:val="00675E55"/>
     <w:rsid w:val="006765E2"/>
     <w:rsid w:val="00676B61"/>
     <w:rsid w:val="00676E3D"/>
     <w:rsid w:val="006770CA"/>
     <w:rsid w:val="0067715C"/>
     <w:rsid w:val="00677921"/>
     <w:rsid w:val="00677F23"/>
     <w:rsid w:val="00680B06"/>
     <w:rsid w:val="0068181B"/>
     <w:rsid w:val="006820DD"/>
     <w:rsid w:val="006826EB"/>
     <w:rsid w:val="00683B64"/>
     <w:rsid w:val="00683C98"/>
     <w:rsid w:val="006841EC"/>
     <w:rsid w:val="00684F19"/>
     <w:rsid w:val="00685429"/>
     <w:rsid w:val="00685A7B"/>
     <w:rsid w:val="00686CCB"/>
     <w:rsid w:val="00686D06"/>
-    <w:rsid w:val="00687033"/>
     <w:rsid w:val="00687294"/>
     <w:rsid w:val="00687317"/>
     <w:rsid w:val="00687513"/>
     <w:rsid w:val="00690064"/>
     <w:rsid w:val="00691278"/>
     <w:rsid w:val="0069168A"/>
     <w:rsid w:val="00691753"/>
     <w:rsid w:val="00691842"/>
     <w:rsid w:val="00692250"/>
     <w:rsid w:val="006926AD"/>
     <w:rsid w:val="00692BD9"/>
     <w:rsid w:val="00692FEA"/>
     <w:rsid w:val="0069329E"/>
     <w:rsid w:val="006933B2"/>
     <w:rsid w:val="00693C44"/>
     <w:rsid w:val="0069587C"/>
     <w:rsid w:val="00695999"/>
     <w:rsid w:val="00695D85"/>
     <w:rsid w:val="0069757D"/>
     <w:rsid w:val="00697C2E"/>
     <w:rsid w:val="006A143C"/>
     <w:rsid w:val="006A1F93"/>
     <w:rsid w:val="006A2081"/>
     <w:rsid w:val="006A23F6"/>
     <w:rsid w:val="006A2572"/>
@@ -32258,80 +36424,78 @@
     <w:rsid w:val="006A4180"/>
     <w:rsid w:val="006A454F"/>
     <w:rsid w:val="006A472D"/>
     <w:rsid w:val="006A4BF2"/>
     <w:rsid w:val="006A54E9"/>
     <w:rsid w:val="006A57DE"/>
     <w:rsid w:val="006A6348"/>
     <w:rsid w:val="006A669B"/>
     <w:rsid w:val="006A6F1A"/>
     <w:rsid w:val="006A6F21"/>
     <w:rsid w:val="006B08AD"/>
     <w:rsid w:val="006B22AB"/>
     <w:rsid w:val="006B26C5"/>
     <w:rsid w:val="006B30BD"/>
     <w:rsid w:val="006B3400"/>
     <w:rsid w:val="006B35F9"/>
     <w:rsid w:val="006B4289"/>
     <w:rsid w:val="006B4857"/>
     <w:rsid w:val="006B4CCC"/>
     <w:rsid w:val="006B53A3"/>
     <w:rsid w:val="006B5E90"/>
     <w:rsid w:val="006B60F1"/>
     <w:rsid w:val="006B6309"/>
     <w:rsid w:val="006B69A9"/>
     <w:rsid w:val="006B6E0D"/>
-    <w:rsid w:val="006B79ED"/>
     <w:rsid w:val="006C012B"/>
     <w:rsid w:val="006C05E3"/>
     <w:rsid w:val="006C115D"/>
     <w:rsid w:val="006C2316"/>
     <w:rsid w:val="006C2901"/>
     <w:rsid w:val="006C309A"/>
     <w:rsid w:val="006C30C0"/>
     <w:rsid w:val="006C331D"/>
     <w:rsid w:val="006C3723"/>
     <w:rsid w:val="006C6429"/>
     <w:rsid w:val="006C658E"/>
     <w:rsid w:val="006C7DD5"/>
     <w:rsid w:val="006D0288"/>
     <w:rsid w:val="006D079D"/>
     <w:rsid w:val="006D0E5E"/>
     <w:rsid w:val="006D0F2A"/>
     <w:rsid w:val="006D214E"/>
     <w:rsid w:val="006D21CC"/>
     <w:rsid w:val="006D2CE9"/>
     <w:rsid w:val="006D2EDB"/>
     <w:rsid w:val="006D32F7"/>
     <w:rsid w:val="006D3A6F"/>
     <w:rsid w:val="006D41E4"/>
     <w:rsid w:val="006D4D69"/>
     <w:rsid w:val="006D5647"/>
     <w:rsid w:val="006D5723"/>
     <w:rsid w:val="006D5CAC"/>
     <w:rsid w:val="006D61DA"/>
-    <w:rsid w:val="006D69B7"/>
     <w:rsid w:val="006D7E36"/>
     <w:rsid w:val="006E10FF"/>
     <w:rsid w:val="006E1376"/>
     <w:rsid w:val="006E1820"/>
     <w:rsid w:val="006E189D"/>
     <w:rsid w:val="006E2743"/>
     <w:rsid w:val="006E280D"/>
     <w:rsid w:val="006E3D1C"/>
     <w:rsid w:val="006E478B"/>
     <w:rsid w:val="006E4CFD"/>
     <w:rsid w:val="006E4EC4"/>
     <w:rsid w:val="006E4F89"/>
     <w:rsid w:val="006E5087"/>
     <w:rsid w:val="006E5244"/>
     <w:rsid w:val="006E580D"/>
     <w:rsid w:val="006E689B"/>
     <w:rsid w:val="006E69D7"/>
     <w:rsid w:val="006E6C14"/>
     <w:rsid w:val="006E6C6F"/>
     <w:rsid w:val="006E6CE0"/>
     <w:rsid w:val="006E767F"/>
     <w:rsid w:val="006E7FBF"/>
     <w:rsid w:val="006F07F8"/>
     <w:rsid w:val="006F0E19"/>
     <w:rsid w:val="006F0F03"/>
@@ -32351,50 +36515,51 @@
     <w:rsid w:val="007005F2"/>
     <w:rsid w:val="00700737"/>
     <w:rsid w:val="007013AE"/>
     <w:rsid w:val="007016E3"/>
     <w:rsid w:val="00701712"/>
     <w:rsid w:val="007018A4"/>
     <w:rsid w:val="00701D05"/>
     <w:rsid w:val="00701E0D"/>
     <w:rsid w:val="00702512"/>
     <w:rsid w:val="007026F5"/>
     <w:rsid w:val="00702B73"/>
     <w:rsid w:val="0070398E"/>
     <w:rsid w:val="00703DE7"/>
     <w:rsid w:val="00703FD8"/>
     <w:rsid w:val="00703FDB"/>
     <w:rsid w:val="007044B6"/>
     <w:rsid w:val="00705669"/>
     <w:rsid w:val="00705788"/>
     <w:rsid w:val="00705C8F"/>
     <w:rsid w:val="00706160"/>
     <w:rsid w:val="00706ED7"/>
     <w:rsid w:val="007072A7"/>
     <w:rsid w:val="007077C1"/>
     <w:rsid w:val="007108F2"/>
     <w:rsid w:val="00710FE9"/>
+    <w:rsid w:val="007115EA"/>
     <w:rsid w:val="00711E3F"/>
     <w:rsid w:val="00712C62"/>
     <w:rsid w:val="00712E33"/>
     <w:rsid w:val="00713F2B"/>
     <w:rsid w:val="007141AD"/>
     <w:rsid w:val="00715562"/>
     <w:rsid w:val="00715B0A"/>
     <w:rsid w:val="00715C6D"/>
     <w:rsid w:val="00715FB8"/>
     <w:rsid w:val="007160AD"/>
     <w:rsid w:val="00717A26"/>
     <w:rsid w:val="00717B97"/>
     <w:rsid w:val="007207DD"/>
     <w:rsid w:val="00720C93"/>
     <w:rsid w:val="007213B7"/>
     <w:rsid w:val="0072165C"/>
     <w:rsid w:val="00721712"/>
     <w:rsid w:val="00721727"/>
     <w:rsid w:val="00722569"/>
     <w:rsid w:val="0072305C"/>
     <w:rsid w:val="00723598"/>
     <w:rsid w:val="00725A5B"/>
     <w:rsid w:val="00725E24"/>
     <w:rsid w:val="0072610A"/>
     <w:rsid w:val="007301C7"/>
@@ -32417,96 +36582,93 @@
     <w:rsid w:val="007372B0"/>
     <w:rsid w:val="00737CAD"/>
     <w:rsid w:val="007411BC"/>
     <w:rsid w:val="007412ED"/>
     <w:rsid w:val="00741522"/>
     <w:rsid w:val="00741817"/>
     <w:rsid w:val="007424A0"/>
     <w:rsid w:val="0074293B"/>
     <w:rsid w:val="00742B5D"/>
     <w:rsid w:val="00742E55"/>
     <w:rsid w:val="0074358B"/>
     <w:rsid w:val="007445E8"/>
     <w:rsid w:val="007455A3"/>
     <w:rsid w:val="00745B05"/>
     <w:rsid w:val="00746BE4"/>
     <w:rsid w:val="00746ED7"/>
     <w:rsid w:val="0074729A"/>
     <w:rsid w:val="007472CF"/>
     <w:rsid w:val="00750B82"/>
     <w:rsid w:val="00750FD1"/>
     <w:rsid w:val="00751505"/>
     <w:rsid w:val="00751527"/>
     <w:rsid w:val="0075191C"/>
     <w:rsid w:val="007521F8"/>
     <w:rsid w:val="00752CA4"/>
-    <w:rsid w:val="007531E7"/>
     <w:rsid w:val="00753521"/>
     <w:rsid w:val="0075390E"/>
     <w:rsid w:val="00753B53"/>
     <w:rsid w:val="007547E5"/>
     <w:rsid w:val="00755818"/>
     <w:rsid w:val="00755AA5"/>
     <w:rsid w:val="00755F60"/>
     <w:rsid w:val="00756D54"/>
-    <w:rsid w:val="00757360"/>
     <w:rsid w:val="00761AE2"/>
     <w:rsid w:val="00761C67"/>
     <w:rsid w:val="00761EF1"/>
     <w:rsid w:val="0076476C"/>
     <w:rsid w:val="00764E68"/>
     <w:rsid w:val="00765342"/>
     <w:rsid w:val="00765E6C"/>
     <w:rsid w:val="0076616B"/>
     <w:rsid w:val="00770312"/>
     <w:rsid w:val="00770582"/>
     <w:rsid w:val="00770845"/>
     <w:rsid w:val="00770AA5"/>
     <w:rsid w:val="00770ED6"/>
     <w:rsid w:val="00771756"/>
     <w:rsid w:val="00771C9E"/>
     <w:rsid w:val="007728CD"/>
     <w:rsid w:val="00772BD9"/>
     <w:rsid w:val="00772CA6"/>
     <w:rsid w:val="007743E5"/>
     <w:rsid w:val="00774B32"/>
     <w:rsid w:val="00774EA2"/>
     <w:rsid w:val="00774EB4"/>
     <w:rsid w:val="00775242"/>
     <w:rsid w:val="0077544C"/>
     <w:rsid w:val="00775C5B"/>
     <w:rsid w:val="007760FE"/>
     <w:rsid w:val="00776879"/>
     <w:rsid w:val="00776CFA"/>
     <w:rsid w:val="00777527"/>
     <w:rsid w:val="00777EA0"/>
     <w:rsid w:val="0078061E"/>
     <w:rsid w:val="00780A4D"/>
     <w:rsid w:val="00780BDE"/>
     <w:rsid w:val="00781451"/>
     <w:rsid w:val="00782C94"/>
-    <w:rsid w:val="00782FAD"/>
     <w:rsid w:val="007839B5"/>
     <w:rsid w:val="00786520"/>
     <w:rsid w:val="007866D9"/>
     <w:rsid w:val="007868B5"/>
     <w:rsid w:val="00786FB0"/>
     <w:rsid w:val="00792227"/>
     <w:rsid w:val="00793136"/>
     <w:rsid w:val="007938D6"/>
     <w:rsid w:val="00793BC1"/>
     <w:rsid w:val="0079700B"/>
     <w:rsid w:val="007973F1"/>
     <w:rsid w:val="00797BA0"/>
     <w:rsid w:val="00797F16"/>
     <w:rsid w:val="007A040F"/>
     <w:rsid w:val="007A2757"/>
     <w:rsid w:val="007A2966"/>
     <w:rsid w:val="007A42B7"/>
     <w:rsid w:val="007A47EC"/>
     <w:rsid w:val="007A550F"/>
     <w:rsid w:val="007A5B90"/>
     <w:rsid w:val="007A6E5B"/>
     <w:rsid w:val="007A6ED0"/>
     <w:rsid w:val="007A7000"/>
     <w:rsid w:val="007A7058"/>
     <w:rsid w:val="007A7B7E"/>
@@ -32522,84 +36684,81 @@
     <w:rsid w:val="007B501D"/>
     <w:rsid w:val="007B5BA2"/>
     <w:rsid w:val="007B6DC2"/>
     <w:rsid w:val="007B7097"/>
     <w:rsid w:val="007B70AA"/>
     <w:rsid w:val="007B75AD"/>
     <w:rsid w:val="007B7AC2"/>
     <w:rsid w:val="007C019C"/>
     <w:rsid w:val="007C1EF7"/>
     <w:rsid w:val="007C24FE"/>
     <w:rsid w:val="007C2F46"/>
     <w:rsid w:val="007C42AE"/>
     <w:rsid w:val="007C444A"/>
     <w:rsid w:val="007C4533"/>
     <w:rsid w:val="007C4E11"/>
     <w:rsid w:val="007C5601"/>
     <w:rsid w:val="007C5F4C"/>
     <w:rsid w:val="007C69C3"/>
     <w:rsid w:val="007C723A"/>
     <w:rsid w:val="007C7BB5"/>
     <w:rsid w:val="007D03FC"/>
     <w:rsid w:val="007D0641"/>
     <w:rsid w:val="007D0C1E"/>
     <w:rsid w:val="007D0EC0"/>
     <w:rsid w:val="007D102F"/>
-    <w:rsid w:val="007D2C33"/>
     <w:rsid w:val="007D300C"/>
     <w:rsid w:val="007D3191"/>
     <w:rsid w:val="007D31F4"/>
     <w:rsid w:val="007D3304"/>
     <w:rsid w:val="007D3330"/>
     <w:rsid w:val="007D3507"/>
     <w:rsid w:val="007D43AC"/>
     <w:rsid w:val="007D44E4"/>
     <w:rsid w:val="007D4AD5"/>
     <w:rsid w:val="007D4F91"/>
     <w:rsid w:val="007D5DD1"/>
     <w:rsid w:val="007D5F65"/>
     <w:rsid w:val="007D7DA9"/>
     <w:rsid w:val="007E0C6A"/>
     <w:rsid w:val="007E1598"/>
     <w:rsid w:val="007E1EBC"/>
     <w:rsid w:val="007E2BB3"/>
     <w:rsid w:val="007E2F7F"/>
     <w:rsid w:val="007E37A3"/>
     <w:rsid w:val="007E3E78"/>
     <w:rsid w:val="007E4BBB"/>
     <w:rsid w:val="007E4C4D"/>
     <w:rsid w:val="007E50CB"/>
     <w:rsid w:val="007E5279"/>
     <w:rsid w:val="007E5A46"/>
     <w:rsid w:val="007E5B51"/>
     <w:rsid w:val="007E60F1"/>
     <w:rsid w:val="007E6E7B"/>
     <w:rsid w:val="007E73EF"/>
     <w:rsid w:val="007E7E0F"/>
     <w:rsid w:val="007E7E1B"/>
-    <w:rsid w:val="007F044F"/>
-    <w:rsid w:val="007F1096"/>
     <w:rsid w:val="007F1684"/>
     <w:rsid w:val="007F298C"/>
     <w:rsid w:val="007F316F"/>
     <w:rsid w:val="007F389D"/>
     <w:rsid w:val="007F46EC"/>
     <w:rsid w:val="007F4A4C"/>
     <w:rsid w:val="007F4B4B"/>
     <w:rsid w:val="007F5641"/>
     <w:rsid w:val="007F5DCB"/>
     <w:rsid w:val="007F689D"/>
     <w:rsid w:val="007F78B2"/>
     <w:rsid w:val="00800EF4"/>
     <w:rsid w:val="00801245"/>
     <w:rsid w:val="0080253A"/>
     <w:rsid w:val="0080377D"/>
     <w:rsid w:val="008039F9"/>
     <w:rsid w:val="00803ED4"/>
     <w:rsid w:val="00805072"/>
     <w:rsid w:val="0080548C"/>
     <w:rsid w:val="00805A8F"/>
     <w:rsid w:val="00805DB3"/>
     <w:rsid w:val="008060AA"/>
     <w:rsid w:val="008063AD"/>
     <w:rsid w:val="008063F3"/>
     <w:rsid w:val="008069AB"/>
@@ -32643,73 +36802,74 @@
     <w:rsid w:val="008301C3"/>
     <w:rsid w:val="0083034F"/>
     <w:rsid w:val="008307DA"/>
     <w:rsid w:val="00831A83"/>
     <w:rsid w:val="00831C3E"/>
     <w:rsid w:val="00831ED1"/>
     <w:rsid w:val="008320BA"/>
     <w:rsid w:val="00832807"/>
     <w:rsid w:val="00834463"/>
     <w:rsid w:val="00834B84"/>
     <w:rsid w:val="00834B93"/>
     <w:rsid w:val="00834CF2"/>
     <w:rsid w:val="00835BB2"/>
     <w:rsid w:val="008362E4"/>
     <w:rsid w:val="00836572"/>
     <w:rsid w:val="0083679A"/>
     <w:rsid w:val="008369F0"/>
     <w:rsid w:val="00836B3F"/>
     <w:rsid w:val="00836F43"/>
     <w:rsid w:val="0083717D"/>
     <w:rsid w:val="008373F0"/>
     <w:rsid w:val="00837DA0"/>
     <w:rsid w:val="00840D2E"/>
     <w:rsid w:val="00840D47"/>
     <w:rsid w:val="00841CFD"/>
+    <w:rsid w:val="00842093"/>
     <w:rsid w:val="0084222B"/>
     <w:rsid w:val="00843231"/>
     <w:rsid w:val="00843BAE"/>
     <w:rsid w:val="008448DA"/>
     <w:rsid w:val="00845082"/>
     <w:rsid w:val="00845D7E"/>
     <w:rsid w:val="00845F0D"/>
     <w:rsid w:val="00846596"/>
     <w:rsid w:val="008467FB"/>
     <w:rsid w:val="00847533"/>
     <w:rsid w:val="0085089F"/>
     <w:rsid w:val="00850D23"/>
     <w:rsid w:val="00850FC3"/>
     <w:rsid w:val="0085104E"/>
     <w:rsid w:val="0085137C"/>
     <w:rsid w:val="0085156D"/>
+    <w:rsid w:val="008539D5"/>
     <w:rsid w:val="008543F0"/>
     <w:rsid w:val="00854745"/>
     <w:rsid w:val="0085502F"/>
     <w:rsid w:val="00855141"/>
     <w:rsid w:val="008556F2"/>
     <w:rsid w:val="00855743"/>
-    <w:rsid w:val="00855E1A"/>
     <w:rsid w:val="008560C4"/>
     <w:rsid w:val="0085635B"/>
     <w:rsid w:val="008566FE"/>
     <w:rsid w:val="00856E29"/>
     <w:rsid w:val="008573BF"/>
     <w:rsid w:val="00857EB1"/>
     <w:rsid w:val="00857FF1"/>
     <w:rsid w:val="00860320"/>
     <w:rsid w:val="00861AF2"/>
     <w:rsid w:val="00861FDC"/>
     <w:rsid w:val="00862482"/>
     <w:rsid w:val="008628AD"/>
     <w:rsid w:val="00863CBB"/>
     <w:rsid w:val="00864395"/>
     <w:rsid w:val="00864994"/>
     <w:rsid w:val="00865B34"/>
     <w:rsid w:val="00867271"/>
     <w:rsid w:val="0086732B"/>
     <w:rsid w:val="0086791F"/>
     <w:rsid w:val="00867A43"/>
     <w:rsid w:val="00867DAA"/>
     <w:rsid w:val="008700C8"/>
     <w:rsid w:val="0087036D"/>
     <w:rsid w:val="00870428"/>
     <w:rsid w:val="00872370"/>
@@ -32721,51 +36881,50 @@
     <w:rsid w:val="008759E6"/>
     <w:rsid w:val="008764A3"/>
     <w:rsid w:val="0087783B"/>
     <w:rsid w:val="008803D1"/>
     <w:rsid w:val="00880835"/>
     <w:rsid w:val="00881556"/>
     <w:rsid w:val="008822AD"/>
     <w:rsid w:val="0088233B"/>
     <w:rsid w:val="00882B60"/>
     <w:rsid w:val="00882C20"/>
     <w:rsid w:val="00883105"/>
     <w:rsid w:val="008836B8"/>
     <w:rsid w:val="00883E1C"/>
     <w:rsid w:val="008855CA"/>
     <w:rsid w:val="00886231"/>
     <w:rsid w:val="0089076B"/>
     <w:rsid w:val="00890988"/>
     <w:rsid w:val="00890F98"/>
     <w:rsid w:val="008914C0"/>
     <w:rsid w:val="00892595"/>
     <w:rsid w:val="00892F50"/>
     <w:rsid w:val="0089387C"/>
     <w:rsid w:val="00894731"/>
     <w:rsid w:val="008947AC"/>
     <w:rsid w:val="00894EF8"/>
-    <w:rsid w:val="00894F3F"/>
     <w:rsid w:val="008950B3"/>
     <w:rsid w:val="008953CB"/>
     <w:rsid w:val="008956D4"/>
     <w:rsid w:val="0089573E"/>
     <w:rsid w:val="00896134"/>
     <w:rsid w:val="00896421"/>
     <w:rsid w:val="008964C9"/>
     <w:rsid w:val="00897B29"/>
     <w:rsid w:val="00897EC5"/>
     <w:rsid w:val="008A15C6"/>
     <w:rsid w:val="008A1768"/>
     <w:rsid w:val="008A1A8B"/>
     <w:rsid w:val="008A1C77"/>
     <w:rsid w:val="008A1D74"/>
     <w:rsid w:val="008A21A4"/>
     <w:rsid w:val="008A2B77"/>
     <w:rsid w:val="008A2D9A"/>
     <w:rsid w:val="008A2EEF"/>
     <w:rsid w:val="008A2FB0"/>
     <w:rsid w:val="008A39E0"/>
     <w:rsid w:val="008A464F"/>
     <w:rsid w:val="008A474E"/>
     <w:rsid w:val="008A47F6"/>
     <w:rsid w:val="008A521D"/>
     <w:rsid w:val="008A5263"/>
@@ -32811,51 +36970,50 @@
     <w:rsid w:val="008C4F41"/>
     <w:rsid w:val="008C58BB"/>
     <w:rsid w:val="008C741C"/>
     <w:rsid w:val="008C794F"/>
     <w:rsid w:val="008C7DE6"/>
     <w:rsid w:val="008D07B7"/>
     <w:rsid w:val="008D130F"/>
     <w:rsid w:val="008D1AD2"/>
     <w:rsid w:val="008D3BED"/>
     <w:rsid w:val="008D3DE6"/>
     <w:rsid w:val="008D4185"/>
     <w:rsid w:val="008D4972"/>
     <w:rsid w:val="008D5731"/>
     <w:rsid w:val="008D5888"/>
     <w:rsid w:val="008D6182"/>
     <w:rsid w:val="008D61F3"/>
     <w:rsid w:val="008D6442"/>
     <w:rsid w:val="008D7349"/>
     <w:rsid w:val="008D746E"/>
     <w:rsid w:val="008D7B8A"/>
     <w:rsid w:val="008E0004"/>
     <w:rsid w:val="008E0B39"/>
     <w:rsid w:val="008E1B2F"/>
     <w:rsid w:val="008E2334"/>
     <w:rsid w:val="008E259A"/>
-    <w:rsid w:val="008E2D34"/>
     <w:rsid w:val="008E3C55"/>
     <w:rsid w:val="008E42E5"/>
     <w:rsid w:val="008E5501"/>
     <w:rsid w:val="008E5D68"/>
     <w:rsid w:val="008E6147"/>
     <w:rsid w:val="008E6E0A"/>
     <w:rsid w:val="008F022C"/>
     <w:rsid w:val="008F090C"/>
     <w:rsid w:val="008F13AD"/>
     <w:rsid w:val="008F17B6"/>
     <w:rsid w:val="008F1A55"/>
     <w:rsid w:val="008F2591"/>
     <w:rsid w:val="008F28C0"/>
     <w:rsid w:val="008F2C40"/>
     <w:rsid w:val="008F2CFA"/>
     <w:rsid w:val="008F2D71"/>
     <w:rsid w:val="008F38F6"/>
     <w:rsid w:val="008F3B6E"/>
     <w:rsid w:val="008F3DD8"/>
     <w:rsid w:val="008F451D"/>
     <w:rsid w:val="008F65A0"/>
     <w:rsid w:val="008F6891"/>
     <w:rsid w:val="008F6D71"/>
     <w:rsid w:val="008F7D87"/>
     <w:rsid w:val="008F7F6D"/>
@@ -32877,84 +37035,81 @@
     <w:rsid w:val="00912586"/>
     <w:rsid w:val="00912760"/>
     <w:rsid w:val="00912876"/>
     <w:rsid w:val="00912A4D"/>
     <w:rsid w:val="00913C3D"/>
     <w:rsid w:val="00913EAB"/>
     <w:rsid w:val="009147EF"/>
     <w:rsid w:val="0091569D"/>
     <w:rsid w:val="00915904"/>
     <w:rsid w:val="00915C53"/>
     <w:rsid w:val="00915CA5"/>
     <w:rsid w:val="00915CEA"/>
     <w:rsid w:val="00916156"/>
     <w:rsid w:val="0092068F"/>
     <w:rsid w:val="00920B58"/>
     <w:rsid w:val="00920D8E"/>
     <w:rsid w:val="00920E2F"/>
     <w:rsid w:val="0092222D"/>
     <w:rsid w:val="00922AAB"/>
     <w:rsid w:val="009233FE"/>
     <w:rsid w:val="00923A20"/>
     <w:rsid w:val="00923BBE"/>
     <w:rsid w:val="00923F56"/>
     <w:rsid w:val="00924333"/>
     <w:rsid w:val="00924A3B"/>
-    <w:rsid w:val="00925640"/>
     <w:rsid w:val="00927E9F"/>
     <w:rsid w:val="00930123"/>
     <w:rsid w:val="009306F0"/>
     <w:rsid w:val="00930CAB"/>
     <w:rsid w:val="00930FED"/>
     <w:rsid w:val="00931979"/>
     <w:rsid w:val="00931ABF"/>
     <w:rsid w:val="0093207C"/>
     <w:rsid w:val="00933475"/>
     <w:rsid w:val="009336EB"/>
     <w:rsid w:val="00934058"/>
     <w:rsid w:val="00934815"/>
     <w:rsid w:val="00934CEC"/>
     <w:rsid w:val="00935059"/>
     <w:rsid w:val="00935AE1"/>
     <w:rsid w:val="00935D36"/>
     <w:rsid w:val="009361F7"/>
     <w:rsid w:val="00936A17"/>
     <w:rsid w:val="00936F43"/>
     <w:rsid w:val="00937E61"/>
     <w:rsid w:val="00940283"/>
     <w:rsid w:val="0094030D"/>
     <w:rsid w:val="0094041D"/>
     <w:rsid w:val="0094043C"/>
-    <w:rsid w:val="00940CE5"/>
     <w:rsid w:val="009416A8"/>
     <w:rsid w:val="00942144"/>
     <w:rsid w:val="00942F2B"/>
     <w:rsid w:val="009433A7"/>
     <w:rsid w:val="00943C32"/>
     <w:rsid w:val="00944147"/>
     <w:rsid w:val="00944190"/>
-    <w:rsid w:val="00944CB2"/>
     <w:rsid w:val="009453F3"/>
     <w:rsid w:val="009455A4"/>
     <w:rsid w:val="009455B4"/>
     <w:rsid w:val="0094627D"/>
     <w:rsid w:val="00946661"/>
     <w:rsid w:val="00946D49"/>
     <w:rsid w:val="00946D7C"/>
     <w:rsid w:val="009473E9"/>
     <w:rsid w:val="009517A3"/>
     <w:rsid w:val="00951C1C"/>
     <w:rsid w:val="009520AC"/>
     <w:rsid w:val="00952FDC"/>
     <w:rsid w:val="009531A6"/>
     <w:rsid w:val="00953246"/>
     <w:rsid w:val="0095335D"/>
     <w:rsid w:val="009545E9"/>
     <w:rsid w:val="009557E8"/>
     <w:rsid w:val="00955C35"/>
     <w:rsid w:val="00955D7F"/>
     <w:rsid w:val="0095638E"/>
     <w:rsid w:val="00956B49"/>
     <w:rsid w:val="00956E8A"/>
     <w:rsid w:val="0095740A"/>
     <w:rsid w:val="00957EEB"/>
     <w:rsid w:val="0096089F"/>
@@ -33003,139 +37158,134 @@
     <w:rsid w:val="00986321"/>
     <w:rsid w:val="0098646A"/>
     <w:rsid w:val="0098658C"/>
     <w:rsid w:val="009877B6"/>
     <w:rsid w:val="00987AD6"/>
     <w:rsid w:val="009906A3"/>
     <w:rsid w:val="009910BF"/>
     <w:rsid w:val="009911F1"/>
     <w:rsid w:val="00991DE0"/>
     <w:rsid w:val="00992BBD"/>
     <w:rsid w:val="00992D5B"/>
     <w:rsid w:val="009941C5"/>
     <w:rsid w:val="0099429F"/>
     <w:rsid w:val="00994631"/>
     <w:rsid w:val="00994958"/>
     <w:rsid w:val="00995811"/>
     <w:rsid w:val="00995B35"/>
     <w:rsid w:val="00996496"/>
     <w:rsid w:val="009969C5"/>
     <w:rsid w:val="009976C4"/>
     <w:rsid w:val="00997967"/>
     <w:rsid w:val="009A0D01"/>
     <w:rsid w:val="009A1255"/>
     <w:rsid w:val="009A1AB2"/>
     <w:rsid w:val="009A2052"/>
-    <w:rsid w:val="009A291C"/>
     <w:rsid w:val="009A2DC6"/>
     <w:rsid w:val="009A2F9E"/>
     <w:rsid w:val="009A39DC"/>
-    <w:rsid w:val="009A3FC9"/>
     <w:rsid w:val="009A438F"/>
     <w:rsid w:val="009A56A1"/>
     <w:rsid w:val="009A6843"/>
     <w:rsid w:val="009A7987"/>
     <w:rsid w:val="009A7C47"/>
     <w:rsid w:val="009B0142"/>
     <w:rsid w:val="009B051A"/>
     <w:rsid w:val="009B1662"/>
     <w:rsid w:val="009B1AF6"/>
     <w:rsid w:val="009B2226"/>
     <w:rsid w:val="009B3985"/>
     <w:rsid w:val="009B3AEB"/>
     <w:rsid w:val="009B4407"/>
     <w:rsid w:val="009B45E9"/>
     <w:rsid w:val="009B5791"/>
     <w:rsid w:val="009B5DAB"/>
     <w:rsid w:val="009B60B7"/>
     <w:rsid w:val="009B629A"/>
     <w:rsid w:val="009B6A77"/>
     <w:rsid w:val="009B6EBE"/>
     <w:rsid w:val="009B6FAF"/>
     <w:rsid w:val="009C0047"/>
     <w:rsid w:val="009C0659"/>
     <w:rsid w:val="009C0A80"/>
     <w:rsid w:val="009C11B0"/>
     <w:rsid w:val="009C139E"/>
     <w:rsid w:val="009C13DF"/>
     <w:rsid w:val="009C1ABA"/>
     <w:rsid w:val="009C27D8"/>
     <w:rsid w:val="009C311B"/>
     <w:rsid w:val="009C33C9"/>
     <w:rsid w:val="009C3DE2"/>
     <w:rsid w:val="009C3F5B"/>
     <w:rsid w:val="009C407D"/>
     <w:rsid w:val="009C487F"/>
     <w:rsid w:val="009C4DD0"/>
-    <w:rsid w:val="009C525F"/>
     <w:rsid w:val="009C5905"/>
     <w:rsid w:val="009C5AF9"/>
     <w:rsid w:val="009C5B25"/>
     <w:rsid w:val="009C7384"/>
     <w:rsid w:val="009C7916"/>
     <w:rsid w:val="009D0728"/>
     <w:rsid w:val="009D0D74"/>
     <w:rsid w:val="009D0E17"/>
     <w:rsid w:val="009D145A"/>
     <w:rsid w:val="009D2DBA"/>
     <w:rsid w:val="009D3A4D"/>
     <w:rsid w:val="009D3F7E"/>
     <w:rsid w:val="009D437A"/>
     <w:rsid w:val="009D4823"/>
     <w:rsid w:val="009D48D6"/>
     <w:rsid w:val="009D4B2B"/>
     <w:rsid w:val="009D4EDF"/>
     <w:rsid w:val="009D5524"/>
     <w:rsid w:val="009D5C4E"/>
     <w:rsid w:val="009D6841"/>
     <w:rsid w:val="009D68C5"/>
     <w:rsid w:val="009D7353"/>
     <w:rsid w:val="009D7988"/>
     <w:rsid w:val="009D7B58"/>
     <w:rsid w:val="009E0594"/>
     <w:rsid w:val="009E0F82"/>
     <w:rsid w:val="009E1245"/>
     <w:rsid w:val="009E1A95"/>
     <w:rsid w:val="009E1AF9"/>
     <w:rsid w:val="009E2361"/>
     <w:rsid w:val="009E2A92"/>
     <w:rsid w:val="009E2B6E"/>
     <w:rsid w:val="009E3136"/>
     <w:rsid w:val="009E44F8"/>
     <w:rsid w:val="009E47F9"/>
     <w:rsid w:val="009E4E5F"/>
     <w:rsid w:val="009E5411"/>
     <w:rsid w:val="009E5B81"/>
     <w:rsid w:val="009E77BF"/>
     <w:rsid w:val="009F0C3E"/>
     <w:rsid w:val="009F38AD"/>
     <w:rsid w:val="009F3EFE"/>
-    <w:rsid w:val="009F45A5"/>
     <w:rsid w:val="009F470C"/>
     <w:rsid w:val="009F5563"/>
     <w:rsid w:val="009F5613"/>
-    <w:rsid w:val="009F5CAD"/>
     <w:rsid w:val="009F69DD"/>
     <w:rsid w:val="009F6B4F"/>
     <w:rsid w:val="009F6BD9"/>
     <w:rsid w:val="009F71A5"/>
     <w:rsid w:val="009F74CD"/>
     <w:rsid w:val="009F7555"/>
     <w:rsid w:val="009F777B"/>
     <w:rsid w:val="00A010B6"/>
     <w:rsid w:val="00A012F8"/>
     <w:rsid w:val="00A019CF"/>
     <w:rsid w:val="00A01AF6"/>
     <w:rsid w:val="00A01AFA"/>
     <w:rsid w:val="00A01CBE"/>
     <w:rsid w:val="00A01EDE"/>
     <w:rsid w:val="00A0222B"/>
     <w:rsid w:val="00A02ECF"/>
     <w:rsid w:val="00A03020"/>
     <w:rsid w:val="00A03858"/>
     <w:rsid w:val="00A04394"/>
     <w:rsid w:val="00A04645"/>
     <w:rsid w:val="00A0490A"/>
     <w:rsid w:val="00A04C61"/>
     <w:rsid w:val="00A04C7C"/>
     <w:rsid w:val="00A04D57"/>
     <w:rsid w:val="00A051A9"/>
@@ -33230,67 +37380,67 @@
     <w:rsid w:val="00A63418"/>
     <w:rsid w:val="00A635B2"/>
     <w:rsid w:val="00A651C2"/>
     <w:rsid w:val="00A6537B"/>
     <w:rsid w:val="00A65B35"/>
     <w:rsid w:val="00A663AB"/>
     <w:rsid w:val="00A6651E"/>
     <w:rsid w:val="00A704C2"/>
     <w:rsid w:val="00A708CA"/>
     <w:rsid w:val="00A71E69"/>
     <w:rsid w:val="00A723B2"/>
     <w:rsid w:val="00A724E2"/>
     <w:rsid w:val="00A73939"/>
     <w:rsid w:val="00A754FA"/>
     <w:rsid w:val="00A764D7"/>
     <w:rsid w:val="00A77545"/>
     <w:rsid w:val="00A77DEB"/>
     <w:rsid w:val="00A8026A"/>
     <w:rsid w:val="00A80486"/>
     <w:rsid w:val="00A80806"/>
     <w:rsid w:val="00A81169"/>
     <w:rsid w:val="00A819C0"/>
     <w:rsid w:val="00A81E1E"/>
     <w:rsid w:val="00A8311D"/>
     <w:rsid w:val="00A8326F"/>
+    <w:rsid w:val="00A8377E"/>
     <w:rsid w:val="00A844BA"/>
     <w:rsid w:val="00A856BA"/>
     <w:rsid w:val="00A85B80"/>
     <w:rsid w:val="00A866BC"/>
     <w:rsid w:val="00A86A33"/>
     <w:rsid w:val="00A87442"/>
     <w:rsid w:val="00A87B2A"/>
     <w:rsid w:val="00A91D14"/>
     <w:rsid w:val="00A9205E"/>
     <w:rsid w:val="00A920C7"/>
     <w:rsid w:val="00A92C2F"/>
     <w:rsid w:val="00A92FC8"/>
     <w:rsid w:val="00A93084"/>
     <w:rsid w:val="00A931CA"/>
     <w:rsid w:val="00A93284"/>
     <w:rsid w:val="00A938E5"/>
-    <w:rsid w:val="00A94421"/>
     <w:rsid w:val="00A94B08"/>
     <w:rsid w:val="00A94E78"/>
     <w:rsid w:val="00A95B6A"/>
     <w:rsid w:val="00A962C6"/>
     <w:rsid w:val="00A965B2"/>
     <w:rsid w:val="00A976FA"/>
     <w:rsid w:val="00AA00D6"/>
     <w:rsid w:val="00AA09BD"/>
     <w:rsid w:val="00AA0E2F"/>
     <w:rsid w:val="00AA116E"/>
     <w:rsid w:val="00AA2556"/>
     <w:rsid w:val="00AA2B2E"/>
     <w:rsid w:val="00AA3D8F"/>
     <w:rsid w:val="00AA52CB"/>
     <w:rsid w:val="00AA5D6C"/>
     <w:rsid w:val="00AA691E"/>
     <w:rsid w:val="00AA7784"/>
     <w:rsid w:val="00AA7BD1"/>
     <w:rsid w:val="00AB10D1"/>
     <w:rsid w:val="00AB180E"/>
     <w:rsid w:val="00AB1F0B"/>
     <w:rsid w:val="00AB1F85"/>
     <w:rsid w:val="00AB27F4"/>
     <w:rsid w:val="00AB4C67"/>
     <w:rsid w:val="00AB5A14"/>
@@ -33302,394 +37452,378 @@
     <w:rsid w:val="00AC065A"/>
     <w:rsid w:val="00AC072F"/>
     <w:rsid w:val="00AC0DBC"/>
     <w:rsid w:val="00AC1855"/>
     <w:rsid w:val="00AC232A"/>
     <w:rsid w:val="00AC23FA"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC2F94"/>
     <w:rsid w:val="00AC340B"/>
     <w:rsid w:val="00AC3C61"/>
     <w:rsid w:val="00AC3FFF"/>
     <w:rsid w:val="00AC4888"/>
     <w:rsid w:val="00AC4C5F"/>
     <w:rsid w:val="00AC5321"/>
     <w:rsid w:val="00AC5A7C"/>
     <w:rsid w:val="00AC5D1E"/>
     <w:rsid w:val="00AC6C90"/>
     <w:rsid w:val="00AC710E"/>
     <w:rsid w:val="00AD0E1C"/>
     <w:rsid w:val="00AD2113"/>
     <w:rsid w:val="00AD22D1"/>
     <w:rsid w:val="00AD22E3"/>
     <w:rsid w:val="00AD2A57"/>
     <w:rsid w:val="00AD2CD1"/>
     <w:rsid w:val="00AD2D62"/>
-    <w:rsid w:val="00AD340B"/>
     <w:rsid w:val="00AD37E3"/>
     <w:rsid w:val="00AD3B1F"/>
     <w:rsid w:val="00AD3B91"/>
     <w:rsid w:val="00AD3C79"/>
     <w:rsid w:val="00AD3D85"/>
     <w:rsid w:val="00AD4416"/>
     <w:rsid w:val="00AD44C0"/>
     <w:rsid w:val="00AD5052"/>
     <w:rsid w:val="00AD5C9B"/>
     <w:rsid w:val="00AD5E5C"/>
     <w:rsid w:val="00AD5F3C"/>
     <w:rsid w:val="00AD66AF"/>
     <w:rsid w:val="00AD68C6"/>
     <w:rsid w:val="00AD698C"/>
     <w:rsid w:val="00AD770F"/>
     <w:rsid w:val="00AD7DAC"/>
     <w:rsid w:val="00AE041E"/>
     <w:rsid w:val="00AE067E"/>
     <w:rsid w:val="00AE06F0"/>
     <w:rsid w:val="00AE1904"/>
     <w:rsid w:val="00AE20FB"/>
     <w:rsid w:val="00AE23DF"/>
     <w:rsid w:val="00AE23E1"/>
     <w:rsid w:val="00AE2DC7"/>
     <w:rsid w:val="00AE2E44"/>
     <w:rsid w:val="00AE3173"/>
     <w:rsid w:val="00AE31CF"/>
     <w:rsid w:val="00AE3FF9"/>
     <w:rsid w:val="00AE439F"/>
     <w:rsid w:val="00AE4DD3"/>
     <w:rsid w:val="00AE5C5A"/>
     <w:rsid w:val="00AE6C26"/>
     <w:rsid w:val="00AE70B9"/>
     <w:rsid w:val="00AE752C"/>
     <w:rsid w:val="00AF088E"/>
     <w:rsid w:val="00AF11E3"/>
     <w:rsid w:val="00AF1221"/>
     <w:rsid w:val="00AF1A3D"/>
     <w:rsid w:val="00AF1C73"/>
     <w:rsid w:val="00AF34AF"/>
     <w:rsid w:val="00AF37D2"/>
     <w:rsid w:val="00AF6369"/>
     <w:rsid w:val="00AF6406"/>
     <w:rsid w:val="00AF6B71"/>
     <w:rsid w:val="00AF6E20"/>
     <w:rsid w:val="00AF7900"/>
     <w:rsid w:val="00B00A7C"/>
     <w:rsid w:val="00B011D6"/>
     <w:rsid w:val="00B015D5"/>
-    <w:rsid w:val="00B039CA"/>
     <w:rsid w:val="00B04806"/>
     <w:rsid w:val="00B050AE"/>
     <w:rsid w:val="00B055E5"/>
     <w:rsid w:val="00B06DD2"/>
     <w:rsid w:val="00B0703D"/>
     <w:rsid w:val="00B07435"/>
     <w:rsid w:val="00B1085D"/>
     <w:rsid w:val="00B11207"/>
     <w:rsid w:val="00B11C5C"/>
     <w:rsid w:val="00B1233E"/>
     <w:rsid w:val="00B124C0"/>
     <w:rsid w:val="00B1258D"/>
     <w:rsid w:val="00B1290D"/>
     <w:rsid w:val="00B12A6B"/>
     <w:rsid w:val="00B137A6"/>
     <w:rsid w:val="00B14BA1"/>
     <w:rsid w:val="00B14C23"/>
     <w:rsid w:val="00B15137"/>
     <w:rsid w:val="00B15852"/>
     <w:rsid w:val="00B16ABE"/>
     <w:rsid w:val="00B17B2D"/>
     <w:rsid w:val="00B17B3C"/>
     <w:rsid w:val="00B206E7"/>
     <w:rsid w:val="00B20D3D"/>
-    <w:rsid w:val="00B23209"/>
     <w:rsid w:val="00B24969"/>
     <w:rsid w:val="00B25064"/>
     <w:rsid w:val="00B264A8"/>
     <w:rsid w:val="00B270E2"/>
     <w:rsid w:val="00B2737C"/>
     <w:rsid w:val="00B27A00"/>
     <w:rsid w:val="00B27A07"/>
     <w:rsid w:val="00B27C8D"/>
     <w:rsid w:val="00B30024"/>
     <w:rsid w:val="00B32520"/>
     <w:rsid w:val="00B32F08"/>
     <w:rsid w:val="00B330FF"/>
     <w:rsid w:val="00B33892"/>
     <w:rsid w:val="00B34739"/>
     <w:rsid w:val="00B34B73"/>
     <w:rsid w:val="00B35477"/>
     <w:rsid w:val="00B355E7"/>
     <w:rsid w:val="00B35655"/>
     <w:rsid w:val="00B375A9"/>
     <w:rsid w:val="00B37E6A"/>
     <w:rsid w:val="00B412CC"/>
     <w:rsid w:val="00B412E6"/>
     <w:rsid w:val="00B41867"/>
     <w:rsid w:val="00B427F5"/>
     <w:rsid w:val="00B42829"/>
     <w:rsid w:val="00B42BB9"/>
     <w:rsid w:val="00B42FAA"/>
     <w:rsid w:val="00B43464"/>
     <w:rsid w:val="00B43630"/>
     <w:rsid w:val="00B43A7F"/>
     <w:rsid w:val="00B4423A"/>
     <w:rsid w:val="00B443EB"/>
     <w:rsid w:val="00B447FB"/>
-    <w:rsid w:val="00B44888"/>
     <w:rsid w:val="00B457A4"/>
     <w:rsid w:val="00B45928"/>
     <w:rsid w:val="00B4610D"/>
     <w:rsid w:val="00B46911"/>
     <w:rsid w:val="00B46B78"/>
     <w:rsid w:val="00B471A7"/>
     <w:rsid w:val="00B4735A"/>
     <w:rsid w:val="00B473B2"/>
     <w:rsid w:val="00B47923"/>
     <w:rsid w:val="00B50123"/>
     <w:rsid w:val="00B51318"/>
     <w:rsid w:val="00B51FCA"/>
     <w:rsid w:val="00B52670"/>
     <w:rsid w:val="00B542B1"/>
     <w:rsid w:val="00B54E9F"/>
     <w:rsid w:val="00B5530E"/>
     <w:rsid w:val="00B5615C"/>
     <w:rsid w:val="00B56DD8"/>
     <w:rsid w:val="00B57151"/>
     <w:rsid w:val="00B5715F"/>
     <w:rsid w:val="00B575AC"/>
     <w:rsid w:val="00B60375"/>
     <w:rsid w:val="00B6107E"/>
     <w:rsid w:val="00B62C8D"/>
     <w:rsid w:val="00B62EDD"/>
     <w:rsid w:val="00B630E5"/>
     <w:rsid w:val="00B63324"/>
     <w:rsid w:val="00B633EE"/>
-    <w:rsid w:val="00B63719"/>
     <w:rsid w:val="00B6453B"/>
     <w:rsid w:val="00B64A5A"/>
     <w:rsid w:val="00B6597F"/>
     <w:rsid w:val="00B6631B"/>
     <w:rsid w:val="00B663C2"/>
     <w:rsid w:val="00B674BF"/>
     <w:rsid w:val="00B67B76"/>
     <w:rsid w:val="00B70145"/>
     <w:rsid w:val="00B710CB"/>
     <w:rsid w:val="00B710FC"/>
     <w:rsid w:val="00B718F8"/>
     <w:rsid w:val="00B71EDF"/>
     <w:rsid w:val="00B7311B"/>
     <w:rsid w:val="00B747BD"/>
     <w:rsid w:val="00B74961"/>
     <w:rsid w:val="00B75B4D"/>
     <w:rsid w:val="00B7625E"/>
     <w:rsid w:val="00B77075"/>
-    <w:rsid w:val="00B7744C"/>
     <w:rsid w:val="00B7779F"/>
     <w:rsid w:val="00B77873"/>
     <w:rsid w:val="00B77AAD"/>
     <w:rsid w:val="00B80CC0"/>
     <w:rsid w:val="00B80D66"/>
     <w:rsid w:val="00B80E43"/>
     <w:rsid w:val="00B81646"/>
     <w:rsid w:val="00B81B2F"/>
     <w:rsid w:val="00B81CE8"/>
     <w:rsid w:val="00B81D79"/>
     <w:rsid w:val="00B81EE7"/>
     <w:rsid w:val="00B828E0"/>
     <w:rsid w:val="00B82DEC"/>
     <w:rsid w:val="00B83E40"/>
     <w:rsid w:val="00B8444B"/>
     <w:rsid w:val="00B84BBD"/>
     <w:rsid w:val="00B84E9F"/>
     <w:rsid w:val="00B858F7"/>
     <w:rsid w:val="00B864FD"/>
     <w:rsid w:val="00B86950"/>
     <w:rsid w:val="00B86B3C"/>
-    <w:rsid w:val="00B8782D"/>
     <w:rsid w:val="00B902FE"/>
     <w:rsid w:val="00B91163"/>
     <w:rsid w:val="00B926C5"/>
     <w:rsid w:val="00B92DFF"/>
     <w:rsid w:val="00B938C8"/>
     <w:rsid w:val="00B94CC9"/>
-    <w:rsid w:val="00B96D5F"/>
     <w:rsid w:val="00BA1000"/>
     <w:rsid w:val="00BA1046"/>
     <w:rsid w:val="00BA2315"/>
     <w:rsid w:val="00BA24EA"/>
     <w:rsid w:val="00BA2635"/>
     <w:rsid w:val="00BA29B2"/>
     <w:rsid w:val="00BA2AA7"/>
     <w:rsid w:val="00BA2DB0"/>
     <w:rsid w:val="00BA3CA6"/>
     <w:rsid w:val="00BA484B"/>
     <w:rsid w:val="00BA4D47"/>
     <w:rsid w:val="00BA5581"/>
     <w:rsid w:val="00BA6453"/>
     <w:rsid w:val="00BA6570"/>
     <w:rsid w:val="00BA6FBB"/>
-    <w:rsid w:val="00BA7AB6"/>
     <w:rsid w:val="00BA7BFA"/>
     <w:rsid w:val="00BA7DF7"/>
     <w:rsid w:val="00BB160B"/>
     <w:rsid w:val="00BB1F00"/>
     <w:rsid w:val="00BB23DA"/>
     <w:rsid w:val="00BB298C"/>
     <w:rsid w:val="00BB2A7F"/>
     <w:rsid w:val="00BB32BB"/>
     <w:rsid w:val="00BB43C6"/>
     <w:rsid w:val="00BB5775"/>
     <w:rsid w:val="00BB5990"/>
-    <w:rsid w:val="00BB6621"/>
     <w:rsid w:val="00BB75C6"/>
     <w:rsid w:val="00BB7C8B"/>
     <w:rsid w:val="00BC0677"/>
     <w:rsid w:val="00BC0704"/>
     <w:rsid w:val="00BC08D6"/>
     <w:rsid w:val="00BC18D0"/>
     <w:rsid w:val="00BC2BE0"/>
-    <w:rsid w:val="00BC41B7"/>
     <w:rsid w:val="00BC561B"/>
     <w:rsid w:val="00BC5913"/>
     <w:rsid w:val="00BC5D77"/>
     <w:rsid w:val="00BD0B24"/>
     <w:rsid w:val="00BD0BD0"/>
     <w:rsid w:val="00BD1645"/>
     <w:rsid w:val="00BD1C44"/>
     <w:rsid w:val="00BD2B64"/>
     <w:rsid w:val="00BD2E2E"/>
     <w:rsid w:val="00BD3745"/>
     <w:rsid w:val="00BD3922"/>
-    <w:rsid w:val="00BD3BF5"/>
     <w:rsid w:val="00BD3C56"/>
     <w:rsid w:val="00BD4EA9"/>
     <w:rsid w:val="00BD559C"/>
     <w:rsid w:val="00BD663B"/>
     <w:rsid w:val="00BD70CC"/>
     <w:rsid w:val="00BD749B"/>
     <w:rsid w:val="00BD7821"/>
     <w:rsid w:val="00BD7C18"/>
     <w:rsid w:val="00BE0669"/>
     <w:rsid w:val="00BE07F4"/>
     <w:rsid w:val="00BE0B31"/>
     <w:rsid w:val="00BE0E40"/>
     <w:rsid w:val="00BE11D8"/>
     <w:rsid w:val="00BE1856"/>
-    <w:rsid w:val="00BE18E0"/>
     <w:rsid w:val="00BE2355"/>
     <w:rsid w:val="00BE28B0"/>
     <w:rsid w:val="00BE29F9"/>
     <w:rsid w:val="00BE2BF6"/>
     <w:rsid w:val="00BE3E5D"/>
     <w:rsid w:val="00BE4A58"/>
     <w:rsid w:val="00BE4B8C"/>
     <w:rsid w:val="00BE5F50"/>
     <w:rsid w:val="00BE6462"/>
     <w:rsid w:val="00BE66CE"/>
     <w:rsid w:val="00BE6969"/>
     <w:rsid w:val="00BE69F8"/>
     <w:rsid w:val="00BE78E6"/>
     <w:rsid w:val="00BF0216"/>
-    <w:rsid w:val="00BF05BA"/>
     <w:rsid w:val="00BF0A11"/>
     <w:rsid w:val="00BF106C"/>
     <w:rsid w:val="00BF14F8"/>
     <w:rsid w:val="00BF25DE"/>
-    <w:rsid w:val="00BF280A"/>
     <w:rsid w:val="00BF2C36"/>
     <w:rsid w:val="00BF2C50"/>
     <w:rsid w:val="00BF3090"/>
     <w:rsid w:val="00BF460E"/>
     <w:rsid w:val="00BF5FC6"/>
     <w:rsid w:val="00BF66C8"/>
     <w:rsid w:val="00BF7065"/>
     <w:rsid w:val="00BF7848"/>
     <w:rsid w:val="00C001C6"/>
     <w:rsid w:val="00C01135"/>
     <w:rsid w:val="00C01345"/>
     <w:rsid w:val="00C0188A"/>
     <w:rsid w:val="00C01B78"/>
     <w:rsid w:val="00C020B5"/>
     <w:rsid w:val="00C03320"/>
     <w:rsid w:val="00C03464"/>
     <w:rsid w:val="00C03AE3"/>
     <w:rsid w:val="00C04434"/>
     <w:rsid w:val="00C06BD5"/>
     <w:rsid w:val="00C06EA9"/>
     <w:rsid w:val="00C07A0E"/>
     <w:rsid w:val="00C10A2C"/>
     <w:rsid w:val="00C11464"/>
     <w:rsid w:val="00C127CC"/>
     <w:rsid w:val="00C14478"/>
     <w:rsid w:val="00C14EE4"/>
     <w:rsid w:val="00C1580A"/>
     <w:rsid w:val="00C15917"/>
     <w:rsid w:val="00C16BA1"/>
     <w:rsid w:val="00C16D01"/>
     <w:rsid w:val="00C1767C"/>
     <w:rsid w:val="00C17919"/>
-    <w:rsid w:val="00C205DC"/>
     <w:rsid w:val="00C20F5C"/>
     <w:rsid w:val="00C21AB5"/>
     <w:rsid w:val="00C21FFA"/>
     <w:rsid w:val="00C22210"/>
     <w:rsid w:val="00C22BFF"/>
     <w:rsid w:val="00C2326F"/>
     <w:rsid w:val="00C233A1"/>
     <w:rsid w:val="00C25005"/>
     <w:rsid w:val="00C256E3"/>
     <w:rsid w:val="00C2620D"/>
     <w:rsid w:val="00C266F5"/>
     <w:rsid w:val="00C26BD0"/>
     <w:rsid w:val="00C26EB0"/>
     <w:rsid w:val="00C313C1"/>
     <w:rsid w:val="00C3243D"/>
     <w:rsid w:val="00C324BC"/>
     <w:rsid w:val="00C3319A"/>
     <w:rsid w:val="00C33A63"/>
     <w:rsid w:val="00C33FC6"/>
     <w:rsid w:val="00C35D69"/>
+    <w:rsid w:val="00C35FC5"/>
     <w:rsid w:val="00C35FC8"/>
     <w:rsid w:val="00C35FE3"/>
     <w:rsid w:val="00C35FF2"/>
     <w:rsid w:val="00C36B73"/>
     <w:rsid w:val="00C37435"/>
     <w:rsid w:val="00C375E8"/>
     <w:rsid w:val="00C42827"/>
     <w:rsid w:val="00C43034"/>
     <w:rsid w:val="00C43A95"/>
     <w:rsid w:val="00C43AD6"/>
     <w:rsid w:val="00C43BFD"/>
     <w:rsid w:val="00C4542D"/>
     <w:rsid w:val="00C45899"/>
     <w:rsid w:val="00C4625C"/>
     <w:rsid w:val="00C462DA"/>
     <w:rsid w:val="00C468A8"/>
     <w:rsid w:val="00C46A3B"/>
     <w:rsid w:val="00C47DB0"/>
     <w:rsid w:val="00C50EDB"/>
     <w:rsid w:val="00C51541"/>
-    <w:rsid w:val="00C524C7"/>
     <w:rsid w:val="00C527B0"/>
     <w:rsid w:val="00C5296C"/>
     <w:rsid w:val="00C52E11"/>
     <w:rsid w:val="00C52EB9"/>
     <w:rsid w:val="00C53425"/>
     <w:rsid w:val="00C5347B"/>
     <w:rsid w:val="00C534D6"/>
     <w:rsid w:val="00C5363A"/>
     <w:rsid w:val="00C53C28"/>
     <w:rsid w:val="00C53DD3"/>
     <w:rsid w:val="00C54087"/>
     <w:rsid w:val="00C541AD"/>
     <w:rsid w:val="00C54545"/>
     <w:rsid w:val="00C54687"/>
     <w:rsid w:val="00C5571C"/>
     <w:rsid w:val="00C57595"/>
     <w:rsid w:val="00C57FD6"/>
     <w:rsid w:val="00C600E4"/>
     <w:rsid w:val="00C62C39"/>
     <w:rsid w:val="00C62F62"/>
     <w:rsid w:val="00C63810"/>
     <w:rsid w:val="00C6459A"/>
     <w:rsid w:val="00C66564"/>
     <w:rsid w:val="00C665A2"/>
     <w:rsid w:val="00C66E81"/>
@@ -33710,99 +37844,97 @@
     <w:rsid w:val="00C76762"/>
     <w:rsid w:val="00C76BA1"/>
     <w:rsid w:val="00C76C8E"/>
     <w:rsid w:val="00C77108"/>
     <w:rsid w:val="00C77399"/>
     <w:rsid w:val="00C77584"/>
     <w:rsid w:val="00C77E32"/>
     <w:rsid w:val="00C8036D"/>
     <w:rsid w:val="00C807CC"/>
     <w:rsid w:val="00C80970"/>
     <w:rsid w:val="00C81216"/>
     <w:rsid w:val="00C8253E"/>
     <w:rsid w:val="00C826D1"/>
     <w:rsid w:val="00C832BD"/>
     <w:rsid w:val="00C83851"/>
     <w:rsid w:val="00C83B3D"/>
     <w:rsid w:val="00C8430C"/>
     <w:rsid w:val="00C84352"/>
     <w:rsid w:val="00C84674"/>
     <w:rsid w:val="00C85D67"/>
     <w:rsid w:val="00C862BE"/>
     <w:rsid w:val="00C86D29"/>
     <w:rsid w:val="00C8763D"/>
     <w:rsid w:val="00C877E4"/>
     <w:rsid w:val="00C90EF4"/>
-    <w:rsid w:val="00C92406"/>
     <w:rsid w:val="00C927AE"/>
     <w:rsid w:val="00C933FF"/>
     <w:rsid w:val="00C939C4"/>
     <w:rsid w:val="00C93C49"/>
     <w:rsid w:val="00C93F90"/>
     <w:rsid w:val="00C946E2"/>
     <w:rsid w:val="00C94E2D"/>
     <w:rsid w:val="00C95B62"/>
     <w:rsid w:val="00C96AB1"/>
     <w:rsid w:val="00C97372"/>
     <w:rsid w:val="00C97541"/>
     <w:rsid w:val="00C9798A"/>
     <w:rsid w:val="00C97AB5"/>
     <w:rsid w:val="00CA0B9F"/>
     <w:rsid w:val="00CA11DD"/>
     <w:rsid w:val="00CA1634"/>
     <w:rsid w:val="00CA2151"/>
     <w:rsid w:val="00CA37A8"/>
     <w:rsid w:val="00CA41B3"/>
     <w:rsid w:val="00CA4378"/>
     <w:rsid w:val="00CA46E4"/>
     <w:rsid w:val="00CA4FAB"/>
     <w:rsid w:val="00CA5340"/>
     <w:rsid w:val="00CA582E"/>
     <w:rsid w:val="00CA591A"/>
     <w:rsid w:val="00CA5B2F"/>
     <w:rsid w:val="00CA5F4D"/>
     <w:rsid w:val="00CA6893"/>
     <w:rsid w:val="00CA7944"/>
     <w:rsid w:val="00CB0021"/>
     <w:rsid w:val="00CB08A1"/>
     <w:rsid w:val="00CB08AA"/>
     <w:rsid w:val="00CB26E1"/>
     <w:rsid w:val="00CB3671"/>
     <w:rsid w:val="00CB3B96"/>
     <w:rsid w:val="00CB3D6B"/>
     <w:rsid w:val="00CB49F1"/>
     <w:rsid w:val="00CB576C"/>
     <w:rsid w:val="00CB57E6"/>
     <w:rsid w:val="00CB5B1F"/>
     <w:rsid w:val="00CB5BFF"/>
     <w:rsid w:val="00CB658E"/>
     <w:rsid w:val="00CB6FF2"/>
     <w:rsid w:val="00CB7930"/>
     <w:rsid w:val="00CB79AC"/>
     <w:rsid w:val="00CC0D2D"/>
     <w:rsid w:val="00CC2707"/>
-    <w:rsid w:val="00CC293C"/>
     <w:rsid w:val="00CC3A29"/>
     <w:rsid w:val="00CC40BC"/>
     <w:rsid w:val="00CC4E09"/>
     <w:rsid w:val="00CC51D2"/>
     <w:rsid w:val="00CC7968"/>
     <w:rsid w:val="00CC7B01"/>
     <w:rsid w:val="00CD058D"/>
     <w:rsid w:val="00CD0711"/>
     <w:rsid w:val="00CD0E40"/>
     <w:rsid w:val="00CD125C"/>
     <w:rsid w:val="00CD1844"/>
     <w:rsid w:val="00CD1CF6"/>
     <w:rsid w:val="00CD2086"/>
     <w:rsid w:val="00CD31D7"/>
     <w:rsid w:val="00CD3CBF"/>
     <w:rsid w:val="00CD424F"/>
     <w:rsid w:val="00CD4305"/>
     <w:rsid w:val="00CD467E"/>
     <w:rsid w:val="00CD5794"/>
     <w:rsid w:val="00CD6988"/>
     <w:rsid w:val="00CD7622"/>
     <w:rsid w:val="00CD7626"/>
     <w:rsid w:val="00CD7AED"/>
     <w:rsid w:val="00CD7C15"/>
     <w:rsid w:val="00CE0ECC"/>
@@ -33886,125 +38018,126 @@
     <w:rsid w:val="00D23F38"/>
     <w:rsid w:val="00D25BBA"/>
     <w:rsid w:val="00D26114"/>
     <w:rsid w:val="00D26834"/>
     <w:rsid w:val="00D2686B"/>
     <w:rsid w:val="00D26C21"/>
     <w:rsid w:val="00D27262"/>
     <w:rsid w:val="00D2733D"/>
     <w:rsid w:val="00D27B13"/>
     <w:rsid w:val="00D27F28"/>
     <w:rsid w:val="00D30068"/>
     <w:rsid w:val="00D30239"/>
     <w:rsid w:val="00D3065D"/>
     <w:rsid w:val="00D317E5"/>
     <w:rsid w:val="00D31AC9"/>
     <w:rsid w:val="00D32474"/>
     <w:rsid w:val="00D32AB9"/>
     <w:rsid w:val="00D32D00"/>
     <w:rsid w:val="00D32D34"/>
     <w:rsid w:val="00D3301B"/>
     <w:rsid w:val="00D336E5"/>
     <w:rsid w:val="00D33A5E"/>
     <w:rsid w:val="00D33DBA"/>
     <w:rsid w:val="00D342DF"/>
     <w:rsid w:val="00D34E57"/>
+    <w:rsid w:val="00D34FEA"/>
     <w:rsid w:val="00D354A2"/>
     <w:rsid w:val="00D361AD"/>
     <w:rsid w:val="00D36AC8"/>
     <w:rsid w:val="00D40806"/>
     <w:rsid w:val="00D4199F"/>
     <w:rsid w:val="00D422A1"/>
     <w:rsid w:val="00D4240F"/>
     <w:rsid w:val="00D42516"/>
     <w:rsid w:val="00D429DF"/>
     <w:rsid w:val="00D42B7F"/>
     <w:rsid w:val="00D43755"/>
     <w:rsid w:val="00D43F5B"/>
     <w:rsid w:val="00D442CE"/>
     <w:rsid w:val="00D44980"/>
+    <w:rsid w:val="00D450FD"/>
     <w:rsid w:val="00D45660"/>
     <w:rsid w:val="00D46D42"/>
+    <w:rsid w:val="00D46DD3"/>
     <w:rsid w:val="00D46E3E"/>
     <w:rsid w:val="00D471BB"/>
     <w:rsid w:val="00D47306"/>
     <w:rsid w:val="00D47BF3"/>
     <w:rsid w:val="00D50C61"/>
     <w:rsid w:val="00D514C8"/>
     <w:rsid w:val="00D51BA6"/>
     <w:rsid w:val="00D51CFF"/>
     <w:rsid w:val="00D52251"/>
     <w:rsid w:val="00D52348"/>
     <w:rsid w:val="00D52B15"/>
     <w:rsid w:val="00D52BEC"/>
     <w:rsid w:val="00D52D88"/>
     <w:rsid w:val="00D52F5B"/>
     <w:rsid w:val="00D53061"/>
     <w:rsid w:val="00D5333B"/>
     <w:rsid w:val="00D54D31"/>
     <w:rsid w:val="00D550F3"/>
     <w:rsid w:val="00D55FC6"/>
     <w:rsid w:val="00D56C02"/>
     <w:rsid w:val="00D56CB6"/>
     <w:rsid w:val="00D570F1"/>
     <w:rsid w:val="00D5713E"/>
     <w:rsid w:val="00D574C7"/>
     <w:rsid w:val="00D57963"/>
     <w:rsid w:val="00D6039D"/>
     <w:rsid w:val="00D61503"/>
     <w:rsid w:val="00D630E2"/>
     <w:rsid w:val="00D64546"/>
     <w:rsid w:val="00D6502F"/>
-    <w:rsid w:val="00D674AE"/>
     <w:rsid w:val="00D67908"/>
     <w:rsid w:val="00D67CE6"/>
     <w:rsid w:val="00D701B0"/>
     <w:rsid w:val="00D7022C"/>
     <w:rsid w:val="00D72ADB"/>
     <w:rsid w:val="00D72CA8"/>
     <w:rsid w:val="00D73186"/>
     <w:rsid w:val="00D741E1"/>
     <w:rsid w:val="00D742B6"/>
     <w:rsid w:val="00D74D7B"/>
     <w:rsid w:val="00D750BA"/>
     <w:rsid w:val="00D75539"/>
     <w:rsid w:val="00D75CCA"/>
     <w:rsid w:val="00D7614B"/>
     <w:rsid w:val="00D80632"/>
     <w:rsid w:val="00D8221D"/>
     <w:rsid w:val="00D83A2F"/>
     <w:rsid w:val="00D83C0B"/>
     <w:rsid w:val="00D83F95"/>
     <w:rsid w:val="00D84090"/>
     <w:rsid w:val="00D84EFA"/>
     <w:rsid w:val="00D860AD"/>
     <w:rsid w:val="00D86EA2"/>
     <w:rsid w:val="00D86FA6"/>
     <w:rsid w:val="00D8774B"/>
     <w:rsid w:val="00D87C5B"/>
     <w:rsid w:val="00D87C5E"/>
-    <w:rsid w:val="00D87E25"/>
     <w:rsid w:val="00D87E75"/>
     <w:rsid w:val="00D90290"/>
     <w:rsid w:val="00D911A0"/>
     <w:rsid w:val="00D91357"/>
     <w:rsid w:val="00D91549"/>
     <w:rsid w:val="00D9159C"/>
     <w:rsid w:val="00D919FE"/>
     <w:rsid w:val="00D92857"/>
     <w:rsid w:val="00D929B2"/>
     <w:rsid w:val="00D92C26"/>
     <w:rsid w:val="00D9333A"/>
     <w:rsid w:val="00D9351D"/>
     <w:rsid w:val="00D93B5A"/>
     <w:rsid w:val="00D93C70"/>
     <w:rsid w:val="00D9431E"/>
     <w:rsid w:val="00D95356"/>
     <w:rsid w:val="00D95BC8"/>
     <w:rsid w:val="00D95FAB"/>
     <w:rsid w:val="00D96996"/>
     <w:rsid w:val="00D97A2D"/>
     <w:rsid w:val="00D97A9D"/>
     <w:rsid w:val="00DA0873"/>
     <w:rsid w:val="00DA110C"/>
     <w:rsid w:val="00DA1112"/>
     <w:rsid w:val="00DA1302"/>
@@ -34015,90 +38148,88 @@
     <w:rsid w:val="00DA3C25"/>
     <w:rsid w:val="00DA3C36"/>
     <w:rsid w:val="00DA3DBB"/>
     <w:rsid w:val="00DA4C21"/>
     <w:rsid w:val="00DA4FD8"/>
     <w:rsid w:val="00DA573A"/>
     <w:rsid w:val="00DA66DE"/>
     <w:rsid w:val="00DA6B2E"/>
     <w:rsid w:val="00DA71BA"/>
     <w:rsid w:val="00DA7C83"/>
     <w:rsid w:val="00DB013A"/>
     <w:rsid w:val="00DB0471"/>
     <w:rsid w:val="00DB0607"/>
     <w:rsid w:val="00DB0984"/>
     <w:rsid w:val="00DB09C1"/>
     <w:rsid w:val="00DB176B"/>
     <w:rsid w:val="00DB17B2"/>
     <w:rsid w:val="00DB446B"/>
     <w:rsid w:val="00DB4AAB"/>
     <w:rsid w:val="00DB4CDC"/>
     <w:rsid w:val="00DB54D7"/>
     <w:rsid w:val="00DB6D23"/>
     <w:rsid w:val="00DB6D44"/>
     <w:rsid w:val="00DB6D8D"/>
     <w:rsid w:val="00DB78BA"/>
-    <w:rsid w:val="00DB7A58"/>
     <w:rsid w:val="00DC1276"/>
     <w:rsid w:val="00DC207D"/>
     <w:rsid w:val="00DC2610"/>
     <w:rsid w:val="00DC26D7"/>
     <w:rsid w:val="00DC378A"/>
     <w:rsid w:val="00DC4CDF"/>
     <w:rsid w:val="00DC4FA6"/>
     <w:rsid w:val="00DC4FFE"/>
     <w:rsid w:val="00DC5180"/>
     <w:rsid w:val="00DC52CC"/>
     <w:rsid w:val="00DC69D5"/>
     <w:rsid w:val="00DC6EA6"/>
     <w:rsid w:val="00DC6F4F"/>
     <w:rsid w:val="00DD033E"/>
     <w:rsid w:val="00DD0847"/>
     <w:rsid w:val="00DD0E68"/>
     <w:rsid w:val="00DD1157"/>
     <w:rsid w:val="00DD14D6"/>
     <w:rsid w:val="00DD1A86"/>
     <w:rsid w:val="00DD2876"/>
     <w:rsid w:val="00DD40B3"/>
     <w:rsid w:val="00DD4144"/>
     <w:rsid w:val="00DD440A"/>
     <w:rsid w:val="00DD4E17"/>
     <w:rsid w:val="00DD569C"/>
     <w:rsid w:val="00DD5E94"/>
     <w:rsid w:val="00DD6212"/>
     <w:rsid w:val="00DD646B"/>
     <w:rsid w:val="00DD6479"/>
     <w:rsid w:val="00DD6A4F"/>
     <w:rsid w:val="00DD6A86"/>
     <w:rsid w:val="00DD7CB8"/>
     <w:rsid w:val="00DE20DB"/>
     <w:rsid w:val="00DE24AE"/>
     <w:rsid w:val="00DE2A14"/>
     <w:rsid w:val="00DE3A76"/>
     <w:rsid w:val="00DE45AA"/>
     <w:rsid w:val="00DE4EF9"/>
-    <w:rsid w:val="00DE5DDB"/>
     <w:rsid w:val="00DE7412"/>
     <w:rsid w:val="00DE7881"/>
     <w:rsid w:val="00DF0245"/>
     <w:rsid w:val="00DF1CEE"/>
     <w:rsid w:val="00DF2134"/>
     <w:rsid w:val="00DF25F8"/>
     <w:rsid w:val="00DF299E"/>
     <w:rsid w:val="00DF3A59"/>
     <w:rsid w:val="00DF3B61"/>
     <w:rsid w:val="00DF3FFC"/>
     <w:rsid w:val="00DF4E2B"/>
     <w:rsid w:val="00DF5FA4"/>
     <w:rsid w:val="00DF66F0"/>
     <w:rsid w:val="00DF6F4C"/>
     <w:rsid w:val="00DF75F4"/>
     <w:rsid w:val="00DF7BF4"/>
     <w:rsid w:val="00DF7C15"/>
     <w:rsid w:val="00E002EE"/>
     <w:rsid w:val="00E00411"/>
     <w:rsid w:val="00E012AF"/>
     <w:rsid w:val="00E024BC"/>
     <w:rsid w:val="00E0260C"/>
     <w:rsid w:val="00E02C7D"/>
     <w:rsid w:val="00E02CDD"/>
     <w:rsid w:val="00E03488"/>
@@ -34111,51 +38242,50 @@
     <w:rsid w:val="00E10043"/>
     <w:rsid w:val="00E1042C"/>
     <w:rsid w:val="00E10BF2"/>
     <w:rsid w:val="00E113F4"/>
     <w:rsid w:val="00E120B6"/>
     <w:rsid w:val="00E12198"/>
     <w:rsid w:val="00E12932"/>
     <w:rsid w:val="00E12C0F"/>
     <w:rsid w:val="00E137CD"/>
     <w:rsid w:val="00E13E1C"/>
     <w:rsid w:val="00E13E7E"/>
     <w:rsid w:val="00E14EC7"/>
     <w:rsid w:val="00E158F6"/>
     <w:rsid w:val="00E1707A"/>
     <w:rsid w:val="00E173E6"/>
     <w:rsid w:val="00E1761B"/>
     <w:rsid w:val="00E2039E"/>
     <w:rsid w:val="00E203FB"/>
     <w:rsid w:val="00E2075F"/>
     <w:rsid w:val="00E209D1"/>
     <w:rsid w:val="00E20FC8"/>
     <w:rsid w:val="00E212FC"/>
     <w:rsid w:val="00E21903"/>
     <w:rsid w:val="00E21A7D"/>
     <w:rsid w:val="00E21DB2"/>
-    <w:rsid w:val="00E21FB2"/>
     <w:rsid w:val="00E23DC3"/>
     <w:rsid w:val="00E241D1"/>
     <w:rsid w:val="00E2474E"/>
     <w:rsid w:val="00E24E0D"/>
     <w:rsid w:val="00E25054"/>
     <w:rsid w:val="00E252DC"/>
     <w:rsid w:val="00E25B40"/>
     <w:rsid w:val="00E2602F"/>
     <w:rsid w:val="00E26DC5"/>
     <w:rsid w:val="00E27097"/>
     <w:rsid w:val="00E3081E"/>
     <w:rsid w:val="00E30D8C"/>
     <w:rsid w:val="00E30DD6"/>
     <w:rsid w:val="00E31A9F"/>
     <w:rsid w:val="00E325A7"/>
     <w:rsid w:val="00E345C0"/>
     <w:rsid w:val="00E36292"/>
     <w:rsid w:val="00E36A2C"/>
     <w:rsid w:val="00E373F2"/>
     <w:rsid w:val="00E3756E"/>
     <w:rsid w:val="00E37A9C"/>
     <w:rsid w:val="00E37D34"/>
     <w:rsid w:val="00E4101A"/>
     <w:rsid w:val="00E41171"/>
     <w:rsid w:val="00E414CD"/>
@@ -34212,158 +38342,153 @@
     <w:rsid w:val="00E750A2"/>
     <w:rsid w:val="00E75FE2"/>
     <w:rsid w:val="00E7653B"/>
     <w:rsid w:val="00E76540"/>
     <w:rsid w:val="00E76E42"/>
     <w:rsid w:val="00E76EFD"/>
     <w:rsid w:val="00E77ED3"/>
     <w:rsid w:val="00E804E5"/>
     <w:rsid w:val="00E8087E"/>
     <w:rsid w:val="00E81569"/>
     <w:rsid w:val="00E81B3C"/>
     <w:rsid w:val="00E82802"/>
     <w:rsid w:val="00E837D7"/>
     <w:rsid w:val="00E8458B"/>
     <w:rsid w:val="00E84B7B"/>
     <w:rsid w:val="00E85743"/>
     <w:rsid w:val="00E85AE1"/>
     <w:rsid w:val="00E86B13"/>
     <w:rsid w:val="00E86B25"/>
     <w:rsid w:val="00E87240"/>
     <w:rsid w:val="00E87FF6"/>
     <w:rsid w:val="00E90010"/>
     <w:rsid w:val="00E9016F"/>
     <w:rsid w:val="00E90AF0"/>
     <w:rsid w:val="00E91E31"/>
-    <w:rsid w:val="00E92E1A"/>
     <w:rsid w:val="00E92E81"/>
     <w:rsid w:val="00E93038"/>
     <w:rsid w:val="00E9398C"/>
     <w:rsid w:val="00E9407D"/>
     <w:rsid w:val="00E9484D"/>
     <w:rsid w:val="00E95588"/>
     <w:rsid w:val="00E95A7C"/>
     <w:rsid w:val="00E9623A"/>
     <w:rsid w:val="00E9696D"/>
     <w:rsid w:val="00E969C0"/>
     <w:rsid w:val="00E96EC3"/>
     <w:rsid w:val="00EA030C"/>
     <w:rsid w:val="00EA04DD"/>
     <w:rsid w:val="00EA1474"/>
     <w:rsid w:val="00EA16D6"/>
     <w:rsid w:val="00EA1ABA"/>
     <w:rsid w:val="00EA1BEA"/>
-    <w:rsid w:val="00EA1C1D"/>
     <w:rsid w:val="00EA2A02"/>
     <w:rsid w:val="00EA2EAB"/>
     <w:rsid w:val="00EA36CF"/>
     <w:rsid w:val="00EA3A3B"/>
     <w:rsid w:val="00EA422F"/>
     <w:rsid w:val="00EA438F"/>
     <w:rsid w:val="00EA5882"/>
     <w:rsid w:val="00EA58FF"/>
     <w:rsid w:val="00EA7809"/>
     <w:rsid w:val="00EA7A1D"/>
-    <w:rsid w:val="00EA7A9C"/>
     <w:rsid w:val="00EA7B47"/>
     <w:rsid w:val="00EA7C2D"/>
     <w:rsid w:val="00EB02B5"/>
     <w:rsid w:val="00EB055E"/>
     <w:rsid w:val="00EB085B"/>
     <w:rsid w:val="00EB092B"/>
     <w:rsid w:val="00EB0E4B"/>
     <w:rsid w:val="00EB1532"/>
     <w:rsid w:val="00EB165C"/>
     <w:rsid w:val="00EB1955"/>
     <w:rsid w:val="00EB1D5C"/>
     <w:rsid w:val="00EB22FB"/>
     <w:rsid w:val="00EB28BB"/>
     <w:rsid w:val="00EB2AB4"/>
     <w:rsid w:val="00EB34A9"/>
     <w:rsid w:val="00EB373A"/>
     <w:rsid w:val="00EB4016"/>
     <w:rsid w:val="00EB4062"/>
     <w:rsid w:val="00EB43B1"/>
     <w:rsid w:val="00EB543A"/>
     <w:rsid w:val="00EB5861"/>
     <w:rsid w:val="00EB5DA9"/>
     <w:rsid w:val="00EB62AE"/>
     <w:rsid w:val="00EB6DE4"/>
     <w:rsid w:val="00EB7709"/>
     <w:rsid w:val="00EC06D3"/>
     <w:rsid w:val="00EC1CFE"/>
     <w:rsid w:val="00EC21DB"/>
-    <w:rsid w:val="00EC310E"/>
     <w:rsid w:val="00EC35D6"/>
     <w:rsid w:val="00EC4CC4"/>
     <w:rsid w:val="00EC4EA6"/>
     <w:rsid w:val="00EC583A"/>
     <w:rsid w:val="00EC5C63"/>
     <w:rsid w:val="00EC5ECE"/>
     <w:rsid w:val="00EC5F7C"/>
     <w:rsid w:val="00EC6E72"/>
     <w:rsid w:val="00EC7094"/>
     <w:rsid w:val="00EC77FE"/>
     <w:rsid w:val="00ED1849"/>
     <w:rsid w:val="00ED1C3A"/>
     <w:rsid w:val="00ED2106"/>
     <w:rsid w:val="00ED2524"/>
     <w:rsid w:val="00ED2C6E"/>
     <w:rsid w:val="00ED339F"/>
     <w:rsid w:val="00ED42AA"/>
     <w:rsid w:val="00ED4B11"/>
     <w:rsid w:val="00ED6E6E"/>
     <w:rsid w:val="00ED7581"/>
     <w:rsid w:val="00ED759C"/>
     <w:rsid w:val="00ED762E"/>
     <w:rsid w:val="00ED7867"/>
     <w:rsid w:val="00ED7BD5"/>
     <w:rsid w:val="00ED7E2B"/>
     <w:rsid w:val="00EE09A5"/>
     <w:rsid w:val="00EE1224"/>
     <w:rsid w:val="00EE13D6"/>
     <w:rsid w:val="00EE157D"/>
     <w:rsid w:val="00EE19BC"/>
     <w:rsid w:val="00EE1FB1"/>
     <w:rsid w:val="00EE203D"/>
     <w:rsid w:val="00EE272F"/>
     <w:rsid w:val="00EE3793"/>
     <w:rsid w:val="00EE3A89"/>
     <w:rsid w:val="00EE4A9E"/>
     <w:rsid w:val="00EE4DD5"/>
     <w:rsid w:val="00EE5470"/>
     <w:rsid w:val="00EE563A"/>
     <w:rsid w:val="00EE6278"/>
     <w:rsid w:val="00EE6813"/>
     <w:rsid w:val="00EE7D9A"/>
     <w:rsid w:val="00EF1BA5"/>
     <w:rsid w:val="00EF1BFB"/>
     <w:rsid w:val="00EF1F17"/>
     <w:rsid w:val="00EF27A0"/>
     <w:rsid w:val="00EF2937"/>
     <w:rsid w:val="00EF3279"/>
-    <w:rsid w:val="00EF397D"/>
     <w:rsid w:val="00EF3ABC"/>
     <w:rsid w:val="00EF4DF0"/>
     <w:rsid w:val="00EF4E6D"/>
     <w:rsid w:val="00EF4F51"/>
     <w:rsid w:val="00EF555E"/>
     <w:rsid w:val="00EF59C1"/>
     <w:rsid w:val="00EF6637"/>
     <w:rsid w:val="00EF6F48"/>
     <w:rsid w:val="00EF712A"/>
     <w:rsid w:val="00EF7C00"/>
     <w:rsid w:val="00EF7CF3"/>
     <w:rsid w:val="00EF7F19"/>
     <w:rsid w:val="00F0025C"/>
     <w:rsid w:val="00F00844"/>
     <w:rsid w:val="00F013FF"/>
     <w:rsid w:val="00F015CB"/>
     <w:rsid w:val="00F02363"/>
     <w:rsid w:val="00F02781"/>
     <w:rsid w:val="00F02A41"/>
     <w:rsid w:val="00F02AFC"/>
     <w:rsid w:val="00F0351A"/>
     <w:rsid w:val="00F03699"/>
     <w:rsid w:val="00F03920"/>
     <w:rsid w:val="00F04216"/>
     <w:rsid w:val="00F048B3"/>
@@ -34501,559 +38626,330 @@
     <w:rsid w:val="00F84545"/>
     <w:rsid w:val="00F84ED6"/>
     <w:rsid w:val="00F85916"/>
     <w:rsid w:val="00F85C7B"/>
     <w:rsid w:val="00F85F29"/>
     <w:rsid w:val="00F87604"/>
     <w:rsid w:val="00F877A9"/>
     <w:rsid w:val="00F87994"/>
     <w:rsid w:val="00F87C3B"/>
     <w:rsid w:val="00F90154"/>
     <w:rsid w:val="00F9162F"/>
     <w:rsid w:val="00F9198D"/>
     <w:rsid w:val="00F933FC"/>
     <w:rsid w:val="00F93B3B"/>
     <w:rsid w:val="00F93F62"/>
     <w:rsid w:val="00F94081"/>
     <w:rsid w:val="00F9486A"/>
     <w:rsid w:val="00F95054"/>
     <w:rsid w:val="00F9560D"/>
     <w:rsid w:val="00F96657"/>
     <w:rsid w:val="00F96E44"/>
     <w:rsid w:val="00F97718"/>
     <w:rsid w:val="00F97CB6"/>
     <w:rsid w:val="00FA118A"/>
     <w:rsid w:val="00FA1F0A"/>
-    <w:rsid w:val="00FA3271"/>
     <w:rsid w:val="00FA3867"/>
     <w:rsid w:val="00FA3D04"/>
     <w:rsid w:val="00FA41EC"/>
     <w:rsid w:val="00FA446D"/>
     <w:rsid w:val="00FA4E1C"/>
     <w:rsid w:val="00FA57FF"/>
     <w:rsid w:val="00FA5BA7"/>
     <w:rsid w:val="00FA664B"/>
     <w:rsid w:val="00FA6859"/>
     <w:rsid w:val="00FA6F87"/>
     <w:rsid w:val="00FA7072"/>
     <w:rsid w:val="00FA720A"/>
     <w:rsid w:val="00FA75BA"/>
     <w:rsid w:val="00FB08FF"/>
     <w:rsid w:val="00FB092A"/>
     <w:rsid w:val="00FB094B"/>
     <w:rsid w:val="00FB1468"/>
     <w:rsid w:val="00FB1499"/>
     <w:rsid w:val="00FB1634"/>
     <w:rsid w:val="00FB1D8B"/>
     <w:rsid w:val="00FB32C6"/>
     <w:rsid w:val="00FB398E"/>
     <w:rsid w:val="00FB4136"/>
     <w:rsid w:val="00FB4FF7"/>
     <w:rsid w:val="00FB574C"/>
     <w:rsid w:val="00FB5949"/>
     <w:rsid w:val="00FB5E18"/>
     <w:rsid w:val="00FB6727"/>
     <w:rsid w:val="00FB7073"/>
     <w:rsid w:val="00FB7383"/>
     <w:rsid w:val="00FB75B7"/>
     <w:rsid w:val="00FB7EBF"/>
     <w:rsid w:val="00FB7FB1"/>
     <w:rsid w:val="00FC05E3"/>
-    <w:rsid w:val="00FC2DDA"/>
     <w:rsid w:val="00FC3120"/>
     <w:rsid w:val="00FC3E65"/>
     <w:rsid w:val="00FC3FA4"/>
     <w:rsid w:val="00FC3FFC"/>
     <w:rsid w:val="00FC4073"/>
     <w:rsid w:val="00FC45AC"/>
     <w:rsid w:val="00FC5629"/>
     <w:rsid w:val="00FC5ACB"/>
     <w:rsid w:val="00FC606B"/>
     <w:rsid w:val="00FC6311"/>
     <w:rsid w:val="00FC7348"/>
     <w:rsid w:val="00FC7F0A"/>
     <w:rsid w:val="00FD0B0C"/>
     <w:rsid w:val="00FD14ED"/>
     <w:rsid w:val="00FD165D"/>
-    <w:rsid w:val="00FD1710"/>
     <w:rsid w:val="00FD182F"/>
     <w:rsid w:val="00FD1B86"/>
     <w:rsid w:val="00FD3BE6"/>
     <w:rsid w:val="00FD444C"/>
     <w:rsid w:val="00FD50F5"/>
     <w:rsid w:val="00FD6025"/>
     <w:rsid w:val="00FD79D0"/>
     <w:rsid w:val="00FD7AA5"/>
     <w:rsid w:val="00FD7C5E"/>
     <w:rsid w:val="00FE1DB1"/>
     <w:rsid w:val="00FE1E36"/>
     <w:rsid w:val="00FE25FC"/>
     <w:rsid w:val="00FE27B6"/>
     <w:rsid w:val="00FE29EA"/>
     <w:rsid w:val="00FE3B3B"/>
     <w:rsid w:val="00FE4502"/>
     <w:rsid w:val="00FE6B4B"/>
     <w:rsid w:val="00FE6CA9"/>
     <w:rsid w:val="00FE7A3E"/>
     <w:rsid w:val="00FE7C98"/>
     <w:rsid w:val="00FF04C1"/>
     <w:rsid w:val="00FF1757"/>
     <w:rsid w:val="00FF2132"/>
     <w:rsid w:val="00FF24CD"/>
     <w:rsid w:val="00FF26B9"/>
     <w:rsid w:val="00FF3A8C"/>
     <w:rsid w:val="00FF3D20"/>
     <w:rsid w:val="00FF3EDC"/>
     <w:rsid w:val="00FF4260"/>
     <w:rsid w:val="00FF4DE4"/>
     <w:rsid w:val="00FF5C43"/>
     <w:rsid w:val="00FF644E"/>
     <w:rsid w:val="00FF6952"/>
     <w:rsid w:val="00FF7214"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 2" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 3" w:uiPriority="0"/>
+    <w:lsdException w:name="Block Text" w:uiPriority="0"/>
+    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
+    <w:lsdException w:name="HTML Cite" w:uiPriority="0"/>
+    <w:lsdException w:name="HTML Preformatted" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005E64C1"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00F93B3B"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="20">
@@ -35233,50 +39129,51 @@
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
       <w:ind w:left="1584" w:hanging="1584"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -35416,70 +39313,77 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основной текст Знак"/>
     <w:link w:val="a3"/>
     <w:rsid w:val="00D72CA8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="005C7982"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005C7982"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00026708"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:qFormat/>
     <w:rsid w:val="004F6296"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
@@ -35745,50 +39649,51 @@
     <w:rsid w:val="00AC232A"/>
     <w:rPr>
       <w:rFonts w:eastAsia="DejaVu Sans"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Текст примечания Знак"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC232A"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001A2B09"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af8">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A2966"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="12">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00AC710E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="440"/>
         <w:tab w:val="right" w:pos="9120"/>
       </w:tabs>
@@ -36044,94 +39949,94 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="num" w:pos="180"/>
       </w:tabs>
       <w:spacing w:after="40" w:line="260" w:lineRule="exact"/>
       <w:ind w:left="180" w:hanging="180"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Covertitle">
     <w:name w:val="Cover title"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1blue">
     <w:name w:val="Header 1 blue"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="0066CC"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Content1headerblue">
     <w:name w:val="Content 1 header blue"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="0066CC"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="contenttextblackindented">
     <w:name w:val="content text black indented"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1sectiontitleblue">
     <w:name w:val="1. section title blue"/>
     <w:basedOn w:val="SectionTitle"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="142"/>
         <w:tab w:val="num" w:pos="680"/>
       </w:tabs>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:color w:val="0066CC"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
@@ -36186,51 +40091,51 @@
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00B81B2F"/>
     <w:pPr>
       <w:ind w:left="5245" w:firstLine="709"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Factsheetbodytext">
     <w:name w:val="Factsheet body text"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="afd"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afd">
     <w:name w:val="Текст сноски Знак"/>
     <w:link w:val="afc"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D21AE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -36366,82 +40271,79 @@
     <w:link w:val="aff1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D21AE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style 1"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="295" w:lineRule="auto"/>
       <w:ind w:left="288"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style 3"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style 4"/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:ind w:left="72"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CharacterStyle1">
     <w:name w:val="Character Style 1"/>
     <w:rsid w:val="00D21AE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff3">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:rsid w:val="00D21AE4"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Malgun Gothic" w:hAnsi="Cambria"/>
@@ -37131,116 +41033,2585 @@
       <w:kern w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1Bulletlist">
     <w:name w:val="1 Bullet list"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00D01BC9"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="13">
     <w:name w:val="Сетка таблицы1"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a5"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00A61043"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="25">
     <w:name w:val="Сетка таблицы2"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a5"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00552D5F"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="14">
     <w:name w:val="Нет списка1"/>
     <w:next w:val="a2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00687513"/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="34">
     <w:name w:val="Сетка таблицы3"/>
     <w:basedOn w:val="a1"/>
     <w:next w:val="a5"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00687513"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:line="260" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff8">
+    <w:name w:val="line number"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00687513"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:rsid w:val="00CE264C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:color w:val="0000FF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:link w:val="HTML"/>
+    <w:rsid w:val="00CE264C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="0000FF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a8"/>
+    <w:locked/>
+    <w:rsid w:val="0084222B"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 2" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 3" w:uiPriority="0"/>
+    <w:lsdException w:name="Block Text" w:uiPriority="0"/>
+    <w:lsdException w:name="FollowedHyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Text" w:uiPriority="0"/>
+    <w:lsdException w:name="HTML Cite" w:uiPriority="0"/>
+    <w:lsdException w:name="HTML Preformatted" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="005E64C1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F93B3B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1701" w:hanging="720"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:bCs/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="864" w:hanging="864"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1008" w:hanging="1008"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:color w:val="243F60"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1152" w:hanging="1152"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1296" w:hanging="1296"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1440" w:hanging="1440"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:color w:val="404040"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="200" w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1584" w:hanging="1584"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:link w:val="1"/>
+    <w:rsid w:val="00F93B3B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:color w:val="243F60"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:link w:val="6"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:color w:val="404040"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Gothic"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D72CA8"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основной текст Знак"/>
+    <w:link w:val="a3"/>
+    <w:rsid w:val="00D72CA8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="005C7982"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C7982"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00026708"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F6296"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="006C2316"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст_"/>
+    <w:link w:val="61"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="006C2316"/>
+    <w:rPr>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="61">
+    <w:name w:val="Основной текст6"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006C2316"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:spacing w:after="0" w:line="226" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2pt">
+    <w:name w:val="Основной текст + Интервал 2 pt"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006C2316"/>
+    <w:rPr>
+      <w:spacing w:val="40"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B6EAD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C2622"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C2622"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00536859"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00536859"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00536859"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00536859"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00026708"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B1258D"/>
+    <w:pPr>
+      <w:framePr w:hSpace="181" w:vSpace="284" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="471"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:suppressOverlap/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="GillSans,Bold" w:hAnsi="GillSans,Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="00B1258D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="GillSans,Bold" w:eastAsia="Times New Roman" w:hAnsi="GillSans,Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="00C76BA1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="00E417F5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC232A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Текст примечания Знак1"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AC232A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC232A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001A2B09"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af8">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A2966"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="12">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00AC710E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="440"/>
+        <w:tab w:val="right" w:pos="9120"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msolistparagraph0">
+    <w:name w:val="msolistparagraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F93B3B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharChar2">
+    <w:name w:val="Char Char2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharChar1">
+    <w:name w:val="Char Char1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharChar">
+    <w:name w:val="Char Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af9">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indent">
+    <w:name w:val="Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="1004" w:hanging="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SectionTitle">
+    <w:name w:val="Section Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="Indent"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="284"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SectionTitle1">
+    <w:name w:val="Section Title 1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SectionTitle2">
+    <w:name w:val="Section Title 2"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FieldData">
+    <w:name w:val="Field Data"/>
+    <w:basedOn w:val="3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="220" w:line="220" w:lineRule="exact"/>
+      <w:ind w:left="1701" w:hanging="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FieldTitle">
+    <w:name w:val="Field Title"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="220" w:after="0" w:line="220" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Spacer">
+    <w:name w:val="Spacer"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="210" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="794"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Confidential">
+    <w:name w:val="Confidential"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Page1Date">
+    <w:name w:val="Page 1 Date"/>
+    <w:basedOn w:val="Page1Heading"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Page1Heading">
+    <w:name w:val="Page 1 Heading"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="34"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CellBullet">
+    <w:name w:val="Cell Bullet"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afa">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="afb"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="180"/>
+      </w:tabs>
+      <w:spacing w:after="40" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="180" w:hanging="180"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Covertitle">
+    <w:name w:val="Cover title"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1blue">
+    <w:name w:val="Header 1 blue"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="0066CC"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Content1headerblue">
+    <w:name w:val="Content 1 header blue"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="0066CC"/>
+      <w:sz w:val="34"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="contenttextblackindented">
+    <w:name w:val="content text black indented"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1sectiontitleblue">
+    <w:name w:val="1. section title blue"/>
+    <w:basedOn w:val="SectionTitle"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="142"/>
+        <w:tab w:val="num" w:pos="680"/>
+      </w:tabs>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:color w:val="0066CC"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="List Bullet 2"/>
+    <w:aliases w:val="Factsheet Bullet List"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="742"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="2160"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FactsheetHeader">
+    <w:name w:val="Factsheet Header"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="0065BD"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Factsheetsubheader1">
+    <w:name w:val="Factsheet subheader 1"/>
+    <w:basedOn w:val="FactsheetHeader"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B81B2F"/>
+    <w:pPr>
+      <w:ind w:left="5245" w:firstLine="709"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Factsheetbodytext">
+    <w:name w:val="Factsheet body text"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="180" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afc">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="afd"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afd">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:link w:val="afc"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afe">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent11">
+    <w:name w:val="Colorful List - Accent 11"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:link w:val="DefaultChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ColorfulList-Accent111">
+    <w:name w:val="Colorful List - Accent 111"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="100" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff0">
+    <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff1">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="af5"/>
+    <w:next w:val="af5"/>
+    <w:link w:val="aff2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff2">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:link w:val="aff1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style 1"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:line="295" w:lineRule="auto"/>
+      <w:ind w:left="288"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
+    <w:name w:val="Style 3"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
+    <w:name w:val="Style 4"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:ind w:left="72"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharacterStyle1">
+    <w:name w:val="Character Style 1"/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff3">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Malgun Gothic" w:hAnsi="Cambria"/>
+      <w:color w:val="365F91"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D21AE4"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="hps">
+    <w:name w:val="hps"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D21AE4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="shorttext">
+    <w:name w:val="short_text"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00D21AE4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="atn">
+    <w:name w:val="atn"/>
+    <w:rsid w:val="00D21AE4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="translation">
+    <w:name w:val="translation"/>
+    <w:rsid w:val="00D21AE4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="toplevelheadingChar">
+    <w:name w:val="top level heading Char"/>
+    <w:basedOn w:val="4"/>
+    <w:link w:val="toplevelheadingCharChar"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="864"/>
+      </w:tabs>
+      <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="864" w:hanging="864"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:i w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="toplevelheadingCharChar">
+    <w:name w:val="top level heading Char Char"/>
+    <w:link w:val="toplevelheadingChar"/>
+    <w:locked/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="24"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст 2 Знак"/>
+    <w:link w:val="23"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aff4">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CIEBodytext">
+    <w:name w:val="CIE Body text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CIEBulletlist">
+    <w:name w:val="CIE Bullet list"/>
+    <w:basedOn w:val="CIEBodytext"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff5">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aff6"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aff6">
+    <w:name w:val="Текст Знак"/>
+    <w:link w:val="aff5"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CIELegalHeading1">
+    <w:name w:val="CIE Legal Heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="CIELegalHeading2"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="340"/>
+        <w:tab w:val="num" w:pos="360"/>
+        <w:tab w:val="num" w:pos="680"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CIELegalHeading2">
+    <w:name w:val="CIE Legal Heading 2"/>
+    <w:basedOn w:val="20"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="567"/>
+        <w:tab w:val="num" w:pos="360"/>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="680" w:hanging="680"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b w:val="0"/>
+      <w:i w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CIELegalHeading3">
+    <w:name w:val="CIE Legal Heading 3"/>
+    <w:basedOn w:val="3"/>
+    <w:link w:val="CIELegalHeading3Char"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CIELegalHeading3Char">
+    <w:name w:val="CIE Legal Heading 3 Char"/>
+    <w:link w:val="CIELegalHeading3"/>
+    <w:locked/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CIELegalHeading4">
+    <w:name w:val="CIE Legal Heading 4"/>
+    <w:basedOn w:val="4"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:keepLines w:val="0"/>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="2372"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2372" w:hanging="964"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:b w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRParties">
+    <w:name w:val="M&amp;R Parties"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading1">
+    <w:name w:val="M&amp;R heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading2">
+    <w:name w:val="M&amp;R heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="720" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading3">
+    <w:name w:val="M&amp;R heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="1800"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="1800" w:hanging="1080"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading4">
+    <w:name w:val="M&amp;R heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="2520"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="2520" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading5">
+    <w:name w:val="M&amp;R heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="3240"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="3240" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading6">
+    <w:name w:val="M&amp;R heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="3960"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="3960" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading7">
+    <w:name w:val="M&amp;R heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="4680"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="4680" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading8">
+    <w:name w:val="M&amp;R heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="5400"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="5400" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRheading9">
+    <w:name w:val="M&amp;R heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="6120"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="6120" w:hanging="720"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultChar">
+    <w:name w:val="Default Char"/>
+    <w:link w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CoversheetParagraph">
+    <w:name w:val="Coversheet Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="131313"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MRRecital1">
+    <w:name w:val="M&amp;R Recital 1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="subheading">
+    <w:name w:val="subheading"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="bodytextstyle">
+    <w:name w:val="body text style"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharChar6">
+    <w:name w:val="Char Char6"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="mombig">
+    <w:name w:val="mom_big"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aff7">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="5040"/>
+        <w:tab w:val="left" w:pos="5760"/>
+        <w:tab w:val="left" w:pos="6480"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="7920"/>
+        <w:tab w:val="left" w:pos="8640"/>
+      </w:tabs>
+      <w:spacing w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1440" w:right="14" w:hanging="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="32">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="33"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:link w:val="32"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afb">
+    <w:name w:val="Маркированный список Знак"/>
+    <w:link w:val="afa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text">
+    <w:name w:val="Text"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading314ptCustomColorRGB0101189">
+    <w:name w:val="Style Heading 3 + 14 pt Custom Color(RGB(0101189))"/>
+    <w:basedOn w:val="3"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:ind w:left="0" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="0065BD"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading1CustomColorRGB0101189">
+    <w:name w:val="Style Heading 1 + Custom Color(RGB(0101189))"/>
+    <w:basedOn w:val="1"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="510"/>
+      </w:tabs>
+      <w:spacing w:line="260" w:lineRule="exact"/>
+      <w:ind w:left="510" w:hanging="510"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="0065BD"/>
+      <w:kern w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1Bulletlist">
+    <w:name w:val="1 Bullet list"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00D01BC9"/>
+    <w:pPr>
+      <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Сетка таблицы1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a5"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A61043"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Сетка таблицы2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a5"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00552D5F"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Нет списка1"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00687513"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="34">
+    <w:name w:val="Сетка таблицы3"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="a5"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00687513"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="aff8">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00687513"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:rsid w:val="00CE264C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
@@ -37266,51 +43637,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:link w:val="HTML"/>
     <w:rsid w:val="00CE264C"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:color w:val="0000FF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="a8"/>
     <w:locked/>
     <w:rsid w:val="0084222B"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="306131204">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="614140251">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -37450,184 +43821,158 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762332072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1946227893">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="2056539884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -37755,79 +44100,75 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>32051</Characters>
+  <Pages>24</Pages>
+  <Words>5720</Words>
+  <Characters>32609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>267</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>271</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37598</CharactersWithSpaces>
+  <CharactersWithSpaces>38253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator/>
-  <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>