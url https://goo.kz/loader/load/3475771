--- v0 (2025-12-17)
+++ v1 (2025-12-19)
@@ -1,5164 +1,763 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRDefault="00B94767" w:rsidP="00B94767">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004D6085">
+      <w:r w:rsidRPr="00B94767">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ОҚУ ЖЕТІ</w:t>
-[...23 lines deleted...]
-        <w:t>ІКТЕРІН СЫРТТАЙ БАҒАЛАУҒА ДАЙЫНДЫҚ</w:t>
+        <w:t>ПОДГОТОВКА В ВНЕШНЕЙ ОЦЕНКЕ УЧЕБНЫХ ДОСТИЖЕНИЙ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="00B94767">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+    <w:p w:rsidR="004D6085" w:rsidRDefault="00B94767" w:rsidP="004D6085">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...71 lines deleted...]
-        <w:t>жеті</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для подготовки к Внешней оценке учебных достижений среднего образования (ВОУД </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004D6085">
-[...7 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СО</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004D6085">
-[...304 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) необходимо пользоваться учебниками, рекомендованными Министерством образования и науки РК, и основываться на спецификации тестов по предметам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004D6085">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Тест </w:t>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Спецификация теста</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004D6085">
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – документ, в котором описывается общая характеристика теста, количество и содержание заданий, время тестирования по конкретному предмету и дисциплине для определенного экзамена.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Спецификация теста разрабатываются в соответствии Государственным общеобразовательным стандартом образования, общеобразовательной учебной программой.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Спецификация обновляется в соответствии с изменениями Государственного общеобразовательного стандарта образования, учебной программой и с изменениями в форматах проведения экзаменов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>спецификациясы</w:t>
-[...352 lines deleted...]
-        <w:t xml:space="preserve"> құжат.</w:t>
+        <w:t>Структура теста для учащихся 4-х классов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
-[...607 lines deleted...]
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...323 lines deleted...]
-        <w:t>;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15 тестовых заданий по каждому предмету закрытой формы с одним правильным ответом из четырех предложенных вариантов ответов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...145 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>По литературному чтению включены текстовые задания на проверку грамотности чтения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004D6085">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4-сынып </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> балл – 30 балл.</w:t>
+        <w:t>Максимальный балл для 4-класса – 30 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004D6085">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>9-сынып оқушыларына арналған тест құрылымы:</w:t>
+        <w:t>Структура теста для учащихся 9-х классов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...257 lines deleted...]
-        <w:t>;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казахский язык – 20 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...125 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Один из общеобразовательных предметов – 40 тестовых заданий:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                      - 25 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов, из них 5 тестовых заданий к контексту;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                      - 15 тестовых заданий с одним или несколькими правильными ответами из множества предложенных вариантов ответов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...355 lines deleted...]
-        <w:t>;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Максимальный балл для 9-класса – 75 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...311 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Структура теста для учащихся 11-х классов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
-[...121 lines deleted...]
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...245 lines deleted...]
-        <w:t>;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-ый предмет – 20 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">2-3 </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-3 предметы – по 30 тестовых заданий, из них:</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   - 20 тестовых заданий с одним правильным ответом из пяти предложенных вариантов ответов</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-        <w:t>әндер</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 30 тест </w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>                     - 10 тестовых заданий с одним или несколькими правильными ответами из множества предложенных вариантов ответов. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:t>тапсырмасынан</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...74 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Максимальный балл для 11-класса – 100 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...90 lines deleted...]
-        <w:t>бі</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценивание тестовых заданий ВОУД </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004D6085">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СО</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004D6085">
-[...117 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
-[...450 lines deleted...]
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...191 lines deleted...]
-        <w:t xml:space="preserve"> – 1 балл;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за каждый верный ответ на тестовое задание с одним правильным ответом учащийся получает 1 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...257 lines deleted...]
-        <w:t xml:space="preserve"> – 2 балл;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за тестовое задание с одним или несколькими правильными ответами при выборе всех правильных ответов учащийся получает 2 балла;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve"> – 1 балл;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с одной ошибкой – 1 балл;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidRDefault="004D6085" w:rsidP="004D6085">
+    <w:p w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidRDefault="00B94767" w:rsidP="004D6085">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FAFAFA"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...14 lines deleted...]
-        <w:t>екі</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B94767">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с двумя или более ошибками – 0 баллов.</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...75 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="004D6085" w:rsidRPr="004D6085" w:rsidSect="00DA340B">
+    <w:sectPr w:rsidR="00B94767" w:rsidRPr="00B94767" w:rsidSect="00DA340B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="triple" w:sz="4" w:space="24" w:color="auto"/>
         <w:left w:val="triple" w:sz="4" w:space="24" w:color="auto"/>
         <w:bottom w:val="triple" w:sz="4" w:space="24" w:color="auto"/>
         <w:right w:val="triple" w:sz="4" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
@@ -8680,67 +4279,67 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="60"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA340B"/>
     <w:rsid w:val="0013439C"/>
     <w:rsid w:val="00204FF8"/>
-    <w:rsid w:val="00300186"/>
     <w:rsid w:val="0033337E"/>
     <w:rsid w:val="004D6085"/>
     <w:rsid w:val="004F2197"/>
     <w:rsid w:val="00B94767"/>
+    <w:rsid w:val="00CD5DAC"/>
     <w:rsid w:val="00D85258"/>
     <w:rsid w:val="00DA340B"/>
     <w:rsid w:val="00FC1A05"/>
     <w:rsid w:val="00FC3D50"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -9555,69 +5154,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>338</Words>
-  <Characters>1928</Characters>
+  <Words>361</Words>
+  <Characters>2059</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2262</CharactersWithSpaces>
+  <CharactersWithSpaces>2416</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>