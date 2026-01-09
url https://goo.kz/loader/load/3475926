--- v0 (2026-01-06)
+++ v1 (2026-01-09)
@@ -1,11877 +1,3568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5559"/>
-        <w:gridCol w:w="3711"/>
+        <w:gridCol w:w="4810"/>
+        <w:gridCol w:w="4460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00AC5C77">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5003" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4550" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:jc w:val="center"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Орта</w:t>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к Типовой конкурсной</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...40 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-[...604 lines deleted...]
-              <w:t>9-қосымша</w:t>
+              <w:t>документации по выбору поставщика услуги или товаров по организации питания обучающихся в организациях среднего образования, а также поставщика товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z498"/>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z122"/>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовой договор </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«___» ___________ ______ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F1550" w:rsidRDefault="005F1550" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005F1550" w:rsidRDefault="005F1550" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="005F1550" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ГККП «</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Детский – сад № 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>9 города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррекционного типа для детей с нарушениями интеллекта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  отдела образования города Павлодара, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005F1550">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, именуемый в дальнейшем Заказчик, в лице </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D20A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ушакбаевой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D20A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D20A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с одной стороны и ______________, (полное наименование поставщика – победителя конкурса), именуемый (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ое</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) в дальнейшем Поставщик, в лице ___________, (должность, фамилия, имя, отчество (при его наличии) руководителя) действующего на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основании_____</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(свидетельства о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB3C15" w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> индивидуального предпринимателя, Устава и другие) с другой стороны, на основании протокола об итогах конкурса по выбору поставщика услуги или товаров, состоявшегося «___»____20___ года заключили настоящий Договор об оказании услуги или поставки товаров (далее - Договор) и пришли к соглашению о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z295"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Поставщик обязуется поставить Заказчику товары по </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации питания обучающихся в организации образования, в том числе обучающихся отдельных категорий на сумму в размере (указать сумму цифрами и прописью)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в том числе НДС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указать сумму</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НДС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цифрами и прописью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/без учета НДС (далее – цена Договора). </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z296"/>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. В данном Договоре нижеперечисленные понятия имеют следующее толкование:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      1) «Непреодолимая сила (Форс-мажор)» – чрезвычайные и  непредотвратимые события (стихийные явлен</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ия, военные действия и другие).</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К таким обстоятельствам не относится, в частности, отсутствие на рынке нужных для исполнения товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) «Услуга» – предоставление качественного и безопасного питания обучающимся в организации среднего образования, включающее процесс производства и реализации кулинарной продукции и товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3) «Заказчик» – орган или организация среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4) «Товар» – товар по организации питания обучающихся в организациях среднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5) «Поставщик» – физическое или юридическое лицо, осуществляющее предпринимательскую деятельность, (за исключением государственных учреждений, если иное не установлено законами Республики Казахстан), выступающее в качестве контрагента Заказчика в заключенном с ним договоре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6) «Договор» – гражданско-правовой акт, заключенный между Заказчиком и Поставщиком, зафиксированный в письменной форме в соответствии с гражданским законодательством Республики Казахстан, подписанный сторонами со всеми приложениями и дополнениями к нему, а также со всей документацией, на которую в договоре есть ссылки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7) «Цена Договора» – сумма, выплаченная Заказчиком Поставщику в рамках Договора за полное выполнение своих договорных обязательств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Стороны не несут ответственности за полное или частичное неисполнение своих обязанностей по настоящему договору, если оно явилось результатом непреодолимой силы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z297"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. Перечисленные ниже документы и условия, оговоренные в них, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образуют данный Договор и считаются его неотъемлемой частью, а именно: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) настоящий Договор; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2) техническое задание; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3) обеспечение исполнения Договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z298"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4. Поставщик вносит обеспечение исполнения Договора (банковская </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гарантия или гарантийный денежный взнос) на условиях, предусмотренных в Правилах организации питания обучающихся в организациях среднего  образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z299"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Не допускается совершение Поставщиком действий, приводящих к возникновению у третьих лиц права исполнения Договора, в том числе праватребования в целом либо части обеспечения исполнения Договора. Не допускается использование Заказчиком обеспечения исполнения Договора, внесенного Поставщиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Договор заключается согласно утвержденному индивидуальному плану финансирования по обязательствам на соответствующий финансовый год в пределах выделенных средств и продлевается не более двух раз по истечении срока действия договора при отсутствии нарушений со стороны поставщика.          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00A329F3" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При изменении количества </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющих право на получение бесплатного питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> составляется дополнительное соглашение к действующему договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1122"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:suppressOverlap/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z301"/>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...2697 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z505"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Поставщик обязуется оказать, а Заказчик принять и оплатить </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или товар по организации питания обучающихся в организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2) "</w:t>
+        <w:t xml:space="preserve">образования в количестве (указать количество детей) в соответствии с техническим заданием, являющимся неотъемлемой частью настоящего Договора. Форма оплаты _______________(перечисление, за наличный расчет). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z302"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">8. Сроки выплат________ (указать сроки). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z303"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9. Необходимые документы, предшествующие оплате:____________</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (счет-фактура, акт приема-передачи).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z304"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">10. Поставщик без предварительного письменного согласия </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заказчика не раскрывает кому-либо содержание Договора или какого-либо из его положений, а также документации или информации, предоставленных Заказчиком или от его имени другими лицами, за исключением того персонала, который привлечен Поставщиком для выполнения настоящего Договора. Указанная информация должна предоставляться этому персоналу конфиденциально, и в той мере, насколько это необходимо для выполнения договорных обязательств. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z305"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">11. Оплата Поставщику за оказанную услугу или поставку товара </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации питания обучающихся, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>имеющих право на получение бесплатного питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации среднего образования производится по результатам фактического выполнения услуги или поставки товаров в форме и в сроки, указанные в пунктах ____ настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z306"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">12. Стоимость одноразового питания на одного обучающегося составляет </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тенге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z308"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">13. Предоставление услуги или поставка товаров осуществляется </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщиком в соответствии со сроками установленными Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z307"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">14. Задержка выполнения услуги или поставки товара со стороны </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Поставщика является основанием для расторжения Заказчиком Договора с  удержанием обеспечения исполнения Договора, выплаты неустойки за  несвоевременное оказание услуги или поставки товаров или других мер,  предусмотренных законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z309"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>15. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если Поставщик не предоставляет услугу или не </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поставляет товар в сроки, предусмотренные Договором, Заказчик вычитает из цены Договора в виде неустойки сумму в 0,1 % от цены договора за каждый день просрочки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z310"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">16. За нарушение условий Договора Заказчик расторгает настоящий </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договор, направив Поставщику письменное уведомление о неисполнении  обязательств:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1) если Поставщик не оказал часть услуги или не поставил часть товара или всю услугу или не поставил весь товар в срок (и), предусмотренный Договором, или в течение периода продления этого Договора, предоставленного Заказчиком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2) если Поставщик не выполняет какие-либо другие свои обязательства по Договору, в том числе при несоответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">количественного и качественного состава работников пищеблока, указанных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в период конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z311"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">17. При возникновении непреодолимой силы Поставщик в течение </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одного рабочего дня направляет Заказчику письменное уведомление о таких обстоятельствах и их причинах. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если от Заказчика не поступает иных письменных инструкций, Поставщик продолжает выполнять свои обязательства по Договору, и ведет поиск альтернативных способов выполнения Договора, не зависящих от непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z312"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">18. Поставщик при выполнении требований пункта 17 настоящего </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Договора не лишается своего обеспечения исполнения Договора и не несет ответственность за выплату неустоек или расторжение Договора в силу неисполнения его условий, если задержка с исполнением Договора является результатом непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z313"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>19. В случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если Поставщик становится, неплатежеспособным или </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включается в Реестр недобросовестных поставщиков, Заказчик расторгает  Договор в любое время, направив Поставщику соответствующее письменное уведомление. В этом случае, расторжение осуществляется немедленно, и Заказчик не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несет никакой финансовой обязанности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по отношению к Поставщику при условии, если расторжение Договора не наносит ущерба или не затрагивает каких-либо прав на совершение действий или применение санкций, которые были или будут впоследствии предъявлены Заказчику. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z314"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20. Заказчик расторгает Договор в любое время в случае </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нецелесообразности его дальнейшего выполнения, направив Поставщику  соответствующее письменное уведомление. В уведомлении указывается  причина расторжения Договора, оговаривается объем аннулированных  договорных обязательств, а также дата вступления в силу расторжения  Договора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z315"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">21. Когда Договор аннулируется в силу вышеуказанных </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обстоятельств, Поставщику производится оплата только за фактические затраты на день расторжения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z316"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">22. Заказчик и Поставщик прилагают все усилия к тому, чтобы </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрешать в процессе прямых переговоров все разногласия или споры, возникающие между ними по Договору или в связи с ним. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z317"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">23. Если в течение 21 (двадцати одного) дня после начала таких </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> переговоров Заказчик и Поставщик не разрешили спор по Договору, любая из сторон решает вопрос в соответствии с законодательством Республики  Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z318"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">24. Договор составляется на государственном и русском языках. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z319"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Любое уведомление, которое одна сторона направляет другой </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стороне в соответствии с Договором, высылается в виде письма, телеграммы или факса с последующим предоставлением оригинала. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="z320"/>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26. Уведомление вступает в силу после доставки или в указанный день</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...348 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вступления в силу (если указано в уведомлении), в зависимости оттого, какая из этих дат наступит позднее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z321"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B55A11">
-[...68 lines deleted...]
-        <w:t>бі</w:t>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">27. Налоги и другие обязательные платежи в бюджет подлежат </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уплате в соответствии с налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z322"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">28. Настоящим Договором предусматриваются иные штрафные </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санкции, согласованные Заказчиком и Поставщиком в установленном порядке, либо иные условия, не противоречащие законодательству Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z323"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">29. Настоящий Договор вступает в силу после регистрации его </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заказчиком в территориальном подразделении казначейства Министерства финансов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В случае отсутствия  в организации образования обучающихся,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющих право на получение бесплатного питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потенциальный поставщик услуги не вносит обеспечение исполнения договора в размере не менее трех процентов от общей суммы договора.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="z324"/>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      30. Настоящий Типовой договор регулирует правоотношения, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возникающие между Заказчиком и Поставщиком в процессе осуществления  Заказчиком услуги или приобретения товаров по организации питания  обучающихся в организации среднего образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Внесение изменений в договор допускается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улучшения меню заказчиком (увеличение рациона питания) и соответственно увеличения суммы договора по взаимному согласию сторон при условии неизменности качества и других условий, явившихся основой для выбора поставщика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменения количества </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B55A11">
-[...5 lines deleted...]
-        <w:t>л</w:t>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B55A11">
-[...6748 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, имеющих право на получение бесплатного питания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Другие вносимые в настоящий Договор изменения и дополнения должны соответствовать конкурсной документации Заказчика, конкурсной заявке Поставщика и Протоколу об итогах конкурса. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z325"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      31. Адреса и реквизиты Сторон: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4635"/>
         <w:gridCol w:w="4635"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="54"/>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:bookmarkEnd w:id="30"/>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Тапсырыс</w:t>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заказчик</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(полное наименование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-              <w:t>Өнім</w:t>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Поставщик</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...55 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(полное наименование)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>______________________________</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>______________________________</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(телефон, факс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(телефон, факс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
-            <w:r>
-[...101 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
-            <w:r>
-[...101 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_______________________________</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>_______________________________</w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A0B57" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>"___"_____________________ ____ж.</w:t>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>___</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_____________________ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>____г</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="00264EF2">
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
             <w:pPr>
-              <w:spacing w:after="20"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>"___"_____________________ ____ж.</w:t>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
-            <w:r>
-              <w:br/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>___</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_____________________ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>____г</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>МП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A0B57" w:rsidRDefault="001A0B57" w:rsidP="001A0B57">
-[...96 lines deleted...]
-    <w:sectPr w:rsidR="00AB5E21" w:rsidSect="00AB5E21">
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Дата регистрации в территориальном органе казначейства: ______.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB3C15" w:rsidRPr="00592FD2" w:rsidRDefault="00BB3C15" w:rsidP="00BB3C15">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573091" w:rsidRDefault="00573091"/>
+    <w:sectPr w:rsidR="00573091" w:rsidSect="00573091">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="5296023F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87901340"/>
+    <w:lvl w:ilvl="0" w:tplc="044E8F8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1170" w:hanging="465"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="001A0B57"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB5E21"/>
+    <w:rsidRoot w:val="00BB3C15"/>
+    <w:rsid w:val="00347615"/>
+    <w:rsid w:val="003B09D9"/>
+    <w:rsid w:val="0041365C"/>
+    <w:rsid w:val="00573091"/>
+    <w:rsid w:val="005F1550"/>
+    <w:rsid w:val="007512C9"/>
+    <w:rsid w:val="008850C6"/>
+    <w:rsid w:val="00AC5C77"/>
+    <w:rsid w:val="00BB3C15"/>
+    <w:rsid w:val="00D20A9C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -11904,51 +3595,51 @@
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -11996,95 +3687,123 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001A0B57"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00BB3C15"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB3C15"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00BB3C15"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12331,50 +4050,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1761</Words>
-  <Characters>10043</Characters>
+  <Words>1796</Words>
+  <Characters>10243</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11781</CharactersWithSpaces>
+  <CharactersWithSpaces>12015</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бух</dc:creator>
+  <dc:creator>ОМЛИОД</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>