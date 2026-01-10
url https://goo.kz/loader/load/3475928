--- v0 (2025-12-16)
+++ v1 (2026-01-10)
@@ -1,1681 +1,6983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
+        <w:tblW w:w="9721" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5003"/>
-        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="4808"/>
+        <w:gridCol w:w="4913"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidTr="00324B64">
+      <w:tr w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidTr="00324B64">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1950"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5003" w:type="dxa"/>
+            <w:tcW w:w="4808" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00324B64">
+          <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00324B64">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00787202">
+            <w:r w:rsidRPr="00444A8C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcW w:w="4913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00401BB5" w:rsidRPr="00601EAF" w:rsidRDefault="00401BB5" w:rsidP="00324B64">
+          <w:p w:rsidR="00AA67C1" w:rsidRPr="000C0C4C" w:rsidRDefault="00AA67C1" w:rsidP="00324B64">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="125"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="141"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00601EAF">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C0C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t xml:space="preserve">Орта </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>тамақтандыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ұйымдастыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ұйымдарда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>жетім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ата-анасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>қамқорлығынсыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>қалған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>балаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>тәрбиеленетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>алатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>балаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>тамақтандыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>етумен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>байланысты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>тауарларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>сатып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000C0C4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00324B64">
+          <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00324B64">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="125"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="277" w:right="141" w:firstLine="443"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00601EAF">
+            <w:r w:rsidRPr="000C0C4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>к Правилам организации питания</w:t>
-[...16 lines deleted...]
-              <w:t>обучающихся в организациях среднего образования, а также приобретения товаров, связанных с обеспечением питания детей, воспитывающихся и  обучающихся в дошкольных   организациях,   организациях  образования для детей-сирот и   детей, оставшихся без попечения родителей</w:t>
+              <w:t xml:space="preserve">                   2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidTr="00324B64">
-[...231 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401BB5" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z299"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       «Павлодар қаласының ой-өрісі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бұзылған балаларға арналған </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түзетулік үлгідегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                           № 39 балабақшасы» МҚКК  басшысы                                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00F25032" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Н.Ш.Ушақбаева </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z296"/>
-      <w:r w:rsidRPr="00787202">
+      <w:bookmarkStart w:id="1" w:name="z300"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F25032">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Типовая конкурсная документация по выбору поставщика</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жеткізушіні таңдау жөніндегі үлгілік конкурстық құжаттама</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00F25032" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00787202">
-[...5 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00F25032" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z301"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласы әкімдігі Павлодар қаласы білім беру бөлімінің «Павлодар қаласының ой-өрісі бұзылған балаларға арналған түзетулік үлгідегі №39 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алабақ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сы» </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МҚКК</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәрбиелен</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="z302"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:br/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уші балаларды тамақтандыруды қамтамасыз етумен байланысты тауарларды сатып алу  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="004D7BB5" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="003E72D2" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z297"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D4702">
+      <w:bookmarkStart w:id="4" w:name="z303"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Организатор конкурса:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсты ұйымдастырушы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласы әкімдігі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласы білім беру бөлімінің «Павлодар қаласының ой-өрісі бұзылған балаларға арналған түзетулік үлгідегі №39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  балабақшасы»  МҚКК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>140005, Айманов к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,32, БИН 990540003076, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ИК KZ 126010241000028097,   «Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Халық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Банк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АҚ  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БИК:HSBKKZKX. 64-27-50</w:t>
       </w:r>
       <w:r w:rsidRPr="00625A50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64-27-49</w:t>
+      </w:r>
       <w:r w:rsidRPr="00625A50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00625A50">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00625A50">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E72D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...182 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық  почта   yasli39@yandex.kz</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00C035EF" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
-[...27 lines deleted...]
-    <w:p w:rsidR="00401BB5" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="000827F6" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z299"/>
-[...30 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z304"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00F25032">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000827F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="000827F6" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00787202">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      2. Сумма, выделенная для данного конкурса (лота) по приобретению </w:t>
+      <w:bookmarkStart w:id="6" w:name="z305"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000827F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осы Үлгілік конкурстық құжаттамаға 2-қосымшаға сәйкес тауарларды сатып алу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">товаров 7788000 (семь миллионов семьсот восемьдесят восемь тысяч) </w:t>
-[...64 lines deleted...]
-        <w:t>без учета НДС.</w:t>
+        <w:t>үшін к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс өнім берушіні таңдау мақсатында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000827F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өткізіледі</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="z306"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="000827F6" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z301"/>
-[...8 lines deleted...]
-        <w:t>      Настоящая конкурсная документация включает в себя:</w:t>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000827F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Көрсетілетін қызметті немесе тауарды сатып алу жөніндегі осы конкурс (лот) үшін бөлінген сома</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  7788000 (жеті миллион жеті жүз сексен сегіз мың)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000827F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> теңгені құрайды (көрсетілетін қызметтерді немесе тауарларды) лоттарға бөлген жағдайда, әрбір лот үшін сома жеке көрсетіледі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00AA67C1" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z302"/>
-[...8 lines deleted...]
-        <w:t>      1) перечень категорий получателей услуг по форме согласно приложению 1, при выборе поставщика товаров перечень приобретаемых товаров по форме согласно приложению 2 к настоящей Типовой конкурсной документации;</w:t>
+      <w:bookmarkStart w:id="8" w:name="z307"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="000827F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA67C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA67C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Осы конкурстық құжаттама мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00AA67C1" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z303"/>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> приложению 3 к настоящей Типовой конкурсной документации;</w:t>
+      <w:bookmarkStart w:id="9" w:name="z308"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00AA67C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) осы Үлгілік конкурстық құжаттамаға 1-қосымшаға сәйкес нысан бойынша көрсетілетін қызметтерді алушылар санаттарының тізбесін, тауарды берушіні таңдау кезінде 2-қосымшаға сәйкес нысан бойынша сатып алынатын тауарлардың тізбесін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z304"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">       3) заявку на участие в конкурсе для физических и юридических лиц по формам согласно приложениям 4, 5 к настоящей Типовой конкурсной документации;</w:t>
+      <w:bookmarkStart w:id="10" w:name="z309"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00AA67C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттамаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-қосымшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқушыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>перспективалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беріле</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тауарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамқорлығынсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбиеленетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тауарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттаманың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсырмалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z305"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">       4) сведения о квалификации потенциального поставщика по форме согласно приложению 6 к настоящей Типовой конкурсной документации;</w:t>
+      <w:bookmarkStart w:id="11" w:name="z310"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттамаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4, 5-қосымшаларға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтінімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z306"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">       5) критерии выбора поставщика услуги или товаров согласно приложениям 7, 8 к настоящей Типовой конкурсной документации;</w:t>
+      <w:bookmarkStart w:id="12" w:name="z311"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаттама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-қосымшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліктілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z307"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> документации.</w:t>
+      <w:bookmarkStart w:id="13" w:name="z312"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаттама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7, 8-қосымшаларға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өлшемшарттарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z308"/>
-[...8 lines deleted...]
-        <w:t>      4. Потенциальный поставщик, изъявивший желание участвовать в конкурсе, вносит с заявкой на участие в конкурсе обеспечение заявки на участие в конкурсе в размере не менее одного процента от суммы, выделенной для приобретения услуг или товаров, в одной из нижеперечисленных форм:</w:t>
+      <w:bookmarkStart w:id="14" w:name="z313"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      6) осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаттама</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-қосымшаға </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шартты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтиды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z309"/>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">О «Народный Банк Казахстана» БИК: </w:t>
+      <w:bookmarkStart w:id="15" w:name="z314"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ниет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білдірген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтінімімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызметтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тауарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бөлінген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соманың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00596C33">
-[...18 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00787202">
-[...6 lines deleted...]
-        <w:t>указать полные реквизиты банковского счета заказчика или организатора конкурса;</w:t>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайызынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мөлшерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтінімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>етуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төменде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нысандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біреуімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z310"/>
-[...8 lines deleted...]
-        <w:t>      2) банковской гарантии.</w:t>
+      <w:bookmarkStart w:id="16" w:name="z315"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шотында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БИН 990540003076,  ИИК KZ 126010241000028097,  «Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Халық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Банк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АҚ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БИК: HSBKKZKX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналастырылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақшаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кепілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақшалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жарнасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсырыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сатып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банк </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шотының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректемелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілсін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z311"/>
-[...233 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:bookmarkStart w:id="17" w:name="z316"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>банктік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кепілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z312"/>
-[...8 lines deleted...]
-        <w:t>      Документы представляются потенциальным поставщиком организатору конкурса в прошитом, пронумерованном виде без исправлений и помарок. Последняя страница заявки заверяется подписью первого руководителя и скрепляется печатью.</w:t>
+      <w:bookmarkStart w:id="18" w:name="z317"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 (90)-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тармағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пакетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенімхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C0C4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>наурыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға сағат 0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C0C4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C0C4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>140005,  Айманов к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D481B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,32,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пошталық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жібереді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хатшысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есепші </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кабинет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолма-қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:p w:rsidR="00401BB5" w:rsidRPr="00787202" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00787202">
-[...6 lines deleted...]
-        <w:t>      Документы, представленные после истечения установленного организатором конкурса срока, не подлежат регистрации и возвращаются потенциальным поставщикам.</w:t>
+      <w:bookmarkStart w:id="19" w:name="z318"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тігілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нөмірленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түзетусіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтінімнің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>соңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мөрімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бекітіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401BB5" w:rsidRDefault="00401BB5" w:rsidP="00401BB5">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00AA67C1" w:rsidRPr="00444A8C" w:rsidRDefault="00AA67C1" w:rsidP="00AA67C1">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдастырушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткеннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жатпайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлеуетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өнім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берушілерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00444A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қайтарылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="006518A7" w:rsidRDefault="006518A7"/>
-    <w:sectPr w:rsidR="006518A7" w:rsidSect="00601EAF">
+    <w:sectPr w:rsidR="006518A7" w:rsidSect="000C0C4C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="566" w:bottom="709" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="566" w:bottom="709" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00401BB5"/>
-    <w:rsid w:val="00401BB5"/>
+    <w:rsidRoot w:val="00AA67C1"/>
     <w:rsid w:val="006518A7"/>
+    <w:rsid w:val="00AA67C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1818,51 +7120,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00401BB5"/>
+    <w:rsid w:val="00AA67C1"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2153,50 +7455,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>695</Words>
-  <Characters>3962</Characters>
+  <Words>785</Words>
+  <Characters>4480</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4648</CharactersWithSpaces>
+  <CharactersWithSpaces>5255</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Бух</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>