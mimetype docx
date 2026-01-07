--- v0 (2026-01-07)
+++ v1 (2026-01-07)
@@ -2,4803 +2,2029 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5559"/>
-        <w:gridCol w:w="3711"/>
+        <w:gridCol w:w="4946"/>
+        <w:gridCol w:w="4324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00552AEC">
         <w:trPr>
           <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7793" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="5144" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4613" w:type="dxa"/>
-[...76 lines deleted...]
-            <w:r>
+            <w:tcW w:w="4408" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к Типовой конкурсной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-[...605 lines deleted...]
-            </w:r>
+              <w:t>документации по выбору поставщика услуги или товаров по организации питания обучающихся в организациях среднего образования, а также поставщика товаров, связанных с обеспечением питания детей, воспитывающихся и обучающихся в дошкольных организациях образования, организациях образования для детей-сирот и детей, оставшихся без попечения родителей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A6504B" w:rsidRDefault="00A6504B" w:rsidP="00A6504B">
+    <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00E11AC2">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00592FD2">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00E11AC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00E11AC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z120"/>
+      <w:r w:rsidRPr="00592FD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии выбора поставщика товаров</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00E11AC2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тауарларды</w:t>
-[...49 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="589"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2540"/>
+        <w:gridCol w:w="347"/>
+        <w:gridCol w:w="3625"/>
+        <w:gridCol w:w="2536"/>
+        <w:gridCol w:w="2762"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
-[...27 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6504B" w:rsidRDefault="00A6504B" w:rsidP="00264EF2">
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Баллы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
-[...139 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Опыт работы на рынке товаров, являющихся предметом конкурса</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A6504B" w:rsidRDefault="00A6504B" w:rsidP="00264EF2">
-[...92 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По 1 баллу за каждый год, но не более 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие документа о добровольной сертификации товаров для отечественного товаропроизводителя </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствует </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...329 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наличие сертифицированной системы (сертифицированных систем) менеджмента качества в соответствии с требованиями национальных стандартов по приобретаемым товарам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствует </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...329 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наличие сертифицированной системы (сертифицированных систем) менеджмента управления окружающей средой в соответствии с требованиями национальных стандартов и (или) подтверждения соответствия стандарту экологически чистой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">продукции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Отсутствует </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...489 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Имеется (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidRPr="00B55A11" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем продуктов питания, приобретаемых у отечественных производителей (не более 3 балл</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...168 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
-[...168 lines deleted...]
-              <w:t>(3 балл)</w:t>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 85-90% продуктов (2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 90 до 100% продуктов (3 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Наличие собственного производства продуктов питания, используемых при  организации школьного питания (крестьянское или фермерское хозяйство, теплица и другие) (не более 2 балл</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...344 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2974" w:type="dxa"/>
-[...111 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отсутствует                       (0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Имеется (2 балла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...22 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5068" w:type="dxa"/>
-[...439 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Условия доставки продуктов питания автотранспортом (не более 3 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наличие транспорта на основании договора аренды, безвозмездного пользования, лизинга и т.д. (2 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наличие собственного транспорта (3 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6504B" w:rsidTr="00264EF2">
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="778" w:type="dxa"/>
-[...18 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наличие регистрации потенциального поставщика на территории соответствующей области, города республиканского значения, столицы, где проводится конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствует </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(0 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Зарегистрирован </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...364 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(3 балла)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidTr="00BB4420">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9533" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Примечание: по пункту 1 наличие опыта работы подтверждается ранее заключенными договорами, для выставления баллов по пунктам </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00592FD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> используются данные о заключенных договорах на приобретение продуктов, произведенных в предыдущем году.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E11AC2" w:rsidRPr="00592FD2" w:rsidRDefault="00E11AC2" w:rsidP="00BB4420">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A6504B" w:rsidRDefault="00A6504B" w:rsidP="00A6504B">
-[...412 lines deleted...]
-    <w:sectPr w:rsidR="00AB5E21" w:rsidRPr="00A6504B" w:rsidSect="00AB5E21">
+    <w:p w:rsidR="00573091" w:rsidRDefault="00573091"/>
+    <w:sectPr w:rsidR="00573091" w:rsidSect="00573091">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="80"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00A6504B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB5E21"/>
+    <w:rsidRoot w:val="00E11AC2"/>
+    <w:rsid w:val="00552AEC"/>
+    <w:rsid w:val="00573091"/>
+    <w:rsid w:val="00A23C28"/>
+    <w:rsid w:val="00B60D16"/>
+    <w:rsid w:val="00C0451A"/>
+    <w:rsid w:val="00E11AC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4923,90 +2149,88 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A6504B"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00E11AC2"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -5258,50 +2482,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>309</Words>
-  <Characters>1765</Characters>
+  <Words>350</Words>
+  <Characters>1995</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <Company>RePack by SPecialiST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2070</CharactersWithSpaces>
+  <CharactersWithSpaces>2341</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Бух</dc:creator>
+  <dc:creator>ОМЛИОД</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>