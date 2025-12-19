--- v0 (2025-12-07)
+++ v1 (2025-12-19)
@@ -1,833 +1,4070 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="3FFE241E" w14:textId="77777777" w:rsidR="00AF0F78" w:rsidRPr="00692EDA" w:rsidRDefault="00AF0F78" w:rsidP="00AF0F78">
-[...77 lines deleted...]
-    <w:p w14:paraId="7E0F2B8B" w14:textId="32DF3CC9" w:rsidR="00AF0F78" w:rsidRDefault="00AF0F78" w:rsidP="00AF0F78">
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№21 ЖОМ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы мәлімет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019-2020 оқу жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Информация о поставщике услуг </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации питания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОШ №21 2019-2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уч.год</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3026"/>
+        <w:gridCol w:w="3984"/>
+        <w:gridCol w:w="2669"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование поставщика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Контакты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИП «Шаяхметова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шаяхметова Жибек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пр.Нурсултана Назарбаева 95-30  87014089673</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00491680" w:rsidRDefault="00491680" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRPr="00491680" w:rsidRDefault="00491680" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00491680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 жылдың қаңтарынан бастап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="00491680" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С января</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00491680">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491680" w:rsidRPr="00491680" w:rsidRDefault="00491680" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3024"/>
+        <w:gridCol w:w="3980"/>
+        <w:gridCol w:w="2675"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="00DA3683">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="00DA3683">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование поставщика</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="00DA3683">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="00DA3683">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="00DA3683">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Контакты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidRPr="006F3EFC" w:rsidTr="00DA3683">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ИП «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Мангазеева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="00DA3683">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Мангазеева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тамара Васильевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRPr="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F3EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ул.Малайсары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F3EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> батыра 8,кв.276.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRPr="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F3EFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Тел.87019007970</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRPr="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бракеражды комиссия құрамы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Состав бракеражной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОШ №21</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 уч.год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="961"/>
+        <w:gridCol w:w="5102"/>
+        <w:gridCol w:w="3616"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№п.п.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Контакты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шуакбаева Жанар Ниязбековна- предсеатель бракеражной комиссии, ЗДВР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87056143201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айткулова Анар Лесовна- член комиссии, соц.педагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87083154635</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Садвакасова Гулим Бердалиевна- член комиссии, мед.сестра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87474668036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухамбетова Риза Аманбаевна- председатель родительского комитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87012451604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Александрова  Виктория Вячеславовна- член род.комитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87019398842</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тарабина  Наталья Сергеевна- член род. комитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87023405200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№21 ЖОМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамақтану сапасының мониторингі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша комиссия құрамы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Состав комиссии по мониторингу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за качеством питания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОШ №21 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019-2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уч.год</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a4"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1095"/>
+        <w:gridCol w:w="4831"/>
+        <w:gridCol w:w="3753"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п.п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контакты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шуакбаева Жанар Ниязбековна- предсеатель бракеражной комиссии, ЗДВР</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87056143201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айткулова Анар Лесовна- член комиссии, соц.педагог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87083154635</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Садвакасова Гулим Бердалиевна- член комиссии, мед.сестра</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87474668036</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухамбетова Риза Аманбаевна- председатель родительского комитета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87012451604</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кенесбаева Марина Куатбековна- член комиссии, педагог-психолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87079122765</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F3EFC" w:rsidTr="006F3EFC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мусалинова Сандугаш Рахимовна- член комиссии, родитель</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>87776256749</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көпбалалы және азқамтылған отбасылардағы балаларға</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тегін тамақтануға тапсыратын құжаттар тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень необходимых документов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на бесплатное горячее питание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>для детей из многодетных и малообеспеченных семей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="392BB726" w14:textId="77777777" w:rsidR="00CF275A" w:rsidRPr="00692EDA" w:rsidRDefault="00CF275A" w:rsidP="00CF275A">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявление по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>форме  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соц.педагога</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="43EDF219" w14:textId="5D1DF542" w:rsidR="00AF0F78" w:rsidRDefault="00AF0F78" w:rsidP="00AF0F78">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Документ удостоверяющий личность родителя (для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="311FBB4F" w14:textId="746C8098" w:rsidR="00AF0F78" w:rsidRDefault="00AF0F78" w:rsidP="00AF0F78">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Копии свидетельства о рождении ребенка (на всех детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1A471D74" w14:textId="4358CBEB" w:rsidR="0006063B" w:rsidRPr="00692EDA" w:rsidRDefault="0006063B" w:rsidP="00AF0F78">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="59C70C1F" w14:textId="77777777" w:rsidR="00CF275A" w:rsidRDefault="00CF275A" w:rsidP="0006063B">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Копия свидетельства о заключении или расторжении брака;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4093E02C" w14:textId="0C5952B8" w:rsidR="0006063B" w:rsidRPr="00692EDA" w:rsidRDefault="0006063B" w:rsidP="0006063B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...65 lines deleted...]
-    <w:p w14:paraId="71F3BD60" w14:textId="77777777" w:rsidR="00CF275A" w:rsidRDefault="00CF275A" w:rsidP="0006063B">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Копии документов, подтверждающих статус: справка о получении АСП, документы о получении доходов (справа о заработной плате работающих родителей или лиц их заменяющих, о доходах от предпринимательской и других видов деятельности, о доходах в виде алиментов на детей и других иждивенцев ); дети- сироты и дети оставшиеся без попечения родителей, проживающих в семьях (решение уполномоченного органа об утверждении опеки и попечительства, договор о передаче на патронатное воспитание, приемную семью); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3EE2F98C" w14:textId="4428F2B4" w:rsidR="00CF275A" w:rsidRDefault="0006063B" w:rsidP="0006063B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006F3EFC" w:rsidRDefault="006F3EFC" w:rsidP="006F3EFC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...229 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Справки о доходах предоставляются с января текущего года до момента подачи заявления, расписанная по месяцам, со всеми отчислениями. Печать, роспись руководителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004459C1" w:rsidRDefault="004459C1"/>
+    <w:sectPr w:rsidR="004459C1">
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="483438BB"/>
+    <w:nsid w:val="4BF8395C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EFA889CC"/>
-    <w:lvl w:ilvl="0" w:tplc="2000000F">
+    <w:tmpl w:val="4C862BC2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002D3D3D"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00CF275A"/>
+    <w:rsidRoot w:val="006F3EFC"/>
+    <w:rsid w:val="004459C1"/>
+    <w:rsid w:val="00491680"/>
+    <w:rsid w:val="006F3EFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-KZ"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-[...1 lines deleted...]
-  <w14:docId w14:val="5FBBA97B"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="5BFF1BAF"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DD46A687-C39A-4189-B5D6-C0326B11B4D9}"/>
+  <w15:docId w15:val="{6A64185A-4EFE-4567-B3AC-755627C808A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -938,51 +4175,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1155,258 +4392,357 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="006F3EFC"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00AF0F78"/>
+    <w:rsid w:val="006F3EFC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006F3EFC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F3EFC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00491680"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00491680"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="571156962">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1167474988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1881700099">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1517,71 +4853,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>652</Characters>
+  <Pages>5</Pages>
+  <Words>426</Words>
+  <Characters>2429</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>765</CharactersWithSpaces>
+  <CharactersWithSpaces>2850</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>