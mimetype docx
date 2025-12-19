--- v0 (2025-12-14)
+++ v1 (2025-12-19)
@@ -1,1667 +1,1667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="009B7F08" w:rsidRPr="009B7F08" w:rsidRDefault="009B7F08" w:rsidP="009B7F08">
+    <w:p w:rsidR="00475454" w:rsidRPr="00CA6D1C" w:rsidRDefault="00475454" w:rsidP="00A837A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009B7F08">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6D1C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009B7F08" w:rsidRPr="00DA7A18" w:rsidRDefault="009B7F08" w:rsidP="009B7F08">
+        </w:rPr>
+        <w:t xml:space="preserve">ПРОФИЛАКТИКА </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A837A8" w:rsidRPr="00CA6D1C" w:rsidRDefault="00475454" w:rsidP="00A837A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОРОНАВИРУСНОЙ ИНФКЦИИ</w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00CA6D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A837A8" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA6D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вирус</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной инфекции вызываю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т </w:t>
+      </w:r>
+      <w:r w:rsidR="00A531FE" w:rsidRPr="00A531FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у человека </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">респираторные заболевания разной тяжести. Симптомы заболевания аналогичны симптомам обычного (сезонного) гриппа. Тяжесть заболевания зависит от целого ряда </w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>факторов, в том числе от общего состояния организма и возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="00A837A8" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009B7F08">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00B26FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для профилактики заболевания необходимо соблюдать правила</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A837A8" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРАВИЛО 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧАСТО МОЙТЕ РУКИ С МЫЛОМ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чистите и дезинфицируйте поверхности, исп</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ользуя бытовые моющие средства.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Гигиена рук - это важная мера про</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">филактики распространения </w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Мытье с мылом удаляет</w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вирусы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Если нет возможности помыть</w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руки с мылом</w:t>
+      </w:r>
+      <w:r w:rsidR="008A646D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользуйтесь спирт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>содержащими и</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ли дезинфицирующими салфетками.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чистка и регулярная дезинфекция поверхностей (столов, дверных ручек, стульев, гаджетов и др.) удаляет вирус</w:t>
+      </w:r>
+      <w:r w:rsidR="008321A9" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A646D" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРАВИЛО 2. СОБЛЮДАЙТЕ РАССТОЯНИЕ И ЭТИКЕТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A646D" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вирусы передаются от больного человека</w:t>
+      </w:r>
+      <w:r w:rsidR="00436407">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к здоровому воздушно -капельным </w:t>
+      </w:r>
+      <w:r w:rsidR="008A646D" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">путем (при чихании, кашле), поэтому необходимо соблюдать расстояние не менее 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="008A646D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>метра от больных.</w:t>
+      </w:r>
+      <w:r w:rsidR="008A646D" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Избегайте трогать руками глаз</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а, нос или рот. К</w:t>
+      </w:r>
+      <w:r w:rsidR="008A646D" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оронавирус распространяю</w:t>
+      </w:r>
+      <w:r w:rsidR="008A646D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся этими путями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A646D" w:rsidRPr="00A837A8" w:rsidRDefault="008A646D" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Надевайте маску или используйте другие подручные средства защиты, чтобы уменьшить риск заболевания.При кашле, чихании следует прикрывать рот и нос одноразовыми салфетками, которые после использования нужно выбрасывать. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A646D" w:rsidRDefault="008A646D" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Избегая излишние </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поездки и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посещения многолюдных мест, мо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жно уменьшить риск заболевания.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRPr="00A837A8" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A646D" w:rsidRPr="007C76E1" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> ПРАВИЛО 3. ВЕДИТЕ ЗДОРОВЫЙ ОБРАЗ ЖИЗНИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A837A8" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD3058" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Здоровый образ жизни повышает сопротивляемость организма к инфекции. Соблюдайте здоровый режим, включая полноценный сон, потребление пищевых продуктов богатых белками, витаминами и минеральными веществами, физическую активность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD3058" w:rsidRPr="007C76E1" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЧТО ДЕЛА</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТЬ В СЛУЧАЕ ЗАБОЛЕВАНИЯ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3058" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОРОНАВИРУСНОЙ ИНФЕКЦИЕЙ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95B87" w:rsidRDefault="00B95B87" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оставайтесь дома и срочно обращайтесь к врачу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Следуйте предписаниям врача, соблюдайте постельный режим и п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ейте как можно больше жидкости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00475454" w:rsidRDefault="00B95B87" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009A7D67" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B7F08">
-[...41 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475454" w:rsidRDefault="00475454" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CA6D1C" w:rsidRDefault="00475454" w:rsidP="00475454">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B26FC4" w:rsidRPr="007C76E1" w:rsidRDefault="00CA6D1C" w:rsidP="00475454">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="009B7F08">
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СИМПТОМЫ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A0455C" w:rsidRPr="007C76E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000099"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОРОНАВИРУСНОЙ ИНФЕКЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95B87" w:rsidRDefault="00CA6D1C" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00B26FC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ысокая температура тела</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0455C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> озноб,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5392" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>головная боль</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5392">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, слабость, </w:t>
+      </w:r>
+      <w:r w:rsidR="008011B8" w:rsidRPr="008011B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заложенность носа, </w:t>
+      </w:r>
+      <w:r w:rsidR="008011B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кашель,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0455C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>затрудненное</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95B87" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дыхание</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0455C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95B87" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>боли в мыш</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0455C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цах, конъюнктивит</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95B87" w:rsidRDefault="00B95B87" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009B7F08">
-[...21 lines deleted...]
-    <w:p w:rsidR="009B7F08" w:rsidRPr="009B7F08" w:rsidRDefault="009B7F08" w:rsidP="009B7F08">
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В некоторых случаях могут быть симптомы желудочно-кишечных расстройств: тошнота, рвота, диарея</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A0455C" w:rsidRPr="007C76E1" w:rsidRDefault="00B95B87" w:rsidP="007C76E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A0455C" w:rsidRPr="007C76E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>ОСЛОЖНЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95B87" w:rsidRDefault="00CA6D1C" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95B87" w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Среди осложнений лидирует вирусная пневмония. Ухудшение состояния при вирусной пневмонии идёт быстрыми темпами, и у многих пациентов уже в течение 24 часов развивается дыхательная недостаточность, требующая немедленной респираторной поддержки с м</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еханической вентиляцией лёгких.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95B87" w:rsidRDefault="00B95B87" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A837A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Быстро начатое лечение способствует облегчению степени тяжести болезни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD3058" w:rsidRDefault="00AD3058" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD3058" w:rsidRPr="007C76E1" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">         </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009B7F08">
+      </w:pPr>
+      <w:r w:rsidRPr="007C76E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009B7F08">
+        <w:t>ЧТО ДЕЛАТЬ ЕСЛИ</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67" w:rsidRPr="007C76E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009B7F08">
+        </w:rPr>
+        <w:t xml:space="preserve"> В СЕМЬЕ КТО-ТО ЗАБОЛЕЛ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C76E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-[...111 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3058" w:rsidRPr="007C76E1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000099"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...762 lines deleted...]
-        <w:pStyle w:val="a5"/>
+        </w:rPr>
+        <w:t>КОРОНАВИРУСНОЙ ИНФЕКЦИЕЙ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A531FE" w:rsidRPr="009A7D67" w:rsidRDefault="00A531FE" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
-[...11 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вызовите врача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRPr="00CA6D1C" w:rsidRDefault="006A52D6" w:rsidP="00CA6D1C">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
-[...29 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="00CA6D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выделите больному отдельную комнату в доме. Если это невозможно, соблюдайте расстояние не менее 1 метра от больного.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ограничьте до минимума контакт между больным и близкими, особенно детьми, пожилыми людьми и лицами, страдающими хроническими</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D67" w:rsidRPr="00CA6D1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заболеваниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD3058" w:rsidRPr="009A7D67" w:rsidRDefault="00AD3058" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...56 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Часто проветривайте помещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B95B87" w:rsidRPr="009A7D67" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
-[...11 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сохраняйте чистоту, как можно чаще мойте и дезинфицируйте поверхности бытовыми моющими средст</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95B87" w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD3058" w:rsidRPr="009A7D67" w:rsidRDefault="00B95B87" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
-[...11 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Част</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3058" w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о мойте руки с мылом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
-[...11 lines deleted...]
-        <w:pStyle w:val="a5"/>
+      <w:r w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ухаживая за больным, прикрывайте рот и нос маской или другими защитными средствами (платком, шарфом и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRPr="009A7D67" w:rsidRDefault="006A52D6" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009B7F08">
-[...159 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:r w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ухаживать за больным долже</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3058" w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н только один член семьи.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3058" w:rsidRPr="009A7D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A7D67" w:rsidRDefault="009A7D67" w:rsidP="007C76E1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="009A7D67" w:rsidSect="009A7D67">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="850" w:bottom="851" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="005C39A7" w:rsidRDefault="005C39A7" w:rsidP="00A837A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="005C39A7" w:rsidRDefault="005C39A7" w:rsidP="00A837A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="005C39A7" w:rsidRDefault="005C39A7" w:rsidP="00A837A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="005C39A7" w:rsidRDefault="005C39A7" w:rsidP="00A837A8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00A837A8" w:rsidRDefault="00C01D36">
+  <w:p w:rsidR="00A837A8" w:rsidRDefault="00A837A8">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3A8F338F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BFD61548"/>
+    <w:tmpl w:val="9AFA0992"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -1738,128 +1738,164 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="009B7F08"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C01D36"/>
+    <w:rsidRoot w:val="006A52D6"/>
+    <w:rsid w:val="002A08BD"/>
+    <w:rsid w:val="002F6CA0"/>
+    <w:rsid w:val="00436407"/>
+    <w:rsid w:val="00475454"/>
+    <w:rsid w:val="004A6ED0"/>
+    <w:rsid w:val="005C39A7"/>
+    <w:rsid w:val="006A52D6"/>
+    <w:rsid w:val="006C2218"/>
+    <w:rsid w:val="006D4CB0"/>
+    <w:rsid w:val="00797147"/>
+    <w:rsid w:val="007C76E1"/>
+    <w:rsid w:val="007D5392"/>
+    <w:rsid w:val="008011B8"/>
+    <w:rsid w:val="008222E6"/>
+    <w:rsid w:val="008321A9"/>
+    <w:rsid w:val="00873279"/>
+    <w:rsid w:val="00894EF3"/>
+    <w:rsid w:val="008A646D"/>
+    <w:rsid w:val="008E34BF"/>
+    <w:rsid w:val="00914357"/>
+    <w:rsid w:val="009A7D67"/>
+    <w:rsid w:val="00A0455C"/>
+    <w:rsid w:val="00A43008"/>
+    <w:rsid w:val="00A531FE"/>
+    <w:rsid w:val="00A837A8"/>
+    <w:rsid w:val="00AD3058"/>
+    <w:rsid w:val="00B26FC4"/>
+    <w:rsid w:val="00B645A3"/>
+    <w:rsid w:val="00B95B87"/>
+    <w:rsid w:val="00CA6D1C"/>
+    <w:rsid w:val="00FD57E4"/>
+    <w:rsid w:val="00FF5AA5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1931,446 +1967,481 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00B645A3"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009B7F08"/>
+    <w:rsid w:val="00A837A8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009B7F08"/>
+    <w:rsid w:val="00A837A8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A837A8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A837A8"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00797147"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00797147"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009B7F08"/>
+    <w:rsid w:val="009A7D67"/>
     <w:pPr>
-      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{410D32DC-0DA1-43D4-958B-2DE8F983F727}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7526C1C-A687-4807-B057-6D6098231906}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>447</Words>
-  <Characters>2552</Characters>
+  <Words>483</Words>
+  <Characters>2754</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2994</CharactersWithSpaces>
+  <CharactersWithSpaces>3231</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Мельникова Альбина Андреевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>