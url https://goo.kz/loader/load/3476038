--- v0 (2025-12-15)
+++ v1 (2026-03-09)
@@ -1,735 +1,728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
+      <w:r w:rsidRPr="00285DC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ПРОФИЛАКТИКА КОРОНАВИРУСНОЙ ИНФКЦИИ</w:t>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00BC52BF">
+        <w:t>КОРОНАВИРУС ИНФЕКЦИЯСЫН АЛДЫН АЛУ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    Коронавирус инфекциясының вирусы адамда  түрлі ауыртпалықтағы респираторлы ауруларды тудырады. Аурудың белгілері жай (мерзімдік)тұмаға ұқсас. Аурудың ауырлығы түрлі факторларға байланысты, оның ішінде ағзаның жалпы жағдайы мен жасына байланысты.   Ауруды алдын алу үшін  келесі ережелерді сақтау қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>          ПРАВИЛО 1. ЧАСТО МОЙТЕ РУКИ С МЫЛОМ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC52BF">
+        <w:t>         1ЕРЕЖЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>             Қолыңызды сабынмен жиі жуыңыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>         Тұрмыстық жуу құралдарын  қолдана отырып, тазалап және дезинфекция  жасаңыз. Қол гигиенасы - коронавирус инфекциясының таралуын алдын алудың  маңызды шарасы. Қолды сабындап жуу вирустарды жояды. Қолды сабындап жууға мүкіндік жоқ болған жағдайда  спиртті және зарарсыздандыру майлықтарын пайдалану керек. Үстел, есік тұтқалары,  орындықтар, гаджет т.б. заттарды үнемі тазалап дезинфекция жасау  вирустарды жояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...8 lines deleted...]
-        <w:t>   Чистите и дезинфицируйте поверхности, используя бытовые моющие средства.Гигиена рук - это важная мера профи</w:t>
+        <w:t>              2 ЕРЕЖЕ. ҚАШЫҚТЫҚТЫ САҚТАҢЫЗ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>          Вирус ауру адамнан сау адамға  ауа-тамшы жолымен   (түшкіру, жөтел кезінде ) жұғады, сондықтан ауру адаммен 1 метр қашықтықты сақтау керек. Көзіңізді, мұрын мен аузыңызды қолыңызбен ұстаудан аулақ болыңыз. Коронавирус осы жолдармен тарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Аурудан сақтану үшін қолда бар сақтану құралдарын пайдаланыңыз, маска киіңіз.Түшкіру мен жөтел кезінде ауыз бен мұрынды  бір реттік майлықтармен жауып, кейін оларды  лақтырып тастау керек. Аурудан сақтану үшін көпшілік орындар мен артық сапарлардан бас тарту қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 ЕРЕЖЕ. САЛАУАТТЫ ӨМІР САЛТЫН ЖҮРГІЗІҢІЗ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Салауатты өмір салты ағзаның инфекцияқа қарсылығын арттырады. Физикалық белсенділік,дәрумен мен минералды заттар, ақуызы мол тағамдарды қолданыңыз,толыққанды ұйқы мен дұрыс режимді сақтаңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      КОРОНАВИРУС ИНФЕКЦИЯСЫМЕН АУЫРҒАН ЖАҒДАЙДА НЕ ІСТЕУ ҚАЖЕТ?</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00BC52BF">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00BC52BF">
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Үйде қалып және тез арада дәрігер шақырыңыз. Дәрігердің кеңесіне құлақ түріңіз,төсекте жату режимін сақтап, сұйықтықты көп ішіңіз.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>           ПРАВИЛО 2. СОБЛЮДАЙТЕ РАССТОЯНИЕ И ЭТИКЕТ</w:t>
-[...80 lines deleted...]
-      <w:r w:rsidRPr="00BC52BF">
+        <w:t>КОРОНАВИРУС ИНФЕКЦИЯСЫНЫҢ БЕЛГІЛЕРІ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Дене температурасының көтерілуі, бас ауруы, мұрын бітелуі, қалтырау, әлсіздік,  дем алудық қиындауы, буынның ауруы, конъюнктивит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>             Кейбір жағдайларда асқазан- ішектің бұзылуы: айну, құсу, іш өту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>        ПРАВИЛО 3. ВЕДИТЕ ЗДОРОВЫЙ ОБРАЗ ЖИЗНИ        </w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00BC52BF">
+        <w:t>      АСҚЫНУЛАР </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>            Асқынулардың ішінде вирусті пневмония бірінші орында. Пневмония кезінде адамның жағдайы  тез нашарлайды, 24 сағат арасында пациенттің өкпеге ауа жетпеуі өрбиді, ол өкпені механикалық желдетуді колдануды қажет етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Емдеуді тез арада бастау аурудың ауырлық дәрежесін жеңілдетуге ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>       ЧТО ДЕЛАТЬ В СЛУЧАЕ ЗАБОЛЕВАНИЯКОРОНАВИРУСНОЙ ИНФЕКЦИЕЙ?</w:t>
-[...203 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+        <w:t>       ОТБАСЫНЫҢ БІР МҮШЕСІ  КОРОНАВИРУС ИНФЕКЦИЯСЫНА ШАЛДЫҚСА НЕ ІСТЕУ КЕРЕК ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дәрігер шақырыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...19 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйде ауруға жеке бөлме бөліңіз. Ол мүмкін болмаған жағдайда  аурудан 1 метр қашықтықты сақтаңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауру адаммен, әсіресе, балалардың, қария адамдардың, созылмалы ауруы бар адамдардың  араласуын  шектеңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бөлмені жиі желдетіңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тазалықты сақтап, тұрмыстық жуу құралдарымен дезинфекция жасап, заттарды жиі жуу қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...9 lines deleted...]
-    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қолыңызды сабынмен жиі жуыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC52BF">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00FE7880" w:rsidRPr="00BC52BF">
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауруды күту кезінде аузыңызды, мұрныңызды  жауып,басқа да сақтану құралдарын пайдаланыңыз(сүлгі , шарфт.б. ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00285DC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ауру адамды бір ғана отбасы мүшесі күту керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00816F6B" w:rsidRPr="00285DC1" w:rsidRDefault="00816F6B"/>
+    <w:sectPr w:rsidR="00816F6B" w:rsidRPr="00285DC1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -752,53 +745,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="79D53909"/>
+    <w:nsid w:val="04F44317"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7DC4359A"/>
+    <w:tmpl w:val="306883D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -918,55 +911,54 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="108"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009C2641"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FE7880"/>
+    <w:rsidRoot w:val="007210B0"/>
+    <w:rsid w:val="00285DC1"/>
+    <w:rsid w:val="007210B0"/>
+    <w:rsid w:val="00816F6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1143,67 +1135,67 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA66FA"/>
+    <w:rsid w:val="00285DC1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA66FA"/>
+    <w:rsid w:val="00285DC1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1361,79 +1353,79 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA66FA"/>
+    <w:rsid w:val="00285DC1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00BA66FA"/>
+    <w:rsid w:val="00285DC1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1890216276">
+    <w:div w:id="1899126634">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1703,54 +1695,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>494</Words>
-  <Characters>2818</Characters>
+  <Words>456</Words>
+  <Characters>2604</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3306</CharactersWithSpaces>
+  <CharactersWithSpaces>3054</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>