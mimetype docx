--- v0 (2025-12-21)
+++ v1 (2026-02-28)
@@ -1,728 +1,1074 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00847C15" w:rsidP="00BA66FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>КОРОНАВИРУС ИНФЕКЦИЯСЫН АЛДЫН АЛУ </w:t>
-[...45 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>         1ЕРЕЖЕ.</w:t>
-[...46 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:t>рофилактика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>              2 ЕРЕЖЕ. ҚАШЫҚТЫҚТЫ САҚТАҢЫЗ</w:t>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3 ЕРЕЖЕ. САЛАУАТТЫ ӨМІР САЛТЫН ЖҮРГІЗІҢІЗ</w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      КОРОНАВИРУС ИНФЕКЦИЯСЫМЕН АУЫРҒАН ЖАҒДАЙДА НЕ ІСТЕУ ҚАЖЕТ?</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:t>инфкции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Вирусы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции вызывают у человека респираторные заболевания разной тяжести. Симптомы заболевания аналогичны симптомам обычного (сезонного) гриппа. Тяжесть заболевания зависит от целого ряда факторов, в том числе от общего состояния организма и возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>          Для профилактики заболевания необходимо соблюдать правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>КОРОНАВИРУС ИНФЕКЦИЯСЫНЫҢ БЕЛГІЛЕРІ</w:t>
-[...67 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:t>          ПРАВИЛО 1. ЧАСТО МОЙТЕ РУКИ С МЫЛОМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      АСҚЫНУЛАР </w:t>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00285DC1">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Чистите и дезинфицируйте поверхности, используя бытовые моющие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>средства</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>игиена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рук - это важная мера профилактики распространения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции. Мытье с мылом удаляет вирусы. Если нет возможности помыть руки с мылом, пользуйтесь спиртсодержащими или дезинфицирующими </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салфетками</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.Ч</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>истка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и регулярная дезинфекция поверхностей (столов, дверных ручек, стульев, гаджетов и др.) удаляет вирусы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>       ОТБАСЫНЫҢ БІР МҮШЕСІ  КОРОНАВИРУС ИНФЕКЦИЯСЫНА ШАЛДЫҚСА НЕ ІСТЕУ КЕРЕК ?</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+        <w:t>           ПРАВИЛО 2. СОБЛЮДАЙТЕ РАССТОЯНИЕ И ЭТИКЕТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Вирусы передаются от больного человека к здоровому воздушно -капельным путем (при чихании, кашле), поэтому необходимо соблюдать расстояние не менее 1 метра от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>больных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.И</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>збегайте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трогать руками глаза, нос или рот. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коронавирус</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> распространяются этими путями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Надевайте маску или используйте другие подручные средства защиты, чтобы уменьшить риск </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заболевания</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кашле, чихании следует прикрывать рот и нос одноразовыми салфетками, которые после использования нужно выбрасывать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Избегая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> излишние поездки и посещения многолюдных мест, можно уменьшить риск заболевания.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        ПРАВИЛО 3. ВЕДИТЕ ЗДОРОВЫЙ ОБРАЗ ЖИЗНИ        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Здоровый образ жизни повышает сопротивляемость организма к инфекции. Соблюдайте здоровый режим, включая полноценный сон, потребление пищевых продуктов богатых белками, витаминами и минеральными веществами, физическую активность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       ЧТО ДЕЛАТЬ В СЛУЧАЕ ЗАБОЛЕВАНИЯКОРОНАВИРУСНОЙ ИНФЕКЦИЕЙ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Оставайтесь дома и срочно обращайтесь к врачу.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Следуйте предписаниям врача, соблюдайте постельный режим и пейте как можно больше жидкости.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>          СИМПТОМЫ КОРОНАВИРУСНОЙ ИНФЕКЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Высокая температура тела, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>озноб</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оловная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> боль, слабость, заложенность носа, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кашель,затрудненное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дыхание, боли в мышцах, конъюнктивит.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    В некоторых случаях могут быть симптомы желудочно-кишечных расстройств: тошнота, рвота, диарея.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ОСЛОЖНЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     Среди осложнений лидирует вирусная пневмония. Ухудшение состояния при вирусной пневмонии идёт быстрыми темпами, и у многих пациентов уже в течение 24 часов развивается дыхательная недостаточность, требующая немедленной респираторной поддержки с механической вентиляцией лёгких.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>         Быстро начатое лечение способствует облегчению степени тяжести болезни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>          ЧТО ДЕЛАТЬ ЕСЛИ В СЕМЬЕ КТО-ТО ЗАБОЛЕЛ  КОРОНАВИРУСНОЙ ИНФЕКЦИЕЙ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вызовите врача.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выделите больному отдельную комнату в доме. Если это невозможно, соблюдайте расстояние не менее 1 метра от больного.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ограничьте до минимума контакт между больным и близкими, особенно детьми, пожилыми людьми и лицами, страдающими хроническими заболеваниями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Часто проветривайте помещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сохраняйте чистоту, как можно чаще мойте и дезинфицируйте поверхности бытовыми моющими средствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Часто мойте руки с мылом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...9 lines deleted...]
-    <w:p w:rsidR="00285DC1" w:rsidRPr="00285DC1" w:rsidRDefault="00285DC1" w:rsidP="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ухаживая за больным, прикрывайте рот и нос маской или другими защитными средствами (платком, шарфом и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA66FA" w:rsidRPr="00BC52BF" w:rsidRDefault="00BA66FA" w:rsidP="00BA66FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00285DC1">
-[...37 lines deleted...]
-    <w:sectPr w:rsidR="00816F6B" w:rsidRPr="00285DC1">
+      <w:r w:rsidRPr="00BC52BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ухаживать за больным должен только один член семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FE7880" w:rsidRPr="00BC52BF" w:rsidRDefault="00FE7880"/>
+    <w:sectPr w:rsidR="00FE7880" w:rsidRPr="00BC52BF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -745,53 +1091,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="04F44317"/>
+    <w:nsid w:val="79D53909"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="306883D4"/>
+    <w:tmpl w:val="7DC4359A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -902,63 +1248,66 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="108"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007210B0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00816F6B"/>
+    <w:rsidRoot w:val="009C2641"/>
+    <w:rsid w:val="00847C15"/>
+    <w:rsid w:val="009C2641"/>
+    <w:rsid w:val="00BA66FA"/>
+    <w:rsid w:val="00BC52BF"/>
+    <w:rsid w:val="00FE7880"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1135,67 +1484,67 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00285DC1"/>
+    <w:rsid w:val="00BA66FA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00285DC1"/>
+    <w:rsid w:val="00BA66FA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1353,79 +1702,79 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00285DC1"/>
+    <w:rsid w:val="00BA66FA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00285DC1"/>
+    <w:rsid w:val="00BA66FA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1899126634">
+    <w:div w:id="1890216276">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1695,54 +2044,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>456</Words>
-  <Characters>2604</Characters>
+  <Words>494</Words>
+  <Characters>2818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3054</CharactersWithSpaces>
+  <CharactersWithSpaces>3306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>