--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -1,11509 +1,8675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="b99eb85" w14:textId="b99eb85">
-[...4 lines deleted...]
-        <w15:collapsed w:val="false"/>
+    <w:p w:rsidR="00EF4E93" w:rsidRPr="00BA6BE5" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нұр-Сұлтан қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аласы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      город Нур-Султан                                                                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C14F1" w:rsidRPr="00BA6BE5" w:rsidRDefault="005C14F1" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA6BE5" w:rsidRPr="00BA6BE5" w:rsidRDefault="00BA6BE5" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA6BE5" w:rsidRPr="00BA6BE5" w:rsidRDefault="00BA6BE5" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и дополнений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:b/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 18 марта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 года№ 125 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об утверждении</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовых правил проведения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">текущего контроля успеваемости, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>промежуточной и итоговой аттестации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся для организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>среднего, технического и профессионального,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего образования»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:kern w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Внести в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра образования и наукиРеспублики Казахстан от 18 марта2008 года№ 125 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об утвержденииТиповых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестацииобучающихся для организацийсреднего, технического и профессионального,послесреднего образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зарегистрированный в Реестре государственной регистрации нормативных правовых актов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>под</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 5191, опубликованный в «Юридической газете» 30 мая 2008 года №81 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(1481)) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">следующее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>изменения и дополнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правил</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ах</w:t>
+      </w:r>
+      <w:r w:rsidR="00927AF1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>образования, реализующих общеобразовательные учебные программы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункты 13-1 и 13-2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13-1. При формативном оценивании на уроке учитель осуществляет   обратную связь. Педагог самостоятельно определяет количество обучающихся, форму и частоту предоставления обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5C7D" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Результаты формативного оценивания не требуют распечатывания и дальнейшего хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Предоставление результатов формативного оценивания осуществляется в выполненных работах обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в электронных журналах через комментарии учителя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="SUB2600"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункты 14-3, 14-4, 14-5 и 14-6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="SUB8600"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14-3. При выставлении итогового балла за СОР и суммативные работы за четверть (далее - СОЧ) не учитываются помарки, а также качество оформления условий учебных заданий и задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14-4. При учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти с объединением разделов</w:t>
+      </w:r>
+      <w:r w:rsidR="005315C0" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, итоговая оценка выставляется за полугодие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14-5. СОР проводится не более трех раз в четверти. Разделы/сквозные темы объединяются с учетом специфики тем и количества целей обучения при изучении четырех и более разделов/сквозных тем в четверти.Разрешается его проведение в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-6. Допускается проведение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более трех в один день с учетом уровня сложности учебных предметов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не проводятся в последний день завершения четверти. Одновременно СОР и СОЧ по одному учебному предмету не проводятся в один день.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 14-8 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="0055048A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14-8. При оценивании обучающихся с особыми образовательными потребностями учитель использует дифференцированные и/или индивидуальные задания, а также вносит изменения в критерии оценивания с учетом особенностей обучающегося, в том числе при реализации индивидуальных учебных программ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0055048A" w:rsidRPr="00BA6BE5" w:rsidRDefault="003C5CA5" w:rsidP="0055048A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 15 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51457" w:rsidRDefault="00A51457" w:rsidP="00A51457">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...370 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. По предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самопознание</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...2897 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физическая культура</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Начальная военная и технологическая подготовка», «</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общество и религия</w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Информационно-коммуникационные технологии» в начальной школе </w:t>
+      </w:r>
+      <w:r w:rsidR="0055048A" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное оценивание не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C5CA5" w:rsidRPr="00A51457" w:rsidRDefault="0055048A" w:rsidP="00A51457">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В конце четверти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/полугодия и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по предметам «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физическая культура</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Начальная военная и технологическая подготовка», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Самопознание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общество и религия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Информационно-коммуникационные технологии» в начальной школе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выставляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51457">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="0055048A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнить пунктами 15-1) и 15-2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="0055048A">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-1. В 10-11-х классах при выборе предметов углубленного и стандартного уровня инвариантного компонента по данным предметам проводится суммативное оценивание, кроме учебных предметов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основы предпринимательства и бизнеса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Графика и проектирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>По учебным предметам 10-11-го класса, выбранных за счет часов вариативного компонента, суммативное оценивание не проводится</w:t>
+      </w:r>
+      <w:r w:rsidR="00284098" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конце учебного года выставляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15-2. В случае выбора Типовых учебных планов с сокращенной учебной нагрузкой количество СОР проводится согласно пунктам 14-4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По учебным предметам 7-9 классов выбранного за счет вариативного компонента (предметы по выбору из инвариантного компонента) суммативное оценивание не проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в конце учебного года выставляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незачет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20. Обучающиеся при отсутствии (по состоянию здоровья, смерть близких родственников, в связи с неблагоприятными метеоусловиями, участие в соревнованиях, конференциях, олимпиадах и конкурсах научных проектов всех уровней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проходят суммативное оценивание по индивидуальному графику.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 37 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>37. Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) письменного экзамена по родному языку (по языку обучения) – письменная работа (эссе),для обучающихся школ с углубленным изучением предметов гуманитарного цикла - письменная работа (статья, рассказ, эссе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) письменного экзамена по математике (алгебре); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) письменного экзамена по казахскому языку и литературе в классах с русским, узбекским, уйгурским и таджикским языками обучения и письменного экзамена по русскому языку и литературе в классах с казахским языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) письменного экзамена по предмету по выбору (физика, химия, биология, география, геометрия, история Казахстана, всемирная история, литература (по языку обучения), иностранный язык (английский, французский, немецкий), информатика).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 40 и 41 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>40. Материалы экзаменационных работ (задания и схемы выставления баллов) для обучающихся 9 (10) класса готовятся управлениями образования областей, городов Нур-Султан, Алматы и Шымкент(далее – управления образования), для обучающихся 9 (10) класса республиканских школ и для обучающихся 11 (12) класса школ – Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Содержание итоговой аттестации и ожидаемые результаты регламентируются спецификацией в разрезе каждого предмета и языка обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. Обучающиеся 9 (10) класса, имеющие годовые неудовлетворительные оценки по одному и двум предметам, до проведения итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проходят дополнительное суммативное оценивание за учебный год по данным предметам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 46 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46. Выпускникам по образовательным программам автономной организации образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Назарбаев Интеллектуальные школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – выпускники АОО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НИШ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), являющейся экспериментальной площадкой, выдаются сертификаты единого национального тестирования (далее - ЕНТ) на основании перевода баллов внешнего оценивания результатов обучения выпускников АОО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НИШ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в баллы сертификата ЕНТ в соответствии со шкалой перевода баллов внешнего оценивания результатов обучения выпускников АОО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>НИШ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и итоговых оценок победителей в баллы сертификата ЕНТ согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 49 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>49. Экзаменационные материалы повторной итоговой аттестации разрабатываются школами самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающимся 9 (10) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об основном среднем образовании, утвержденный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом № 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающимся 11 (12) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об общем среднем образовании, утвержденный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">приказом </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:br/>
+          <w:t>№ 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 (10) класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, получ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ившие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неудовлетворительную оценку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повторной итоговой аттестации, остаются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бучающиеся 11 (12) классов, получ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ившие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неудовлетворительную оценку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повторной итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, получают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> справку, выдаваемую  лицам, не завершившим образование, в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">приказом </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:br/>
+          <w:t>№ 289</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 51 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>51. Приказы об освобождении обучающихся от итоговой аттестации издаются на основании следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заключения врачебно-консультационной комиссии согласно форме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>№ 035-1/у, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении форм первичной медицинской документации организаций здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрированным в Реестре государственной регистрации нормативных правовых актов под № 6697), для категории обучающихся указанных в подпункте 1) и 2) пункта 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) выписки из решения педсовета и ходатайства школы, для категории обучающихся указанных в пункте 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) подлинников и копий табелей успеваемости обучающихся (далее - табель) в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 23 октября 2007 года № 502 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>утверждении формы документов строгой отчетности, используемых организациями образования в образовательной деятельности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 4991), для категории обучающихся указанных в пункте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>50 настоящих Правил. Подлинники табелей после сверки с его копиями возвращаются администрации школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Документы, указанные в подпунктах 2) и 3) настоящего пункта, заверяются подписью руководителя и печатью школы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 54 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>54. Выпускники 11 (12) класса, выезжавшие на учебу за рубеж по линии международного обмена, и окончившие там образовательные учреждения, итоговую аттестацию за 11 (12) класс проходят в школах Республики Казахстан п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осле окончании учебы за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>До начала итоговой аттестации решением школьной комиссии данные выпускники проходят аттестацию по предметам инвариантного компонента Типового учебного плана, утвержденного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8170) не изучавшимся за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки проведения итоговой аттестации устанавливаются решением педсовета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>После прохождения итоговой аттестации им выдается аттестат об общем среднем образовании, утвержденный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом № 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с учетом отметок по предметам, изучавшимся за рубежом, годовых и итоговых оценок, полученных в предыдущих классах в школах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выпускникам, выезжавшим на учебу за рубеж по линии международного обмена, и окончившим там образовательные учреждения, а также имеющим за время обучения в 10 (11) и 11 (12) классах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республике Казахстан или за рубежом годовые, итоговые оценки и оценки по итоговой аттестации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по изученным предметам, выдается аттестат об общем среднем образовании с отличием, утвержденный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом № 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выпускникам, выезжавшим на учебу за рубеж по линии международного обмена и окончившим там образовательные учреждения, а также имеющим годовые, итоговые оценки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по всем предметам в период учебы с 5 по 11 (12) классы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республике Казахстан или за рубежом и прошедшим итоговую аттестацию на оценку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, выдается аттестат об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с формой, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом № 39</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и знак </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 58 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58. В 9 (10) классе на выполнение письменных работ отводится </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2 астрономических часа, на математику (алгебру) (письменно) – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3 астрономических часа (в специализированных школах физико-математического направления – 4 часа).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 62 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62. По окончании письменного экзамена и тестирования члены Комиссии проверяют работы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7C66">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00383CEC" w:rsidRPr="008C7C66">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в здании школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C7C66">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кроме</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7C66">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Непроверенные работы сдаются на хранение руководителю школы. При проверке ошибки подчеркиваются. В эссе, за курс общего среднего образования, количество ошибок указывается отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На письменные работы по математике (алгебре), оцененные на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Комиссией школы даются рецензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В 9 (10) классе работы проверяются согласно схеме выставления баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эссе в 11 (12) классе оценивается двумя оценками, письменная экзаменационная работа по математике (алгебре) за курс основного и общего среднего образования – одной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По итогам эссе оценка за орфографию и грамматику  выставляется по языковым предметам, оценка за содержание выставляется по литературе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае выбора выпускниками литературы из перечня предметов по выбору для итоговой аттестации оценка выставляется только по данному предмету.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 64 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>64. На устном экзамене в 11 (12) классе для подготовки ответа обучающемуся предоставляется не менее 20 минут. Если обучающийся не ответил на вопросы по билету, Комиссия разрешает ему взять второй билет (оценка в данном случае снижается на 1 балл).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 69 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">69. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После проведения устных или письменных экзаменов, тестирования по каждому предмету в 11 (12) классе Комиссия в тот же день выставляет обучающимся экзаменационные и итоговые оценки и вносит их в бумажный и электронный Протокол экзамена (тестирования) и итоговых оценок за курс обучения на уровне общего среднего образования по форме согласно приложению 3 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В 9 (10) классе Комиссия выставляет обучающимся баллы и экзаменационные оценки и вносит их в бумажный и электронный Протокол экзамена за курс обучения на уровне основного среднего образования по форме согласно приложению 3 к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Результаты итоговой аттестации обучающихся 9 (10) класса по предметам в виде баллов выставляются в журнал (бумажный/электронный) и переводятся по шкале перевода баллов экзамена в экзаменационные оценки согласно приложению 4 к настоящим Правилам.»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 71 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>71. Оценки, полученные обучающимися на устном экзамене в 11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классе, объявляются им после окончания экзамена в данном классе или группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На основании письменного заявления обучающийся в присутствии председателя Комиссии школы ознакамливается с результатами проверки своей письменной работы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 73 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">73. При выведении итоговых оценок по предмету в 9(10) классах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тоговая оценка выставляется на основании результатов экзамена (по пятибальной шкале) и четвертных оценок за учебный год (по пятибальной шкале) в процентном соотношении 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F025"/>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F025"/>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Округление итоговой оценки проводиться к ближайшему целому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выведении итоговых оценок по предмету в 11(12) классах надлежит руководствоваться следующим:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) итоговая оценка по предмету определяется на основании годовой и экзаменационной с учетом четвертных (полугодовых) оценок за текущий учебный год (учитывается при экзаменационной оценке </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) при неудовлетворительной экзаменационной оценке не выставляется положительная итоговая оценка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) итоговая оценка выставляется не выше экзаменационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> случае, если в 11 (12) классах не выбраны предметы углубленного и стандартного уровней инвариантного компонента, в аттестат </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выставляется итоговая оценка по этим предметам за 9 класс.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункты 80 и 81 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk20129741"/>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>80. Комиссией, формируемой при школе, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведение разъяснительных работ для обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) формирование и направление в филиал НЦТ списков обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>11 (12) класса, сдающих итоговую аттестацию с указанием перечня предметов, выбранных обучающимися 11 (12) класса, в срок до 1 марта текущего года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) организация работы по проведению итоговой аттестации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также подготовке обучающихся к итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассмотрение письменных экзаменационных работ обучающихся 9 (10) и 11 (12) классов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кроме</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF469A">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) после завершения письменных экзаменационных работ направляет электронный вариант Протокола в отделы или управления образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) выдача и использование результатов тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) направление письменных экзаменационных работ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на рассмотрение Комиссии, формируемыми при управлении образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>республиканские школы на рассмотрение Комиссии, формируемыми при Министерстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через отделы образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) перевод баллов результатов тестирования в оценки в соответствии со Шкалой перевода баллов тестирования в оценки аттестата о среднем общем образовании согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z773" w:history="1">
+        <w:r w:rsidRPr="00BA6BE5">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приложению 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие решения.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>81. Комиссиями, формируемыми при районном, городском отделе образования, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) направление письменных экзаменационных работ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на рассмотрение Комиссии, формируемыми при управлении образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнить пунктами 81-1) и 81-2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«81-1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссиями, формируемыми при управлении образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00927AF1">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) рассмотрение письменных экзаменационных работ претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) направл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidR="00927AF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>результатов</w:t>
+      </w:r>
+      <w:r w:rsidR="00927AF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрение письменных экзаменационных работ претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81-2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссиями, формируемыми при Министерстве, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) рассмотрение письменных экзаменационных работ претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> республиканских школ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>направл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ение</w:t>
+      </w:r>
+      <w:r w:rsidR="00927AF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>результатов</w:t>
+      </w:r>
+      <w:r w:rsidR="00927AF1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрение письменных экзаменационных работ претенд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ентов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на получение аттестатов об общем среднем образовании </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алтын белгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">республиканские </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="0042285B" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приложени</w:t>
+      </w:r>
+      <w:r w:rsidR="008E5C7D" w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 и 4 изложить в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042285B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>редак</w:t>
+      </w:r>
+      <w:r w:rsidR="00482968" w:rsidRPr="0042285B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042285B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ии согласно приложен</w:t>
+      </w:r>
+      <w:r w:rsidR="004169FD" w:rsidRPr="0042285B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00482968" w:rsidRPr="0042285B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042285B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 и 2 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="0085252A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комитету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дошкольного и среднего образования Министерства образования и науки Республики Казахстан (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="0085252A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уптлеуова Б.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в течение десяти рабочих дней после государственной регистрации настоящего приказа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Министерстве юстиции Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представление в Департамент юридической службы Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) и 3) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">курирующего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вице-министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA6BE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006622CA" w:rsidRPr="00BA6BE5" w:rsidRDefault="006622CA" w:rsidP="006622CA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094678B" w:rsidRPr="00BA6BE5" w:rsidRDefault="0094678B" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="8930" w:type="dxa"/>
+        <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="3652"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr>
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0038799B" w:rsidRPr="00BA6BE5" w:rsidTr="0038799B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3652" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>
-[...21 lines deleted...]
-</w:t>
+              <w:t>Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00C659A6" w:rsidRDefault="00C659A6"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:b/>
+                <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...386 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0094678B" w:rsidRPr="00BA6BE5" w:rsidRDefault="0094678B" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00C659A6"/>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...12 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>________ облысының/қаласының Әділет департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Нормативтік құқықтық акті 27.11.2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>тіркеудің тізіліміне № 19655 болып енгізілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00C659A6"/>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Результаты согласования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
-        <w:rPr>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Министерство образования и науки РК - Руководитель управления Тимур Владимирович Давлет, 20.11.2019 17:30:14, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
-        <w:rPr>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t>Министерство юстиции РК - Вице-министр Наталья Виссарионовна Пан, 25.11.2019 09:39:21, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Результаты подписания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
       <w:r>
-        <w:rPr>
-[...7123 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+        <w:t>Министерство образования и науки РК - Министр Асхат Канатович Аймагамбетов, 26.11.2019 11:01:20, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C659A6" w:rsidSect="00642211">
+      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times/Kazakh">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="009A7622" w:rsidRDefault="009A7622">
+    <w:pPr>
+      <w:pStyle w:val="af3"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 19655 болып енгізілді</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="007F5877" w:rsidRDefault="007F5877"/>
+  <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="007F5877" w:rsidRDefault="007F5877"/>
+  <w:p w:rsidR="009A7622" w:rsidRDefault="009A7622">
+    <w:pPr>
+      <w:pStyle w:val="af3"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00C659A6" w:rsidRDefault="00D979F2">
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="007F5877" w:rsidRDefault="007F5877"/>
+  <w:p w:rsidR="009A7622" w:rsidRDefault="009A7622">
+    <w:pPr>
+      <w:pStyle w:val="af3"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p w:rsidR="0016704D" w:rsidRDefault="0016704D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00566BAA" w:rsidP="00E43190">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00BE78CA">
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00566BAA" w:rsidP="00E43190">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00BE78CA">
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00927AF1">
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="af1"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="10325" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblLook w:val="01E0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3936"/>
+      <w:gridCol w:w="2126"/>
+      <w:gridCol w:w="4263"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00073119">
+      <w:trPr>
+        <w:trHeight w:val="1348"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="00D52DE8">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve">ҚАЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
+          </w:r>
+          <w:r w:rsidR="009A7622">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="972820" cy="972820"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="Рисунок 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="972820" cy="972820"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4263" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w:rsidR="009A7622" w:rsidRDefault="00A646AF" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="009A7622" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="3A7298"/>
+              <w:sz w:val="29"/>
+              <w:szCs w:val="29"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve">ОБРАЗОВАНИЯ И НАУКИ </w:t>
+          </w:r>
+          <w:r w:rsidR="00A646AF" w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
+      <w:trPr>
+        <w:trHeight w:val="591"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3936" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w:rsidR="00642211" w:rsidRPr="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>БҰЙРЫҚ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00782A16">
+          <w:pPr>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4263" w:type="dxa"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tcPr>
+        <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="001A1881">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="0087566C">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>ПРИКАЗ</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00566BAA" w:rsidP="004B400D">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:rPr>
+        <w:color w:val="3A7298"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00566BAA">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:pict>
+        <v:line id="Line 26" o:spid="_x0000_s4097" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-position-vertical-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" strokecolor="#39f" strokeweight="1.25pt">
+          <w10:wrap anchory="page"/>
+        </v:line>
+      </w:pict>
+    </w:r>
+    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t>№ 509                                                                                                 от 26 ноября 2019 года</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="3A7234"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="3A7234"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="050E10FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4EED4D4"/>
+    <w:lvl w:ilvl="0" w:tplc="94DADD18">
+      <w:start w:val="40"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1720"/>
+        </w:tabs>
+        <w:ind w:left="1720" w:hanging="1020"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1780"/>
+        </w:tabs>
+        <w:ind w:left="1780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2500"/>
+        </w:tabs>
+        <w:ind w:left="2500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3220"/>
+        </w:tabs>
+        <w:ind w:left="3220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3940"/>
+        </w:tabs>
+        <w:ind w:left="3940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4660"/>
+        </w:tabs>
+        <w:ind w:left="4660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5380"/>
+        </w:tabs>
+        <w:ind w:left="5380" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6100"/>
+        </w:tabs>
+        <w:ind w:left="6100" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6820"/>
+        </w:tabs>
+        <w:ind w:left="6820" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="3C7A5260"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="97E0FD48"/>
+    <w:lvl w:ilvl="0" w:tplc="EB50223A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="6C204AF5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F454F34A"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1669"/>
+        </w:tabs>
+        <w:ind w:left="1669" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2389"/>
+        </w:tabs>
+        <w:ind w:left="2389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3109"/>
+        </w:tabs>
+        <w:ind w:left="3109" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3829"/>
+        </w:tabs>
+        <w:ind w:left="3829" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4549"/>
+        </w:tabs>
+        <w:ind w:left="4549" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5269"/>
+        </w:tabs>
+        <w:ind w:left="5269" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5989"/>
+        </w:tabs>
+        <w:ind w:left="5989" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6709"/>
+        </w:tabs>
+        <w:ind w:left="6709" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7429"/>
+        </w:tabs>
+        <w:ind w:left="7429" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="150"/>
+  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="4"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
+  <w:compat/>
+  <w:rsids>
+    <w:rsidRoot w:val="00A47D62"/>
+    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="00073119"/>
+    <w:rsid w:val="000922AA"/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:rsid w:val="000F02C9"/>
+    <w:rsid w:val="000F48E7"/>
+    <w:rsid w:val="001204BA"/>
+    <w:rsid w:val="001319EE"/>
+    <w:rsid w:val="00143292"/>
+    <w:rsid w:val="0016704D"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rsid w:val="001A1881"/>
+    <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001F45BB"/>
+    <w:rsid w:val="001F4925"/>
+    <w:rsid w:val="001F64CB"/>
+    <w:rsid w:val="002000F4"/>
+    <w:rsid w:val="0022101F"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rsid w:val="00251F3F"/>
+    <w:rsid w:val="00284098"/>
+    <w:rsid w:val="0029568E"/>
+    <w:rsid w:val="002A394A"/>
+    <w:rsid w:val="00317251"/>
+    <w:rsid w:val="00330B0F"/>
+    <w:rsid w:val="003532D2"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:rsid w:val="00383CEC"/>
+    <w:rsid w:val="0038799B"/>
+    <w:rsid w:val="00387CC8"/>
+    <w:rsid w:val="003C5CA5"/>
+    <w:rsid w:val="003D781A"/>
+    <w:rsid w:val="003F241E"/>
+    <w:rsid w:val="004169FD"/>
+    <w:rsid w:val="0042285B"/>
+    <w:rsid w:val="00423754"/>
+    <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="004332F2"/>
+    <w:rsid w:val="00467FAD"/>
+    <w:rsid w:val="004726FE"/>
+    <w:rsid w:val="00482968"/>
+    <w:rsid w:val="0049623C"/>
+    <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004C34B8"/>
+    <w:rsid w:val="004C4C4E"/>
+    <w:rsid w:val="004E49BE"/>
+    <w:rsid w:val="004F3375"/>
+    <w:rsid w:val="005315C0"/>
+    <w:rsid w:val="0055048A"/>
+    <w:rsid w:val="00554106"/>
+    <w:rsid w:val="00566BAA"/>
+    <w:rsid w:val="005C14F1"/>
+    <w:rsid w:val="005E5E95"/>
+    <w:rsid w:val="005F582C"/>
+    <w:rsid w:val="006109DE"/>
+    <w:rsid w:val="00642211"/>
+    <w:rsid w:val="006622CA"/>
+    <w:rsid w:val="00677536"/>
+    <w:rsid w:val="006B6938"/>
+    <w:rsid w:val="007006E3"/>
+    <w:rsid w:val="00711046"/>
+    <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00731B2A"/>
+    <w:rsid w:val="00740441"/>
+    <w:rsid w:val="007767CD"/>
+    <w:rsid w:val="00782A16"/>
+    <w:rsid w:val="00787A78"/>
+    <w:rsid w:val="007A2E6B"/>
+    <w:rsid w:val="007B57DD"/>
+    <w:rsid w:val="007D5C5B"/>
+    <w:rsid w:val="007E588D"/>
+    <w:rsid w:val="007F5877"/>
+    <w:rsid w:val="0081000A"/>
+    <w:rsid w:val="0084023F"/>
+    <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="0085252A"/>
+    <w:rsid w:val="00866964"/>
+    <w:rsid w:val="00867FA4"/>
+    <w:rsid w:val="008C7C66"/>
+    <w:rsid w:val="008E5C7D"/>
+    <w:rsid w:val="009139A9"/>
+    <w:rsid w:val="00914138"/>
+    <w:rsid w:val="00915A4B"/>
+    <w:rsid w:val="00927AF1"/>
+    <w:rsid w:val="00934587"/>
+    <w:rsid w:val="0094678B"/>
+    <w:rsid w:val="009924CE"/>
+    <w:rsid w:val="009A7622"/>
+    <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="00A10052"/>
+    <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rsid w:val="00A51457"/>
+    <w:rsid w:val="00A646AF"/>
+    <w:rsid w:val="00A721B9"/>
+    <w:rsid w:val="00A75875"/>
+    <w:rsid w:val="00A8098B"/>
+    <w:rsid w:val="00AA225A"/>
+    <w:rsid w:val="00AB0460"/>
+    <w:rsid w:val="00AC76FB"/>
+    <w:rsid w:val="00AD462C"/>
+    <w:rsid w:val="00B014CA"/>
+    <w:rsid w:val="00B06466"/>
+    <w:rsid w:val="00B86340"/>
+    <w:rsid w:val="00BA6BE5"/>
+    <w:rsid w:val="00BD42EA"/>
+    <w:rsid w:val="00BE3CFA"/>
+    <w:rsid w:val="00BE78CA"/>
+    <w:rsid w:val="00C659A6"/>
+    <w:rsid w:val="00C7780A"/>
+    <w:rsid w:val="00C8675A"/>
+    <w:rsid w:val="00CA1875"/>
+    <w:rsid w:val="00CC7D90"/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:rsid w:val="00D02BDF"/>
+    <w:rsid w:val="00D03D0C"/>
+    <w:rsid w:val="00D11982"/>
+    <w:rsid w:val="00D14F06"/>
+    <w:rsid w:val="00D42C93"/>
+    <w:rsid w:val="00D52DE8"/>
+    <w:rsid w:val="00D979F2"/>
+    <w:rsid w:val="00DF469A"/>
+    <w:rsid w:val="00E07044"/>
+    <w:rsid w:val="00E43190"/>
+    <w:rsid w:val="00E57A5B"/>
+    <w:rsid w:val="00E8227B"/>
+    <w:rsid w:val="00E866E0"/>
+    <w:rsid w:val="00EB54A3"/>
+    <w:rsid w:val="00EC3C11"/>
+    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00EE1A39"/>
+    <w:rsid w:val="00EF4E93"/>
+    <w:rsid w:val="00EF6BF2"/>
+    <w:rsid w:val="00F22932"/>
+    <w:rsid w:val="00F525B9"/>
+    <w:rsid w:val="00F56C2A"/>
+    <w:rsid w:val="00F64017"/>
+    <w:rsid w:val="00F66167"/>
+    <w:rsid w:val="00F93EE0"/>
+    <w:rsid w:val="00FA7E02"/>
+    <w:rsid w:val="00FC73D6"/>
+    <w:rsid w:val="00FF4CCD"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...9 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
-    <w:rsid w:val="004A3277"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...4 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="00841CD9"/>
+    <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-[...19 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
-[...37 lines deleted...]
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
-[...3 lines deleted...]
-    <w:uiPriority w:val="35"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="007109C0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00A47D62"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
     <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="1122"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
+    <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Знак Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="0023374B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Обычный (Web)1,Знак Знак3,Знак Знак Знак Знак Знак,Знак4 Зна,Знак4,Знак4 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00364E0B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BE78CA"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af2">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="007111E8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af4"/>
+    <w:rsid w:val="004726FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="004726FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="004B400D"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00934587"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001A1881"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб) Знак1 Знак,Обычный (веб) Знак Знак1 Знак,Знак Знак1 Знак Знак1,Обычный (веб) Знак Знак Знак Знак1,Знак Знак1 Знак Знак Знак,Обычный (веб) Знак Знак Знак Знак Знак,Обычный (Web)1 Знак,Знак Знак3 Знак"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="006622CA"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E07044"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
-[...3 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af8"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E07044"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="809253203">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="927737332">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1355838385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1502040128">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2029867968">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012487" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V070004991_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500012487" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1000006697" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V090005717_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1500010348" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1200008170" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>3187</Words>
+  <Characters>18166</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>151</Lines>
+  <Paragraphs>42</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>АО НИТ</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>21311</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>ЌАЗАЌСТАН</dc:title>
+  <dc:creator>user</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>