--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,10450 +1,4730 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4615"/>
-        <w:gridCol w:w="5022"/>
+        <w:gridCol w:w="4962"/>
+        <w:gridCol w:w="4263"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00DA64D7" w:rsidTr="007C2DF9">
+      <w:tr w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidTr="000B265B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007C2DF9" w:rsidRPr="00F04ACC" w:rsidRDefault="007C2DF9" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="00BC009A" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z810"/>
+            <w:bookmarkStart w:id="1" w:name="z720"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              </w:rPr>
+              <w:t>П</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>риложение 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B265B" w:rsidRPr="005A2A05" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F04ACC">
+            <w:r w:rsidRPr="005A2A05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r w:rsidR="007065F4" w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="007065F4" w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "jl:30180256.0%20" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="007065F4" w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>приказ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidR="007065F4" w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B265B" w:rsidRPr="005A2A05" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00180407" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> »              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BC009A" w:rsidRPr="005A2A05" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Білім және ғылым министрінің </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C2DF9" w:rsidRPr="00F04ACC" w:rsidRDefault="007C2DF9" w:rsidP="00056045">
+          <w:p w:rsidR="00BC009A" w:rsidRPr="005A2A05" w:rsidRDefault="00BC009A" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidR="000B265B" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Бастауыш, негізгі орта,</w:t>
+              </w:rPr>
+              <w:br/>
+              <w:t>успеваемости, промежуточной</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>жалпы орта білімнің білім</w:t>
+              <w:t>аттестации обучающихся</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>беретін оқу бағдарламаларын</w:t>
+              <w:t>в организациях образования,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>іске асыратын білім беру</w:t>
+              <w:t>реализующих</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ұйымдарындағы білім</w:t>
+              <w:t>общеобразовательные учебные</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>алушылардың үлгеріміне</w:t>
+              <w:t>программы начального,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>ағымдық бақылаудың, оларды</w:t>
+              <w:t>основного среднего,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:br/>
-              <w:t>аралық және қорытынды</w:t>
+              <w:t>общего среднего образования</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F04ACC">
-[...61 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidTr="007C2DF9">
+      <w:tr w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidTr="000B265B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="4263" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="right"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z811"/>
+            <w:bookmarkStart w:id="2" w:name="z721"/>
             <w:bookmarkEnd w:id="2"/>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007C2DF9" w:rsidRPr="00DA64D7" w:rsidRDefault="007C2DF9" w:rsidP="00056045">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="000B265B" w:rsidRPr="005A2A05" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A946B9" w:rsidRPr="005A2A05" w:rsidRDefault="00A946B9" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Протокол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">экзамена (тестирования) и итоговых оценок за курс обучения на уровнях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>білім</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      по ___________________________________ в ________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>         </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>наименование учебного предмета)       (наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="004370E1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(наименование города (села))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="004370E1">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(наименование района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ____________________________________ области Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      В состав экзаменационной комиссии входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ф. И. О. (при его наличии) председателя экзаменационной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ф. И. О. (при его наличии) экзаменатора ______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ф. И. О. (при наличии) ассистентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Пакет с экзаменационными материалами, присланный из управления образования (Министерства) вскрыт в _____ час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Экзаменационный (тестовый) материал, присланный в пакете, прилагается к настоящему протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      На экзамен (тестирование) явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      На экзамен (тестирование) не явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Экзамен (тестирование) начался в ____час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Экзамен (тестирование) закончился в ___час. ____мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По результатам экзамена (тестирования) выставлены </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>следующии</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004A484B" w:rsidRPr="00DA64D7">
-[...2384 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценки:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="360"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1633"/>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="2262"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="2097"/>
+        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="1443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidTr="007C2DF9">
+      <w:tr w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidTr="001E6489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z848"/>
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="z843"/>
+            <w:bookmarkStart w:id="3" w:name="z745"/>
+            <w:bookmarkStart w:id="4" w:name="z744"/>
+            <w:bookmarkStart w:id="5" w:name="z743"/>
+            <w:bookmarkStart w:id="6" w:name="z742"/>
+            <w:bookmarkStart w:id="7" w:name="z741"/>
+            <w:bookmarkStart w:id="8" w:name="z740"/>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="5"/>
             <w:bookmarkEnd w:id="6"/>
             <w:bookmarkEnd w:id="7"/>
             <w:bookmarkEnd w:id="8"/>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...64 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) экзаменующегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...82 lines deleted...]
-              <w:t>, билет №</w:t>
+              </w:rPr>
+              <w:t>Тема и вариант письменной работы, № билета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...46 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Экзаменационная оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...46 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Годовая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...46 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Итоговая оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidTr="007C2DF9">
+      <w:tr w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidTr="001E6489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="z855"/>
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="z850"/>
+            <w:bookmarkStart w:id="9" w:name="z752"/>
+            <w:bookmarkStart w:id="10" w:name="z751"/>
+            <w:bookmarkStart w:id="11" w:name="z750"/>
+            <w:bookmarkStart w:id="12" w:name="z749"/>
+            <w:bookmarkStart w:id="13" w:name="z748"/>
+            <w:bookmarkStart w:id="14" w:name="z747"/>
             <w:bookmarkEnd w:id="9"/>
             <w:bookmarkEnd w:id="10"/>
             <w:bookmarkEnd w:id="11"/>
             <w:bookmarkEnd w:id="12"/>
             <w:bookmarkEnd w:id="13"/>
             <w:bookmarkEnd w:id="14"/>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidTr="007C2DF9">
+      <w:tr w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidTr="001E6489">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="z862"/>
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="z857"/>
+            <w:bookmarkStart w:id="15" w:name="z759"/>
+            <w:bookmarkStart w:id="16" w:name="z758"/>
+            <w:bookmarkStart w:id="17" w:name="z757"/>
+            <w:bookmarkStart w:id="18" w:name="z756"/>
+            <w:bookmarkStart w:id="19" w:name="z755"/>
+            <w:bookmarkStart w:id="20" w:name="z754"/>
             <w:bookmarkEnd w:id="15"/>
             <w:bookmarkEnd w:id="16"/>
             <w:bookmarkEnd w:id="17"/>
             <w:bookmarkEnd w:id="18"/>
             <w:bookmarkEnd w:id="19"/>
             <w:bookmarkEnd w:id="20"/>
-            <w:r w:rsidRPr="00F04ACC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+          <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Особые мнения членов экзаменационной комиссии об оценках ответов отдельных обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Дата проведения экзамена (тестирования) "___" __________20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Дата внесения в протокол оценок "___"__________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Председатель Комиссии      ___________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Экзаменующий учитель ____________________ __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Ассистенты ___________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      ___________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="001E6489" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A2A05" w:rsidRDefault="005A2A05" w:rsidP="005A2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A2A05" w:rsidRPr="005A2A05" w:rsidRDefault="005A2A05" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B265B" w:rsidRPr="005A2A05" w:rsidRDefault="000B265B" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E6489" w:rsidRPr="005A2A05" w:rsidRDefault="00412DD2" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Протокол </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00412DD2" w:rsidRPr="005A2A05" w:rsidRDefault="00412DD2" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экзамена</w:t>
+      </w:r>
+      <w:r w:rsidR="00A22907" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за курс обучения на уровне основного среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00412DD2" w:rsidRPr="005A2A05" w:rsidRDefault="00412DD2" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00412DD2" w:rsidRPr="005A2A05" w:rsidRDefault="00412DD2" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в _____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00E46EAE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1919" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наименование учебного </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00703185" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предмета)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1919" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005A2A05" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A2A05" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1919" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(наименование школы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(наименование города (села))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(наименование района)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________ области Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В состав экзаменационной комиссии входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф. И. О. (при его наличии) председателя экзаменационной комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф. И. О. (при его наличии) экзаменатора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф. И. О. (при наличии) ассистентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пакет с экзаменационными материалами, прислан</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ный из управления образования (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Министерства) вскрыт в _____ час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Экзаменационный материал, присланный в пакете, прилагается к настоящему протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На экзамен явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На экзамен не явились:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E46EAE" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6489" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00E46EAE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Ф.И.О. (при его наличии) обучающихся)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Экзамен начался в ____час. ____ мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Экзамен закончился в ___час. ____мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="000520FA" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По результатам экзамена </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1919" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>выставлены следующи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1919" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баллы и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>экзаменационные</w:t>
+      </w:r>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="004A484B" w:rsidRPr="00F04ACC" w:rsidRDefault="004A484B" w:rsidP="00056045">
+      <w:r w:rsidR="00FD1919" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оценки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD1919" w:rsidRPr="005A2A05" w:rsidRDefault="00FD1919" w:rsidP="005A2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...900 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5805"/>
-        <w:gridCol w:w="3420"/>
+        <w:gridCol w:w="412"/>
+        <w:gridCol w:w="3836"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="2835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidTr="007C55F4">
+      <w:tr w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidTr="00362CD0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00F04ACC" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...41 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2689 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...78 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Фамилия, имя, отчество (при его наличии) экзаменующегося </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64D7">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Балл (жазумен)</w:t>
+              </w:rPr>
+              <w:t>Балл (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...56 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Экзаменационная оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidTr="007B44B8">
+      <w:tr w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidTr="00362CD0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="315" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64D7">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidTr="007B44B8">
+      <w:tr w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidTr="00362CD0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="315" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="412" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA64D7">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005A2A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1926" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3836" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="pct"/>
-[...14 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+          <w:p w:rsidR="00C07D3E" w:rsidRPr="005A2A05" w:rsidRDefault="00C07D3E" w:rsidP="005A2A05">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007B44B8" w:rsidRPr="00DA64D7" w:rsidRDefault="007B44B8" w:rsidP="00056045">
+    <w:p w:rsidR="00740F63" w:rsidRPr="005A2A05" w:rsidRDefault="00740F63" w:rsidP="005A2A05">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата проведения экзамена "___" __________20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата внесения в протокол оценок "___"__________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Председатель Комиссии      ___________________ ___________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="00362CD0" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Экзаменующий учитель </w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD0" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________ __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="00362CD0" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ассистенты</w:t>
+      </w:r>
+      <w:r w:rsidR="00362CD0" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________ ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="00362CD0" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="00362CD0" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________ _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="00362CD0" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="006029CE" w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006029CE" w:rsidRPr="005A2A05" w:rsidRDefault="006029CE" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A2A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740F63" w:rsidRPr="005A2A05" w:rsidRDefault="00740F63" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740F63" w:rsidRPr="005A2A05" w:rsidRDefault="00740F63" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00740F63" w:rsidRPr="005A2A05" w:rsidRDefault="00740F63" w:rsidP="005A2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="00D020E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Әділет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...105 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...73 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>акті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27.11.2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...117 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>тіркеудің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...95 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>тізіліміне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...95 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19655 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>енгізілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="00D020E6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Результаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>согласования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерство</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ния</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Руководитель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="0051378D" w:rsidRDefault="0051378D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Тимур</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Владимирович</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Давлет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 20.11.2019 17:30:14, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>положительный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проверки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерство</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>юстиции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Вице</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>министр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Наталья</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Виссарионовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Пан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 25.11.2019 09:39:21, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>положительный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>проверки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+        <w:t>Резуль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>таты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Республикасының</w:t>
-[...5 lines deleted...]
-          <w:u w:val="single"/>
+        <w:t>подписания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министерство</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...44 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>науки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...20 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Министр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Асхат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...28 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Канатович</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Аймагамбетов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 26.11.2019 11:01:20, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>положительный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>результат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...20 lines deleted...]
-          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>проверки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
-          <w:u w:val="single"/>
-[...285 lines deleted...]
-          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
-[...390 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+    <w:sectPr w:rsidR="00D020E6" w:rsidSect="000B265B">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D722A5" w:rsidRDefault="00D722A5">
+    <w:p w:rsidR="0067312B" w:rsidRDefault="0067312B" w:rsidP="000B265B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D722A5" w:rsidRDefault="00D722A5">
+    <w:p w:rsidR="0067312B" w:rsidRDefault="0067312B" w:rsidP="000B265B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
+  <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 19655 болып </w:t>
+      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің ті</w:t>
     </w:r>
     <w:r>
-      <w:t>енгізілді</w:t>
+      <w:t>зіліміне № 19655 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="00D722A5"/>
-  <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0067312B"/>
+  <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
+  <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D722A5" w:rsidRDefault="00D722A5">
+    <w:p w:rsidR="0067312B" w:rsidRDefault="0067312B" w:rsidP="000B265B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D722A5" w:rsidRDefault="00D722A5">
+    <w:p w:rsidR="0067312B" w:rsidRDefault="0067312B" w:rsidP="000B265B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
+  <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
     <w:r>
-      <w:t>Приказ Министр Министер</w:t>
+      <w:t>Приказ Министр Министерство образования и науки РК - №509 от 26.11.2019</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidRDefault="0067312B"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-367298584"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="000B265B" w:rsidRPr="000B265B" w:rsidRDefault="000B265B">
+        <w:pPr>
+          <w:pStyle w:val="a6"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="000B265B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="000B265B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="000B265B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="000B265B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="000B265B">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="000B265B" w:rsidRDefault="000B265B">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="0051378D" w:rsidRDefault="00D722A5">
+  <w:p w:rsidR="00D020E6" w:rsidRDefault="0067312B">
     <w:r>
-      <w:t>Приказ Министр Министерство образования и науки РК - №509 от 26.11.2019</w:t>
+      <w:t xml:space="preserve">Приказ Министр Министерство образования и науки РК - №509 от </w:t>
+    </w:r>
+    <w:r>
+      <w:t>26.11.2019</w:t>
     </w:r>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E7116C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="354AB00C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004A484B"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00F04ACC"/>
+    <w:rsidRoot w:val="00F4560E"/>
+    <w:rsid w:val="000520FA"/>
+    <w:rsid w:val="000929A3"/>
+    <w:rsid w:val="000B265B"/>
+    <w:rsid w:val="00167143"/>
+    <w:rsid w:val="00180407"/>
+    <w:rsid w:val="001C60B1"/>
+    <w:rsid w:val="001E6489"/>
+    <w:rsid w:val="002469B3"/>
+    <w:rsid w:val="00250D8F"/>
+    <w:rsid w:val="002510B4"/>
+    <w:rsid w:val="00276946"/>
+    <w:rsid w:val="002C4993"/>
+    <w:rsid w:val="00362CD0"/>
+    <w:rsid w:val="00392D31"/>
+    <w:rsid w:val="003C13AF"/>
+    <w:rsid w:val="00412DD2"/>
+    <w:rsid w:val="004370E1"/>
+    <w:rsid w:val="00493CCA"/>
+    <w:rsid w:val="00511198"/>
+    <w:rsid w:val="005A2A05"/>
+    <w:rsid w:val="006029CE"/>
+    <w:rsid w:val="0062605E"/>
+    <w:rsid w:val="0067312B"/>
+    <w:rsid w:val="00685DDA"/>
+    <w:rsid w:val="00703185"/>
+    <w:rsid w:val="007065F4"/>
+    <w:rsid w:val="00740F63"/>
+    <w:rsid w:val="007E6413"/>
+    <w:rsid w:val="00960969"/>
+    <w:rsid w:val="009659D5"/>
+    <w:rsid w:val="00A22907"/>
+    <w:rsid w:val="00A32469"/>
+    <w:rsid w:val="00A946B9"/>
+    <w:rsid w:val="00AE6DA3"/>
+    <w:rsid w:val="00B32F3E"/>
+    <w:rsid w:val="00BC009A"/>
+    <w:rsid w:val="00C07D3E"/>
+    <w:rsid w:val="00D020E6"/>
+    <w:rsid w:val="00DF1A3D"/>
+    <w:rsid w:val="00E11CC2"/>
+    <w:rsid w:val="00E455C9"/>
+    <w:rsid w:val="00E46EAE"/>
+    <w:rsid w:val="00E52FC6"/>
+    <w:rsid w:val="00E72167"/>
+    <w:rsid w:val="00E81299"/>
+    <w:rsid w:val="00F4560E"/>
+    <w:rsid w:val="00FD1919"/>
+    <w:rsid w:val="00FD1AC3"/>
+    <w:rsid w:val="00FF03F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5D6B42C6-94CD-4F8D-9773-5956585C5CF7}"/>
+  <w15:docId w15:val="{EA6577DA-851F-4A8C-96E4-61E733F4F267}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10801,238 +5081,343 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A484B"/>
+    <w:rsid w:val="00740F63"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001E6489"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00685DDA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF03F1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001E6489"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E6489"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B265B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B265B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B265B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B265B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -11143,66 +5528,66 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5968</Characters>
+  <Pages>4</Pages>
+  <Words>915</Words>
+  <Characters>5218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7001</CharactersWithSpaces>
+  <CharactersWithSpaces>6121</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Жакенов Талгат Жумабекович</dc:creator>
+  <dc:creator>Динара Зиеденова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>