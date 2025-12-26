--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,5481 +1,4833 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00CB51C5" w:rsidRPr="00A423CE" w:rsidRDefault="00CB51C5" w:rsidP="00A423CE">
+    <w:p w:rsidR="00375BBA" w:rsidRPr="004E058C" w:rsidRDefault="00375BBA" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="5529"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5245"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риложение </w:t>
+      </w:r>
+      <w:r w:rsidR="0074753F" w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Білім және ғылым министрінің </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB51C5" w:rsidRPr="00A423CE" w:rsidRDefault="00CB51C5" w:rsidP="00A423CE">
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="5529"/>
-        <w:outlineLvl w:val="2"/>
+        <w:ind w:firstLine="5245"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="004E058C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказ</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004E058C">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>у</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5245"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="5245"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A423CE">
+      <w:r w:rsidRPr="004E058C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">2019 жылғы «   » _________ </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> »              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB51C5" w:rsidRPr="00A423CE" w:rsidRDefault="00CB51C5" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="5529"/>
-[...53 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00612E50" w:rsidRPr="00A423CE" w:rsidRDefault="00612E50" w:rsidP="00A423CE">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="4122"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="0030554F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>аттестации обучающихся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>в организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>общего среднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="444444"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00612E50" w:rsidRPr="00A423CE" w:rsidRDefault="00612E50" w:rsidP="00A423CE">
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="0030554F" w:rsidP="004E058C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="444444"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A423CE">
-[...126 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Шкала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">перевода баллов тестирования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обучающихся 11 (12)</w:t>
+      </w:r>
+      <w:r w:rsidR="0030554F" w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>в оценки аттестата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A423CE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>шәкілі</w:t>
+        </w:rPr>
+        <w:t>об общем среднем образовании</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00612E50" w:rsidRPr="00A423CE" w:rsidRDefault="00612E50" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="27"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9225" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="475"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="955"/>
+        <w:gridCol w:w="478"/>
+        <w:gridCol w:w="1688"/>
+        <w:gridCol w:w="2523"/>
+        <w:gridCol w:w="2288"/>
+        <w:gridCol w:w="1095"/>
+        <w:gridCol w:w="1153"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="6" w:name="z880"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z784"/>
+            <w:bookmarkStart w:id="2" w:name="z783"/>
+            <w:bookmarkStart w:id="3" w:name="z781"/>
+            <w:bookmarkStart w:id="4" w:name="z779"/>
+            <w:bookmarkStart w:id="5" w:name="z777"/>
+            <w:bookmarkStart w:id="6" w:name="z775"/>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="5"/>
             <w:bookmarkEnd w:id="6"/>
-            <w:r w:rsidRPr="00A423CE">
-[...292 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(неудовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(удовлетворительно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(хорошо)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(отлично)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="z887"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z791"/>
+            <w:bookmarkStart w:id="8" w:name="z790"/>
+            <w:bookmarkStart w:id="9" w:name="z789"/>
+            <w:bookmarkStart w:id="10" w:name="z788"/>
+            <w:bookmarkStart w:id="11" w:name="z787"/>
+            <w:bookmarkStart w:id="12" w:name="z786"/>
             <w:bookmarkEnd w:id="7"/>
             <w:bookmarkEnd w:id="8"/>
             <w:bookmarkEnd w:id="9"/>
             <w:bookmarkEnd w:id="10"/>
             <w:bookmarkEnd w:id="11"/>
             <w:bookmarkEnd w:id="12"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...233 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Казахский язык для школ с русским, узбекским, уйгурским и таджикским языками обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...15 lines deleted...]
-              <w:t>33 - 40</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="18" w:name="z894"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z798"/>
+            <w:bookmarkStart w:id="14" w:name="z797"/>
+            <w:bookmarkStart w:id="15" w:name="z796"/>
+            <w:bookmarkStart w:id="16" w:name="z795"/>
+            <w:bookmarkStart w:id="17" w:name="z794"/>
+            <w:bookmarkStart w:id="18" w:name="z793"/>
             <w:bookmarkEnd w:id="13"/>
             <w:bookmarkEnd w:id="14"/>
             <w:bookmarkEnd w:id="15"/>
             <w:bookmarkEnd w:id="16"/>
             <w:bookmarkEnd w:id="17"/>
             <w:bookmarkEnd w:id="18"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...161 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Русский язык для школ с казахским языком обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...15 lines deleted...]
-              <w:t>33 - 40</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="24" w:name="z901"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z805"/>
+            <w:bookmarkStart w:id="20" w:name="z804"/>
+            <w:bookmarkStart w:id="21" w:name="z803"/>
+            <w:bookmarkStart w:id="22" w:name="z802"/>
+            <w:bookmarkStart w:id="23" w:name="z801"/>
+            <w:bookmarkStart w:id="24" w:name="z800"/>
             <w:bookmarkEnd w:id="19"/>
             <w:bookmarkEnd w:id="20"/>
             <w:bookmarkEnd w:id="21"/>
             <w:bookmarkEnd w:id="22"/>
             <w:bookmarkEnd w:id="23"/>
             <w:bookmarkEnd w:id="24"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Геометрия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...93 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>13– 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="30" w:name="z908"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z812"/>
+            <w:bookmarkStart w:id="26" w:name="z811"/>
+            <w:bookmarkStart w:id="27" w:name="z810"/>
+            <w:bookmarkStart w:id="28" w:name="z809"/>
+            <w:bookmarkStart w:id="29" w:name="z808"/>
+            <w:bookmarkStart w:id="30" w:name="z807"/>
             <w:bookmarkEnd w:id="25"/>
             <w:bookmarkEnd w:id="26"/>
             <w:bookmarkEnd w:id="27"/>
             <w:bookmarkEnd w:id="28"/>
             <w:bookmarkEnd w:id="29"/>
             <w:bookmarkEnd w:id="30"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Физика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="36" w:name="z915"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="31" w:name="z819"/>
+            <w:bookmarkStart w:id="32" w:name="z818"/>
+            <w:bookmarkStart w:id="33" w:name="z817"/>
+            <w:bookmarkStart w:id="34" w:name="z816"/>
+            <w:bookmarkStart w:id="35" w:name="z815"/>
+            <w:bookmarkStart w:id="36" w:name="z814"/>
             <w:bookmarkEnd w:id="31"/>
             <w:bookmarkEnd w:id="32"/>
             <w:bookmarkEnd w:id="33"/>
             <w:bookmarkEnd w:id="34"/>
             <w:bookmarkEnd w:id="35"/>
             <w:bookmarkEnd w:id="36"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Химия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="42" w:name="z922"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="37" w:name="z826"/>
+            <w:bookmarkStart w:id="38" w:name="z825"/>
+            <w:bookmarkStart w:id="39" w:name="z824"/>
+            <w:bookmarkStart w:id="40" w:name="z823"/>
+            <w:bookmarkStart w:id="41" w:name="z822"/>
+            <w:bookmarkStart w:id="42" w:name="z821"/>
             <w:bookmarkEnd w:id="37"/>
             <w:bookmarkEnd w:id="38"/>
             <w:bookmarkEnd w:id="39"/>
             <w:bookmarkEnd w:id="40"/>
             <w:bookmarkEnd w:id="41"/>
             <w:bookmarkEnd w:id="42"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Биология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="48" w:name="z929"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="43" w:name="z833"/>
+            <w:bookmarkStart w:id="44" w:name="z832"/>
+            <w:bookmarkStart w:id="45" w:name="z831"/>
+            <w:bookmarkStart w:id="46" w:name="z830"/>
+            <w:bookmarkStart w:id="47" w:name="z829"/>
+            <w:bookmarkStart w:id="48" w:name="z828"/>
             <w:bookmarkEnd w:id="43"/>
             <w:bookmarkEnd w:id="44"/>
             <w:bookmarkEnd w:id="45"/>
             <w:bookmarkEnd w:id="46"/>
             <w:bookmarkEnd w:id="47"/>
             <w:bookmarkEnd w:id="48"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>География</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="54" w:name="z936"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="49" w:name="z840"/>
+            <w:bookmarkStart w:id="50" w:name="z839"/>
+            <w:bookmarkStart w:id="51" w:name="z838"/>
+            <w:bookmarkStart w:id="52" w:name="z837"/>
+            <w:bookmarkStart w:id="53" w:name="z836"/>
+            <w:bookmarkStart w:id="54" w:name="z835"/>
             <w:bookmarkEnd w:id="49"/>
             <w:bookmarkEnd w:id="50"/>
             <w:bookmarkEnd w:id="51"/>
             <w:bookmarkEnd w:id="52"/>
             <w:bookmarkEnd w:id="53"/>
             <w:bookmarkEnd w:id="54"/>
-            <w:r w:rsidRPr="00A423CE">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...71 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Всемирная история</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="60" w:name="z943"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="55" w:name="z847"/>
+            <w:bookmarkStart w:id="56" w:name="z846"/>
+            <w:bookmarkStart w:id="57" w:name="z845"/>
+            <w:bookmarkStart w:id="58" w:name="z844"/>
+            <w:bookmarkStart w:id="59" w:name="z843"/>
+            <w:bookmarkStart w:id="60" w:name="z842"/>
             <w:bookmarkEnd w:id="55"/>
             <w:bookmarkEnd w:id="56"/>
             <w:bookmarkEnd w:id="57"/>
             <w:bookmarkEnd w:id="58"/>
             <w:bookmarkEnd w:id="59"/>
             <w:bookmarkEnd w:id="60"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...71 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="66" w:name="z950"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="61" w:name="z854"/>
+            <w:bookmarkStart w:id="62" w:name="z853"/>
+            <w:bookmarkStart w:id="63" w:name="z852"/>
+            <w:bookmarkStart w:id="64" w:name="z851"/>
+            <w:bookmarkStart w:id="65" w:name="z850"/>
+            <w:bookmarkStart w:id="66" w:name="z849"/>
             <w:bookmarkEnd w:id="61"/>
             <w:bookmarkEnd w:id="62"/>
             <w:bookmarkEnd w:id="63"/>
             <w:bookmarkEnd w:id="64"/>
             <w:bookmarkEnd w:id="65"/>
             <w:bookmarkEnd w:id="66"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...71 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Казахская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13 – 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...54 lines deleted...]
-              <w:t>49 - 60</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>37 –48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>49 – 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="72" w:name="z957"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="67" w:name="z861"/>
+            <w:bookmarkStart w:id="68" w:name="z860"/>
+            <w:bookmarkStart w:id="69" w:name="z859"/>
+            <w:bookmarkStart w:id="70" w:name="z858"/>
+            <w:bookmarkStart w:id="71" w:name="z857"/>
+            <w:bookmarkStart w:id="72" w:name="z856"/>
             <w:bookmarkEnd w:id="67"/>
             <w:bookmarkEnd w:id="68"/>
             <w:bookmarkEnd w:id="69"/>
             <w:bookmarkEnd w:id="70"/>
             <w:bookmarkEnd w:id="71"/>
             <w:bookmarkEnd w:id="72"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...71 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Английский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...15 lines deleted...]
-              <w:t>33 - 40</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="78" w:name="z964"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="73" w:name="z868"/>
+            <w:bookmarkStart w:id="74" w:name="z867"/>
+            <w:bookmarkStart w:id="75" w:name="z866"/>
+            <w:bookmarkStart w:id="76" w:name="z865"/>
+            <w:bookmarkStart w:id="77" w:name="z864"/>
+            <w:bookmarkStart w:id="78" w:name="z863"/>
             <w:bookmarkEnd w:id="73"/>
             <w:bookmarkEnd w:id="74"/>
             <w:bookmarkEnd w:id="75"/>
             <w:bookmarkEnd w:id="76"/>
             <w:bookmarkEnd w:id="77"/>
             <w:bookmarkEnd w:id="78"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...61 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Французский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...15 lines deleted...]
-              <w:t>33 - 40</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="84" w:name="z971"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="79" w:name="z875"/>
+            <w:bookmarkStart w:id="80" w:name="z874"/>
+            <w:bookmarkStart w:id="81" w:name="z873"/>
+            <w:bookmarkStart w:id="82" w:name="z872"/>
+            <w:bookmarkStart w:id="83" w:name="z871"/>
+            <w:bookmarkStart w:id="84" w:name="z870"/>
             <w:bookmarkEnd w:id="79"/>
             <w:bookmarkEnd w:id="80"/>
             <w:bookmarkEnd w:id="81"/>
             <w:bookmarkEnd w:id="82"/>
             <w:bookmarkEnd w:id="83"/>
             <w:bookmarkEnd w:id="84"/>
-            <w:r w:rsidRPr="00A423CE">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...71 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Немецкий язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>9 – 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>25 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...15 lines deleted...]
-              <w:t>33 - 40</w:t>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>33 – 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidTr="00612E50">
-[...34 lines deleted...]
-            <w:bookmarkStart w:id="90" w:name="z978"/>
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00B04C59">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="85" w:name="z882"/>
+            <w:bookmarkStart w:id="86" w:name="z881"/>
+            <w:bookmarkStart w:id="87" w:name="z880"/>
+            <w:bookmarkStart w:id="88" w:name="z879"/>
+            <w:bookmarkStart w:id="89" w:name="z878"/>
+            <w:bookmarkStart w:id="90" w:name="z877"/>
             <w:bookmarkEnd w:id="85"/>
             <w:bookmarkEnd w:id="86"/>
             <w:bookmarkEnd w:id="87"/>
             <w:bookmarkEnd w:id="88"/>
             <w:bookmarkEnd w:id="89"/>
             <w:bookmarkEnd w:id="90"/>
-            <w:r w:rsidRPr="00A423CE">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0 – 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7 – 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>14 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004A484B" w:rsidRPr="00A423CE" w:rsidRDefault="004A484B" w:rsidP="00A423CE">
-[...13 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
+              <w:rPr>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>21 – 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008815EB" w:rsidRPr="00A423CE" w:rsidRDefault="008815EB" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A423CE" w:rsidRDefault="00A423CE" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="00467AA4" w:rsidP="004E058C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0030554F" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="_Hlk20233848"/>
+      <w:r w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шкала </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005E4BFB" w:rsidRPr="00A423CE" w:rsidRDefault="008815EB" w:rsidP="00A423CE">
+    <w:p w:rsidR="00620614" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="444444"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A423CE">
+      <w:r w:rsidRPr="004E058C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перевода баллов экзамена </w:t>
+      </w:r>
+      <w:r w:rsidR="00467AA4" w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9 (10) сынып білім алушыларының емтихан </w:t>
+        <w:t>обучающихся 9 (10)</w:t>
+      </w:r>
+      <w:r w:rsidR="00620614" w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00467AA4" w:rsidRPr="004E058C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">классов </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E4BFB" w:rsidRPr="00A423CE" w:rsidRDefault="008815EB" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A423CE">
+      <w:r w:rsidRPr="004E058C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">балдарын емтихан бағаларына ауыстыру </w:t>
+        </w:rPr>
+        <w:t>в экзаменационные оценки</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="008815EB" w:rsidP="00A423CE">
-[...20 lines deleted...]
-    <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="1270"/>
         <w:gridCol w:w="2691"/>
         <w:gridCol w:w="2691"/>
         <w:gridCol w:w="2692"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidTr="007C55F4">
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00FC25E7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="008815EB" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A423CE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Баға</w:t>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="008815EB" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A423CE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00D84168" w:rsidRPr="00A423CE">
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2691" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>аксималь</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A423CE">
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00D84168" w:rsidRPr="00A423CE">
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2692" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>балл 20</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A423CE">
+            </w:pPr>
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...173 lines deleted...]
-              <w:t xml:space="preserve"> болған пәндер үшін балдар</w:t>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidTr="007C55F4">
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00FC25E7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«2»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidTr="007C55F4">
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00FC25E7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«3»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidTr="007C55F4">
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00FC25E7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«4»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13 – 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20 – 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>33 – 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidTr="007C55F4">
+      <w:tr w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidTr="00FC25E7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«5»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>26 – 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
-            <w:pPr>
+          <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A423CE">
+            <w:r w:rsidRPr="004E058C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>43 – 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="91"/>
     </w:tbl>
-    <w:p w:rsidR="00D84168" w:rsidRPr="00A423CE" w:rsidRDefault="00D84168" w:rsidP="00A423CE">
+    <w:p w:rsidR="001B5359" w:rsidRPr="004E058C" w:rsidRDefault="001B5359" w:rsidP="004E058C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0035063E" w:rsidRPr="00A423CE" w:rsidRDefault="0035063E" w:rsidP="00A423CE">
-[...7 lines deleted...]
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00E67188">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="005B26F7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Қазақстан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -5492,51 +4844,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Әділет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">________ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>облысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -5561,51 +4913,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Әділет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -5614,51 +4966,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>акті</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27.11.2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -5675,51 +5027,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>актілерді</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>тіркеудің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -5752,88 +5104,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>болып</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>енгізілді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00E67188">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="005B26F7">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>образования</w:t>
       </w:r>
       <w:r>
@@ -5882,107 +5234,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Руководитель</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>управления</w:t>
+        <w:t>управл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Тимур</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Владимирович</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Давлет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>, 20.11.2019 17:30:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">14, </w:t>
+        <w:t xml:space="preserve">, 20.11.2019 17:30:14, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>положительный</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>результат</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -5990,51 +5342,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>проверки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>юстиции</w:t>
       </w:r>
       <w:r>
@@ -6156,83 +5508,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>проверки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Результаты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Министерство</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>образования</w:t>
       </w:r>
       <w:r>
@@ -6368,265 +5721,568 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>проверки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E67188" w:rsidSect="00612E50">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId9"/>
+    <w:sectPr w:rsidR="005B26F7" w:rsidSect="001E079D">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC2E1F" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="0089454F" w:rsidRDefault="0089454F" w:rsidP="0030554F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC2E1F" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="0089454F" w:rsidRDefault="0089454F" w:rsidP="0030554F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+  <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 19655 болып енгізілді</w:t>
+      <w:t xml:space="preserve">Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № </w:t>
+    </w:r>
+    <w:r>
+      <w:t>19655 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="00EC2E1F"/>
-  <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0089454F"/>
+  <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+  <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">ИС «ИПГО». </w:t>
-[...2 lines deleted...]
-      <w:t>Копия электронного документа. Дата  27.11.2019.</w:t>
+      <w:t>ИС «ИПГО». Копия электронного документа. Дата  27.11.2019.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC2E1F" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="0089454F" w:rsidRDefault="0089454F" w:rsidP="0030554F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC2E1F" w:rsidRDefault="00EC2E1F">
+    <w:p w:rsidR="0089454F" w:rsidRDefault="0089454F" w:rsidP="0030554F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00E67188" w:rsidRDefault="00EC2E1F">
+  <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
+    <w:r>
+      <w:t>Приказ Министр Министерство образования и науки РК - №509 от 26.11.2019</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00000000" w:rsidRDefault="0089454F"/>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1594083776"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="0030554F" w:rsidRPr="0030554F" w:rsidRDefault="0030554F">
+        <w:pPr>
+          <w:pStyle w:val="a6"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="0030554F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="0030554F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="0030554F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="0030554F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0030554F">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="0030554F" w:rsidRDefault="0030554F">
+    <w:pPr>
+      <w:pStyle w:val="a6"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="005B26F7" w:rsidRDefault="0089454F">
     <w:r>
       <w:t>Приказ Министр Министерство образования и науки РК - №509 от 26.11.2019</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</w:hdr>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55753363"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A429CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E7116C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="354AB00C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004A484B"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00EC2E1F"/>
+    <w:rsidRoot w:val="00F4560E"/>
+    <w:rsid w:val="000929A3"/>
+    <w:rsid w:val="00167143"/>
+    <w:rsid w:val="001B5359"/>
+    <w:rsid w:val="001D28D4"/>
+    <w:rsid w:val="001E079D"/>
+    <w:rsid w:val="002469B3"/>
+    <w:rsid w:val="00250D8F"/>
+    <w:rsid w:val="002510B4"/>
+    <w:rsid w:val="0030554F"/>
+    <w:rsid w:val="00321E0E"/>
+    <w:rsid w:val="00362B02"/>
+    <w:rsid w:val="00375BBA"/>
+    <w:rsid w:val="003C48EF"/>
+    <w:rsid w:val="003C54DE"/>
+    <w:rsid w:val="00412DD2"/>
+    <w:rsid w:val="00446229"/>
+    <w:rsid w:val="00467AA4"/>
+    <w:rsid w:val="004A1EAA"/>
+    <w:rsid w:val="004B0D55"/>
+    <w:rsid w:val="004E058C"/>
+    <w:rsid w:val="0050159D"/>
+    <w:rsid w:val="005466F6"/>
+    <w:rsid w:val="005B26F7"/>
+    <w:rsid w:val="00620614"/>
+    <w:rsid w:val="00675635"/>
+    <w:rsid w:val="006823E0"/>
+    <w:rsid w:val="00685DDA"/>
+    <w:rsid w:val="0069275F"/>
+    <w:rsid w:val="006C52CC"/>
+    <w:rsid w:val="00721034"/>
+    <w:rsid w:val="00740F63"/>
+    <w:rsid w:val="0074753F"/>
+    <w:rsid w:val="00794F82"/>
+    <w:rsid w:val="007E6413"/>
+    <w:rsid w:val="0081354A"/>
+    <w:rsid w:val="0089454F"/>
+    <w:rsid w:val="009032DA"/>
+    <w:rsid w:val="009659D5"/>
+    <w:rsid w:val="00A572FB"/>
+    <w:rsid w:val="00AE6DA3"/>
+    <w:rsid w:val="00B04C59"/>
+    <w:rsid w:val="00B32F3E"/>
+    <w:rsid w:val="00B968C9"/>
+    <w:rsid w:val="00BD7106"/>
+    <w:rsid w:val="00BE2559"/>
+    <w:rsid w:val="00C23517"/>
+    <w:rsid w:val="00C2462E"/>
+    <w:rsid w:val="00C86030"/>
+    <w:rsid w:val="00CF0808"/>
+    <w:rsid w:val="00E11CC2"/>
+    <w:rsid w:val="00E455C9"/>
+    <w:rsid w:val="00E56CE5"/>
+    <w:rsid w:val="00E72167"/>
+    <w:rsid w:val="00E81299"/>
+    <w:rsid w:val="00EE4844"/>
+    <w:rsid w:val="00F24E40"/>
+    <w:rsid w:val="00F41654"/>
+    <w:rsid w:val="00F4560E"/>
+    <w:rsid w:val="00FD1919"/>
+    <w:rsid w:val="00FE7D07"/>
+    <w:rsid w:val="00FF03F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5D6B42C6-94CD-4F8D-9773-5956585C5CF7}"/>
+  <w15:docId w15:val="{EA6577DA-851F-4A8C-96E4-61E733F4F267}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6983,257 +6639,344 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004A484B"/>
+    <w:rsid w:val="00740F63"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001B5359"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D84168"/>
+    <w:rsid w:val="00685DDA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF03F1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001B5359"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001B5359"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0030554F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0030554F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0030554F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0030554F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="jl:30180256.0%20" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7344,66 +7087,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1920</Characters>
+  <Pages>3</Pages>
+  <Words>354</Words>
+  <Characters>2022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2252</CharactersWithSpaces>
+  <CharactersWithSpaces>2372</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Жакенов Талгат Жумабекович</dc:creator>
+  <dc:creator>Динара Зиеденова</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>