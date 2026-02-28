--- v0 (2025-12-18)
+++ v1 (2026-02-28)
@@ -49,52 +49,52 @@
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="271" r:id="rId5"/>
     <p:sldId id="280" r:id="rId6"/>
     <p:sldId id="272" r:id="rId7"/>
     <p:sldId id="273" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="281" r:id="rId10"/>
     <p:sldId id="262" r:id="rId11"/>
     <p:sldId id="277" r:id="rId12"/>
     <p:sldId id="278" r:id="rId13"/>
     <p:sldId id="263" r:id="rId14"/>
     <p:sldId id="264" r:id="rId15"/>
     <p:sldId id="279" r:id="rId16"/>
     <p:sldId id="282" r:id="rId17"/>
     <p:sldId id="283" r:id="rId18"/>
-    <p:sldId id="284" r:id="rId19"/>
-    <p:sldId id="285" r:id="rId20"/>
+    <p:sldId id="285" r:id="rId19"/>
+    <p:sldId id="286" r:id="rId20"/>
     <p:sldId id="265" r:id="rId21"/>
     <p:sldId id="260" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="12192000" cy="6858000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -189,50 +189,53 @@
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
+  <p:clrMru>
+    <a:srgbClr val="16355A"/>
+  </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{2D5ABB26-0587-4C30-8999-92F81FD0307C}" styleName="No Style, No Grid">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="tx1"/>
       </a:tcTxStyle>
       <a:tcStyle>
@@ -256,63 +259,63 @@
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:bottom>
           <a:insideH>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideH>
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
-    <p:restoredLeft sz="14010" autoAdjust="0"/>
+    <p:restoredLeft sz="15621" autoAdjust="0"/>
     <p:restoredTop sz="94532" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="77" d="100"/>
-          <a:sy n="77" d="100"/>
+          <a:sx n="66" d="100"/>
+          <a:sy n="66" d="100"/>
         </p:scale>
-        <p:origin x="-498" y="-42"/>
+        <p:origin x="-876" y="-180"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="300"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
@@ -2043,51 +2046,51 @@
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://play.nis.edu.kz/application/registration" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -2129,127 +2132,206 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8519478" y="4737889"/>
+            <a:off x="8519478" y="1524000"/>
             <a:ext cx="3054985" cy="443711"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="12700" algn="ctr">
+            <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" spc="-10" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2800" spc="-10" dirty="0"/>
+              <a:rPr sz="2800" spc="-10" dirty="0"/>
+              <a:t>РЕКОМЕНДАЦИИ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8229600" y="2255958"/>
+            <a:off x="8229600" y="2566353"/>
             <a:ext cx="3634740" cy="1858842"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" spc="-5" dirty="0">
+              <a:rPr sz="2400" spc="-5" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>к</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" spc="-5" dirty="0" smtClean="0">
+              <a:t>по</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>арантин уақытында Павлодар қаласының аумағында қашықтық оқытуды ұйымдастыру бойынша</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>организации  дистанционного обучения на  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>территории</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>города Павлодара </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>период</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2400" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>карантина</a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1981200"/>
             <a:ext cx="8689848" cy="4558284"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
@@ -2450,100 +2532,115 @@
           <a:xfrm>
             <a:off x="160424" y="41803"/>
             <a:ext cx="1142342" cy="1142342"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF23EF71-F2D6-4C43-AE2D-9CBCD0C12801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="420877"/>
+            <a:off x="1600200" y="420877"/>
             <a:ext cx="9448800" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400" b="1" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2200" kern="0" spc="-20" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2200" kern="0" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ПАВЛОДАР ҚАЛАСЫНЫҢ БІЛІМ БЕРУ БӨЛІМІ</a:t>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" kern="0" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ТДЕЛ ОБРАЗОВАНИЯ ГОРОДА ПАВЛОДАРА</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" kern="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -2566,2822 +2663,1412 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="457200"/>
             <a:ext cx="24765" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="457200"/>
             <a:ext cx="248920" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="560932" y="590499"/>
-            <a:ext cx="11478667" cy="350737"/>
+            <a:off x="560933" y="590499"/>
+            <a:ext cx="10868660" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>АЛГОРИТМЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЕЙСТВИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="235" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="156845" y="1524000"/>
             <a:ext cx="833755" cy="4994275"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="833755" h="4994275">
                 <a:moveTo>
                   <a:pt x="0" y="4994148"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="833628" y="4994148"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="833628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="4994148"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="997101" y="3321565"/>
-            <a:ext cx="10908000" cy="289182"/>
+            <a:off x="997102" y="3321565"/>
+            <a:ext cx="10692765" cy="289182"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ежедневный мониторинг </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фактически</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучающихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...86 lines deleted...]
-              <a:t>мониторингі</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и заболевших учащихся</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1008886" y="3721187"/>
-            <a:ext cx="10908000" cy="288541"/>
+            <a:off x="1008887" y="3721187"/>
+            <a:ext cx="10692765" cy="288541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Методическое </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сопровождение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>педагогов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и сопровождению </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="275" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...146 lines deleted...]
-              <a:t>сүйемелдеу</a:t>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучения</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1004197" y="2180074"/>
-            <a:ext cx="10908000" cy="1031051"/>
+            <a:off x="1004198" y="2180074"/>
+            <a:ext cx="10692765" cy="1031051"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="268605">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Контроль </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>за</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:t>қашықтықтан</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выполнением расписания </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>графика </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучения, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>за организацией дистанционного учебного процесса через Kundelik.kz и др. (обратную связь с педагогами, обучающимися и их родителями, мониторинг частотности предоставления обратной связи педагогами и др.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>включающий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>контрольные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...34 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мероприятия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...34 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СОЧ, формативные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...496 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="997103" y="4170082"/>
-            <a:ext cx="10908000" cy="536685"/>
+            <a:ext cx="10692765" cy="536685"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="43815" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marR="772795" algn="just">
+            <a:pPr marL="92075" marR="772795">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="345"/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...54 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Информирование</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>педагогов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, родителей, учащихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>возможности получения бесплатной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>консультации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сопровождению дистанционного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>телефону</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...198 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...52 lines deleted...]
-              <a:t>ақпараттандыру</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Call</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-центра школы</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1004197" y="4817207"/>
-            <a:ext cx="10908000" cy="289823"/>
+            <a:off x="1004198" y="4817207"/>
+            <a:ext cx="10692765" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="43180" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="340"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мониторинг </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>технического </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обеспечения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="145" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...66 lines deleted...]
-              <a:t>мониторингі</a:t>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учителя</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="997103" y="5266102"/>
-            <a:ext cx="10908000" cy="289823"/>
+            <a:off x="997104" y="5266102"/>
+            <a:ext cx="10692765" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="43180" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="340"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Определение допустимого объёма </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>домашних заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционной форме</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="330" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...146 lines deleted...]
-              <a:t>анықтау</a:t>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучения</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="object 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1004197" y="5715000"/>
-            <a:ext cx="10908000" cy="784830"/>
+            <a:off x="1004198" y="5715000"/>
+            <a:ext cx="10692765" cy="784830"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="816610">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...582 lines deleted...]
-              <a:t>.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Организация доставки учебных заданий и сбор выполненных работ обучающихся, не имеющих доступ к сети Интернет и средствам связи, для их проверки. При этом  строго соблюдаются требования по использованию  индивидуальных средств защиты (маска, перчатки).</a:t>
             </a:r>
             <a:endParaRPr sz="1600" spc="-15" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5012690" y="1143000"/>
             <a:ext cx="2759710" cy="299720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>МЕКТЕП  ДИРЕКТОРЫ</a:t>
+              <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИРЕКТОР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" b="1" spc="-60" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" b="1" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ШКОЛЫ</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49592010-2307-478C-9054-C7BB5A73555F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1004197" y="1534231"/>
-            <a:ext cx="10908000" cy="535403"/>
+            <a:off x="1004198" y="1534231"/>
+            <a:ext cx="10692765" cy="535403"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>Қашықтықтан оқыту технологиясын қолдану арқылы оқыту үдерісі жағдайында жұмыс жоспарын, сабақ кестесін бекіту</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Утверждение плана работы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в условиях процесса обучения с использованием дистанционных технологий, расписания уроков</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -5413,3363 +4100,963 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="457200"/>
             <a:ext cx="24765" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="457200"/>
             <a:ext cx="248920" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="560932" y="590499"/>
-            <a:ext cx="11463953" cy="350737"/>
+            <a:off x="560933" y="590499"/>
+            <a:ext cx="10868660" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>АЛГОРИТМЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЕЙСТВИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="235" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="2840227"/>
-            <a:ext cx="11196000" cy="781624"/>
+            <a:off x="990600" y="2779867"/>
+            <a:ext cx="11016000" cy="781624"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...442 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>совместно с учителями-предметниками определяет организацию дистанционной учебной деятельности обучающихся: методы и приемы обучения, сроки получения заданий обучающимися и представления ими выполненных работ;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="3737843"/>
-            <a:ext cx="11196000" cy="288541"/>
+            <a:off x="1008886" y="3647303"/>
+            <a:ext cx="11016000" cy="288541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организует </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>қашықтықтан</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>видеокоучинги</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...12 lines deleted...]
-              <a:t>оқыту</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> для педагогов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...182 lines deleted...]
-              <a:t>.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оказания методической помощи в рамках дистанционного обучения</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="2185626"/>
-            <a:ext cx="11196000" cy="538609"/>
+            <a:off x="1004197" y="2155446"/>
+            <a:ext cx="11016000" cy="538609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="268605">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организует работу по разработке и размещению контента уроков в </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>электрондық</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лектронном</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...352 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> журнале Kundelik.kz и др., в том числе электронных учебно-методических комплексов, электронных образовательных ресурсов;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2996310" y="1157977"/>
             <a:ext cx="6300090" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>ОІ және ҒӘЖ БОЙЫНША ДИРЕКТОР ОРЫНБАСАРЫ</a:t>
+              <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЗАМЕСТИТЕЛЬ ДИРЕКТОРА ПО УР и НМР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" b="1" spc="-60" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" b="1" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ШКОЛЫ</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49592010-2307-478C-9054-C7BB5A73555F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1534231"/>
-            <a:ext cx="11196000" cy="535403"/>
+            <a:off x="1004197" y="1534231"/>
+            <a:ext cx="11016000" cy="535403"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>ТВ-</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>составляет единое школьное расписание уроков в соответствии с расписанием ТВ-уроков, график обучения, которые размещаются на </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>сабақтар</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>интернет-ресурсах</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...282 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> организации среднего образования;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="156845" y="1524000"/>
-            <a:ext cx="612000" cy="5184000"/>
+            <a:ext cx="833755" cy="5184000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="833755" h="4994275">
                 <a:moveTo>
                   <a:pt x="0" y="4994148"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="833628" y="4994148"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="833628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="4994148"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="4142376"/>
-            <a:ext cx="11196000" cy="534762"/>
+            <a:off x="990599" y="4021656"/>
+            <a:ext cx="11016000" cy="534762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...422 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осуществляет информирование всех участников процесса обучения  (педагогов, обучающихся, родителей (законных представителей) обучающихся, иных работников) об организации дистанционной работы и результатах обучения;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="4793130"/>
-            <a:ext cx="11196000" cy="534762"/>
+            <a:off x="990599" y="4683468"/>
+            <a:ext cx="11016000" cy="534762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...222 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осуществляет методическое сопровождение в ходе организации процесса обучения с применением информационно-коммуникационных технологий;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="5443884"/>
-            <a:ext cx="11196000" cy="534762"/>
+            <a:off x="990599" y="5304042"/>
+            <a:ext cx="11016000" cy="534762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осуществляют через систему электронных журналов организацию и контроль дистанционного учебного процесса, </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>электрондық</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>суммативного</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t> </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> оценивания (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>журналдар</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СОРов</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...240 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> не будет);</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="6094638"/>
-            <a:ext cx="11196000" cy="534762"/>
+            <a:off x="990598" y="5924617"/>
+            <a:ext cx="11016000" cy="780983"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...12 lines deleted...]
-              <a:t>оқыту</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осуществляет обратную связь с участниками дистанционного процесса </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучения, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...12 lines deleted...]
-              <a:t>процесінің</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>координирует работу по выполнению учебной нагрузки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>педагогами, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...352 lines deleted...]
-              <a:t>талдайды</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>анализирует проведение дистанционного обучения в организации среднего </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образования</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2740629776"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -8806,1737 +5093,837 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="457200"/>
             <a:ext cx="24765" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="457200"/>
             <a:ext cx="248920" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="560932" y="590499"/>
-            <a:ext cx="11463953" cy="350737"/>
+            <a:off x="560933" y="590499"/>
+            <a:ext cx="10868660" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>АЛГОРИТМЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЕЙСТВИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="235" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990600" y="2911218"/>
             <a:ext cx="11016000" cy="289182"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...162 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>размещает информацию о проведенных мероприятиях в социальных сетях, на сайте школы;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1008886" y="3369059"/>
             <a:ext cx="11016000" cy="288541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...52 lines deleted...]
-              <a:t>үйлестіреді</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>координирует работу классных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>руководителей</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1004197" y="2374612"/>
             <a:ext cx="11016000" cy="292388"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="45720" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="268605">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...162 lines deleted...]
-              <a:t>);</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проводит мероприятия в режиме онлайн (через социальные сети, сайт школы и др.);</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3529710" y="1295400"/>
+            <a:off x="3657600" y="1310377"/>
             <a:ext cx="6300090" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЗАМЕСТИТЕЛЬ ДИРЕКТОРА ПО </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0" smtClean="0">
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>ТЖ БОЙЫНША ДИРЕКТОР ОРЫНБАСАРЫ</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВР</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49592010-2307-478C-9054-C7BB5A73555F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1004197" y="1686631"/>
             <a:ext cx="11016000" cy="535403"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>разрабатывает </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>ақпараттық-коммуникациялық</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>видеоконтент</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...162 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> для воспитательных мероприятий с использованием информационно-коммуникационных технологий;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="156845" y="1524000"/>
             <a:ext cx="833755" cy="5184000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="833755" h="4994275">
                 <a:moveTo>
                   <a:pt x="0" y="4994148"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="833628" y="4994148"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="833628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="4994148"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990599" y="4479461"/>
             <a:ext cx="11016000" cy="534762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...12 lines deleted...]
-              <a:t>оқыту</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>разрабатывает рекомендации по психологической поддержке для обучающихся и их родителей  (законными представителями) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...262 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>условиях дистанционного обучения;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990599" y="5182882"/>
             <a:ext cx="11016000" cy="288541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...122 lines deleted...]
-              <a:t>);</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>индивидуально проводит онлайн-консультацию с обучающимися, с родителями (законными представителями);</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990599" y="5640082"/>
             <a:ext cx="11016000" cy="288541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...42 lines deleted...]
-              <a:t>.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проводит онлайн-игры.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="object 16"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4367910" y="3962400"/>
             <a:ext cx="6300090" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-20" dirty="0" smtClean="0">
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ПЕДАГОГ-ПСИХОЛОГ</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3897844280"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -10573,2629 +5960,1456 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="457200"/>
             <a:ext cx="24765" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="457200"/>
             <a:ext cx="248920" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="560932" y="590499"/>
-            <a:ext cx="11554867" cy="350737"/>
+            <a:off x="560933" y="590499"/>
+            <a:ext cx="10868660" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>АЛГОРИТМЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЕЙСТВИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="235" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="562355" y="1524000"/>
-            <a:ext cx="833755" cy="5148000"/>
+            <a:off x="562355" y="1549908"/>
+            <a:ext cx="833755" cy="4994275"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="833755" h="4994275">
                 <a:moveTo>
                   <a:pt x="0" y="4994148"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="833628" y="4994148"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="833628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="4994148"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="1524000"/>
-            <a:ext cx="10692765" cy="446276"/>
+            <a:off x="1118235" y="1578786"/>
+            <a:ext cx="10692765" cy="432000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="198120" rIns="0" bIns="0" rtlCol="0" anchor="t">
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="198120" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ежедневный мониторинг </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>фактически</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучающихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и учет заболевших</a:t>
+            </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="5752553"/>
+            <a:off x="1118235" y="5492678"/>
             <a:ext cx="10692765" cy="323165"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="76200" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="111125">
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>Мектеп әкімшілігін жүргізіліп жатқан жұмыс туралы хабардар ету;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Информирование </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>администрации школы о проводимой работе;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="2030771"/>
+            <a:off x="1118235" y="2138245"/>
             <a:ext cx="10692765" cy="572593"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="79375" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="240665">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="625"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...194 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мониторинг </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>готовности </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучению </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционном </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>формате обучающихся: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>наличие компьютера-ноутбука-  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>планшета-телефона </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выходом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>интернет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="3539963"/>
-            <a:ext cx="10692765" cy="815608"/>
+            <a:off x="1118235" y="3709984"/>
+            <a:ext cx="10692765" cy="569387"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="76200" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="76200" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marR="770890">
+            <a:pPr marL="92075" marR="770890">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...50 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Использование чатов, форумов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучающихся и их родителей в системах электронных журналов и дневников kundelik.kz, bilimal.kz, mektep.edu.kz, а также </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Whatsapp</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" spc="-15" dirty="0">
-[...16 lines deleted...]
-              <a:t>және т. б.;</a:t>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Telegram</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и др.; </a:t>
             </a:r>
             <a:endParaRPr sz="1600" spc="-10" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="4416067"/>
-            <a:ext cx="10692765" cy="1275990"/>
+            <a:off x="1118235" y="4371140"/>
+            <a:ext cx="10692765" cy="1029769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="44450" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="350"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:t>Ата-аналарды</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Информирование </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>родителей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(законных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>представителей) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...20 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о процессе обучения с использованием дистанционных технологий, об изменениях в расписании, о предоставлении обратной связи обучающимся, о ходе обучения и учебных результатах, о необходимости создания условий для самостоятельной работы обучающихся; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>возможности организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>продуктивного</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...34 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>досуга</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-20" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>детей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>использованием цифровых просветительских</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="130" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" err="1">
-[...806 lines deleted...]
-              <a:t>ету</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ресурсов</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 13"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4681221" y="1143000"/>
+            <a:off x="4147821" y="1224280"/>
             <a:ext cx="3319779" cy="299720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1800" b="1" spc="-15" dirty="0" smtClean="0">
-[...3 lines deleted...]
-              <a:t>СЫНЫП ЖЕТЕКШІ</a:t>
+              <a:rPr sz="1800" b="1" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КЛАССНЫЙ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" b="1" spc="-30" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" b="1" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>РУКОВОДИТЕЛЬ</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6A3238F-20AB-4DFD-B087-28BA1E277DE4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="2663859"/>
+            <a:off x="1118235" y="2802607"/>
             <a:ext cx="10692765" cy="815608"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="76200" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="770890">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Контроль </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>взаимодействия </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>всех </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учащихся </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>класса с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учителями-предметниками, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>владеть </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>информацией </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>текущей</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="35" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0" err="1">
-[...556 lines deleted...]
-              <a:t>));</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ситуации</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, предоставление </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учителям-предметникам, педагогу-психологу списки своего класса с контактными данными обучающихся (номер домашнего, сотового телефона, электронная почта);</a:t>
             </a:r>
             <a:endParaRPr sz="1600" spc="-10" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36F7A95D-0362-416D-BFEB-B3D43ABFC9D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1118235" y="6136213"/>
+            <a:off x="1118235" y="5907613"/>
             <a:ext cx="10692765" cy="569387"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="00AFEF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="76200" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075" marR="111125">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>Сынып оқушылары мен ата-аналарымен күнделікті байланыс. Оқушылардың мотивациясы, оқу дербестігін қолдау және қалыптастыру үшін осы қарым-қатынас тақырыбын ойластыру</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ежедневная связь с обучающимися и родителями</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>класса. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Продумать </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тематику  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>этого </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>общения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мотивации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учеников, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поддержки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>формирования учебной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="320" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>самостоятельности</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-[...203 lines deleted...]
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -13343,76 +7557,100 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="560932" y="590499"/>
-            <a:ext cx="11402467" cy="350737"/>
+            <a:off x="560933" y="590499"/>
+            <a:ext cx="10868660" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-5" dirty="0"/>
+              <a:t>АЛГОРИТМЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0"/>
+              <a:t>ДЕЙСТВИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-5" dirty="0"/>
+              <a:t>ПРИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0"/>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0"/>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="235" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0"/>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -13735,971 +7973,664 @@
           <a:solidFill>
             <a:srgbClr val="2D75B6"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 13"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="639876" y="1858254"/>
-            <a:ext cx="10912246" cy="4339008"/>
+            <a:ext cx="10912246" cy="4308231"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="429895">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>Определить подходящие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>ресурсы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и приложения для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>дистанционной формы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>обучения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>по своему</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="415" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-35" dirty="0"/>
+              <a:t>предмету.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="429895">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>Определить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>совместно с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>другими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>учителями, работающими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>этой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>же </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>параллели, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>об</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="335" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...68 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>единообразии</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="429895">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="95"/>
+                <a:spcPts val="5"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>используемых </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>цифровых ресурсов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="120" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>инструментов</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="408940">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="35"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="429895">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr spc="-10" dirty="0" err="1" smtClean="0"/>
+              <a:t>Сформировать</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0" smtClean="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>список и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>краткое описание цифровых ресурсов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>инструментов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>обучающихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t> каждой</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="429895">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>параллели, утвержденный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0" err="1"/>
+              <a:t>согласованный</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr lang="kk-KZ" spc="-10" dirty="0"/>
+              <a:t>администрацией школы</a:t>
+            </a:r>
+            <a:endParaRPr spc="-15" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="408940">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="30"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr sz="2600" dirty="0">
+              <a:latin typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="421640" marR="487045">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="5"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Организация </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>допустимого </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>объёма </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>домашних заданий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>дистанционной форме</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="330" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>обучения, р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-20" dirty="0" err="1"/>
+              <a:t>азработ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" spc="-20" dirty="0"/>
+              <a:t>ка</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-20" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-10" dirty="0" err="1"/>
+              <a:t>формат</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" spc="-10" dirty="0"/>
+              <a:t>ов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>домашних заданий в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr dirty="0"/>
+              <a:t>виде </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>творческих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0" err="1"/>
+              <a:t>проектных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-40" dirty="0" err="1"/>
+              <a:t>работ</a:t>
+            </a:r>
+            <a:endParaRPr spc="-10" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="408940">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr sz="1800" dirty="0">
+              <a:latin typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="421640">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1055"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>Определить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>формат </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>регулярность информирования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>родителей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>об </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>обучении </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>детей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>дистанционной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="155" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...11 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>форме.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="421640">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>Составить памятку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>информирования, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>довести </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr dirty="0"/>
+              <a:t>до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>сведения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="165" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>родителей</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="408940">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="5"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr sz="2600" dirty="0">
+              <a:latin typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="429895">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>Рассмотреть </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>возможность </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>записи урока </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>на цифровой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>носитель. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>Для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>формирования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>накопления</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="335" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...12 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>банка</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="429895">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="95"/>
+                <a:spcPts val="5"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" spc="-15" dirty="0"/>
-[...15 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-15" dirty="0"/>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>видео уроков </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>дальнейшего </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-20" dirty="0"/>
+              <a:t>его </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-10" dirty="0"/>
+              <a:t>использования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0"/>
+              <a:t>образовательном</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="195" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1"/>
-[...623 lines deleted...]
-            <a:endParaRPr spc="-5" dirty="0"/>
+              <a:rPr spc="-5" dirty="0"/>
+              <a:t>процессе</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="object 14"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5105400" y="1306550"/>
+            <a:off x="4724400" y="1300480"/>
             <a:ext cx="2769870" cy="299720"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" spc="-5" dirty="0" smtClean="0">
+              <a:rPr sz="1800" b="1" spc="-5" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>ПӘН МҰҒАЛІМІ</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="1800" dirty="0">
+              <a:t>УЧИТЕЛЬ-ПРЕДМЕТНИК</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -14746,101 +8677,101 @@
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="457200"/>
-            <a:ext cx="24765" cy="828000"/>
+            <a:ext cx="24765" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="457200"/>
-            <a:ext cx="248920" cy="828000"/>
+            <a:ext cx="248920" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
@@ -14871,71 +8802,74 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="560932" y="529909"/>
             <a:ext cx="11402467" cy="689291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
-              <a:t>ҚЫЗМЕТІ</a:t>
+              <a:t>ДЕЯТЕЛЬНОСТЬ УЧАСТНИКОВ УЧЕБНО-ВОСПИТАТЕЛЬНОГО ПРОЦЕССА </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
+              <a:t>ОРГАНИЗАЦИЙ СРЕДНЕГО ОБРАЗОВАНИЯ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
-            <a:ext cx="71755" cy="828000"/>
+            <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
@@ -15012,1861 +8946,518 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1752600" y="1386577"/>
             <a:ext cx="9601200" cy="289823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" spc="-5" dirty="0">
+              <a:rPr lang="ru-RU" b="1" spc="-5" dirty="0" smtClean="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>ҚАШЫҚТЫҚТАН ОҚЫТУ ҮДЕРІСІНЕ ҚАТЫСПАҒАН ПЕДАГОГТАР</a:t>
-            </a:r>
+              <a:t>ПЕДАГОГИ, НЕ ЗАДЕЙСТВОВАННЫЕ В ДИСТАНЦИОННОМ УЧЕБНОМ ПРОЦЕССЕ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" spc="-5" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="990600" y="2817397"/>
+            <a:off x="990600" y="3004586"/>
             <a:ext cx="11016000" cy="535403"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="335"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" spc="-10" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Дене</a:t>
+              <a:t>Учитель </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" spc="-10" dirty="0" err="1">
+              <a:t>физической культуры, начальной военной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>шынықтыру</a:t>
+              <a:t>и технологической подготовки - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" spc="-10" dirty="0" err="1">
+              <a:t>разрабатывает комплекс физических и строевых упражнений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>бастапқы</a:t>
-[...329 lines deleted...]
-              <a:t>;</a:t>
+              <a:t> для выполнения обучающимися дома;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1008886" y="3581400"/>
+            <a:off x="1008886" y="3725175"/>
             <a:ext cx="11016000" cy="534762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Көркем</a:t>
+              <a:t>Учитель </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0" err="1">
+              <a:t>художественного труда, графики и проектирования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>еңбек</a:t>
+              <a:t> – разрабатывает </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>, графика </a:t>
+              <a:t>инструкции по изготовлению поделок, макетов и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>және</a:t>
+              <a:t>др</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...179 lines deleted...]
-              <a:t>.;</a:t>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49592010-2307-478C-9054-C7BB5A73555F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1004197" y="1791555"/>
-            <a:ext cx="11016000" cy="781624"/>
+            <a:ext cx="11016000" cy="1027845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="42545" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just">
               <a:tabLst>
                 <a:tab pos="271463" algn="l"/>
                 <a:tab pos="533400" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Бағалау</a:t>
+              <a:t> Учебные </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" smtClean="0">
+              <a:t>предметы, по которым </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" err="1" smtClean="0">
+              <a:t>оценивание проводится как «зачет/незачет» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>сынақ</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" smtClean="0">
+              <a:t>не вошли в перечень предметов, транслируемых на телевидении </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" i="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>/</a:t>
-[...547 lines deleted...]
-            </a:endParaRPr>
+              <a:t>(Физическая культура, Самопознание, Художественный труд, Музыка, Начальная военная и технологическая подготовка, Основы предпринимательства и бизнеса, Графика и проектирование); </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="990600" y="4445123"/>
+            <a:ext cx="11016000" cy="534762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="334F89"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="92075">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="330"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Учитель </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>самопознания, основ предпринимательства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и бизнеса – предоставляет рекомендации по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>проектной деятельности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="object 9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="990600" y="5165071"/>
             <a:ext cx="11016000" cy="288541"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="92075">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="330"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Өзін</a:t>
+              <a:t>Учитель </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> – </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" err="1">
+              <a:t>музыки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өзі</a:t>
+              <a:t> – предоставляет перечень </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" err="1">
+              <a:t>музыкальных произведений</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тану</a:t>
+              <a:t>, которые необходимо </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...119 lines deleted...]
-              <a:t>қызметі</a:t>
+              <a:t>прослушать</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
-                <a:solidFill>
-[...260 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" b="1" spc="-15" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -16879,577 +9470,137 @@
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="41910" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="271463" algn="l"/>
                 <a:tab pos="533400" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
+              <a:t>- участвуют в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>онлайн </a:t>
-[...129 lines deleted...]
-              <a:t>қатысады</a:t>
+              <a:t>организации и проведении воспитательных мероприятий в режиме онлайн</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="271463" algn="l"/>
                 <a:tab pos="533400" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
+              <a:t>- оказывают </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>онлайн </a:t>
-[...149 lines deleted...]
-              <a:t>көрсетеді</a:t>
+              <a:t>методическую помощь в организации и проведении онлайн-уроков и мероприятий</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="271463" algn="l"/>
                 <a:tab pos="533400" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0" err="1">
+              <a:t>- информирует </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>жүргізілген</a:t>
-[...159 lines deleted...]
-              <a:t>етеді</a:t>
+              <a:t>администрацию о проведенной работе и ее результатах</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" kern="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3572219606"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
@@ -17463,454 +9614,609 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="248920" y="1064157"/>
-            <a:ext cx="11714480" cy="5687711"/>
+            <a:ext cx="11714480" cy="5946243"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-электрондық журналдарда және күнделіктерде күнтізбелік-тақырыптық жоспарларды түзетеді;</a:t>
-            </a:r>
+              <a:t>корректирует </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>календарно-тематические</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  планы в электронных журналах и дневниках;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-веб-сайттарға, электрондық кітапханаларға және т. б. сілтемелерді қолдана отырып, оқу материалдарын жоспарлау мен құрылымдауды уақтылы жүзеге </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>асырады; </a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>своевременно осуществляет корректировку поурочного планирования и структуризацию учебных материалов с применением ссылок на веб-сайты, электронные библиотеки и другие; </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-өткізілетін жұмыс түрлерін оқу-тәрбие жұмысы жөніндегі басшының орынбасарымен келіседі; </a:t>
-            </a:r>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>согласовывает с заместителем руководителя по учебно-воспитательной работе проводимые виды работ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- применяет оптимальные и разнообразные виды работ (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>видеоуроки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, самостоятельная работа, онлайн-курсы, чат-занятия, веб-занятия, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>телеконференци</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-жұмыстың оңтайлы және әр түрлі түрлерін (бейне сабақтар, өзіндік жұмыс, онлайн-курстар, чат-сабақтар, веб-сабақтар, телеконференциялар мен форумдар және т. б.), қолжетімді ақпараттық-коммуникациялық технологияларды (скайп, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>и и форумы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>телесабақтар, </a:t>
+              <a:t> и др.), доступные информационно-коммуникационные технологии (скайп, телеуроки</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>электронная почта, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>электрондық пошта, </a:t>
+              <a:t>hats</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>WhatsApp </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>және </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:t>pp и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Telegram </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>Telegram</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>чаттар, </a:t>
+              <a:t> чаты, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Zoom, Moodle </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>Zoom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>және т. б.) </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>қолданады;</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Moodle</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, и другие);</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- своевременно доводит информацию о применяемых видах работ до сведения обучающихся, их родителей (законных представителей), используя электронные журналы</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- электрондық журналдар мен күнделіктерді пайдалана отырып, қолданылатын жұмыс түрлері туралы ақпаратты білім алушыларға, олардың ата-аналарына (заңды өкілдеріне) дер кезінде жеткізеді; </a:t>
+              <a:t> и дневники</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- бекітілген оқу кестесіне сәйкес сабақ өткізеді, білім алушының өзіндік жұмысына бақылау жасайды, кері байланыс ұсынады;</a:t>
+              <a:t>- проводит урок в соответствии с утвержденным графиком </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>обучения, осуществляет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>контроль за самостоятельной работой обучающегося, предоставляет обратную связь;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-  предоставляет домашнее задание согласно нормам объема домашнего </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>задания, осуществляет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>сбор выполненных заданий к уроку любым доступным для учителя и ученика способом (электронные журналы</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- үй тапсырмасын </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t> и дневники</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>оның көлемінің </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>нормаларына сәйкес </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>месенджеры</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>береді</a:t>
-[...7 lines deleted...]
-              <a:t>, мұғалім мен оқушы үшін кез келген қолжетімді тәсілмен (электрондық журналдар мен күнделіктер, месенджерлер, бұлтты технологиялар және т. б.) сабаққа орындалған тапсырмаларды жинауды жүзеге асырады.)</a:t>
+              <a:t>, облачные технологии и др.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- электрондық журнал платформасында келесі бөлімдерді уақтылы толтырады: </a:t>
+              <a:t>- заполняет своевременно на платформе электронного журнала следующие разделы: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>а) әр ТВ-сабақтан/Вебинардан кейін үй тапсырмасы (оқулықтан тапсырмалар және ресурстарға сілтемелер</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>а) домашнее задание после каждого ТВ-урока/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>); </a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Вебинара</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> (задания из учебников и ссылки на ресурсы); </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>б) тапсырмаларды орындау бойынша ұсыныстар бар файлдарды бекіту;</a:t>
+              <a:t>б) прикрепление файлов с рекомендациями по выполнению заданий;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>в) Үй тапсырмасын орындау бойынша кері байланыс, сабаққа </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>в) обратная связь по выполнению домашнего задания, комментарии к уроку</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>г) жиынтық жұмыстардың нәтижелерін </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>г) заполнение результатов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>толтыру;</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>суммативных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> работ</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>д) білім алушы бейне конференцияда болмаған немесе электрондық журнал платформасында белгіленген мерзімде тапсырманы орындамаған жағдайда сабақ рұқсаттамасын </a:t>
-[...13 lines deleted...]
-            </a:endParaRPr>
+              <a:t>д) выставление пропуска урока в случае отсутствия обучающегося на видео конференции либо не выполнившего задание в установленные сроки на платформе электронного журнала</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- білім алушыларға, оның ішінде ерекше білім беру қажеттіліктері бар балаларға жеке кеңестер өткізеді;</a:t>
+              <a:t>- проводит индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными потребностями;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- информирует администрацию о проведенной работе и ее результатах</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- жүргізілген жұмыс және оның нәтижелері туралы әкімшілікті хабардар етеді.</a:t>
-            </a:r>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="152400"/>
             <a:ext cx="11791315" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
@@ -18060,51 +10366,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="225109"/>
             <a:ext cx="11402467" cy="689291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
-              <a:t>ИНТЕРНЕТКЕ ҚОЛЖЕТІМДІЛІГІ ЖОҚ ЖӘНЕ ҚАШЫҚТЫҚТАН ОҚЫТУ ТЕХНОЛОГИЯЛАРЫН ПАЙДАЛАНАТЫН ПӘН МҰҒАЛІМІ ЖӘНЕ БІЛІМ АЛУШЫЛАР:</a:t>
+              <a:t>УЧИТЕЛЬ-ПРЕДМЕТНИК И ОБУЧАЮЩИЙСЯ, ИМЕЮЩИЕ ДОСТУП К ИНТЕРНЕТУ И ИСПОЛЬЗУЮЩИЕ ДИСТАНЦИОННЫЕ ТЕХНОЛОГИИ ОБУЧЕНИЯ:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="152400"/>
             <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
@@ -18119,517 +10425,688 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="537004529"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="256444429"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="124460" y="914400"/>
+            <a:off x="200660" y="990600"/>
             <a:ext cx="11991340" cy="5922455"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-электрондық журналдарда күнтізбелік-тақырыптық жоспарларды түзетеді;</a:t>
-            </a:r>
+              <a:t>корректирует </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>календарно-тематические</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  планы в электронных журналах;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-ТВ-сабақтар мен ОӘК негізінде оқу материалдарын құрылымдауды және сабақ бойынша жоспарлауды уақытылы жүзеге асырады.; </a:t>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>своевременно осуществляет корректировку поурочного планирования и структуризацию учебных материалов на основе ТВ-уроков и УМК; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-өткізілетін жұмыс түрлерін оқу-тәрбие жұмысы жөніндегі басшының орынбасарымен келіседі; </a:t>
-            </a:r>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>согласовывает с заместителем руководителя по учебно-воспитательной работе проводимые виды работ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- применяет оптимальные и разнообразные виды работ (самостоятельная работа с учебником и УМК), доступные информационно-коммуникационные технологии (телеуроки, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>-тиімді және әр түрлі жұмыс түрлерін (оқулықпен және ОӘК-мен өзіндік жұмыс), қолжетімді ақпараттық-коммуникациялық технологияларды (телеурокалар, </a:t>
+              <a:t>hats</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>WhatsApp </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>чаттар, ұялы және стационарлық телефон байланысы) </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>pp чаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>қолданады;</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>, мобильную и стационарную телефонную связь);</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- своевременно доводит информацию о применяемых видах работ до сведения обучающихся, их родителей (законных представителей), используя электронные журналы и дневники, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- электрондық журналдар мен күнделіктерді, </a:t>
+              <a:t>hats</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>WhatsApp </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>чаттарды, ұялы және стационарлық телефон байланысын және т. б. пайдалана отырып, оқушылардың, олардың ата-аналарының (заңды өкілдерінің) назарына жұмыс түрлері туралы ақпаратты дер кезінде жеткізеді. </a:t>
+              <a:t>pp чаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, мобильную и стационарную телефонную связь и др. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- проводит урок в соответствии с утвержденным графиком </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>обучения, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>осуществляет контроль за самостоятельной работой обучающегося, предоставляет обратную связь (через электронные журналы и дневники, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- бекітілген оқу кестесіне сәйкес сабақ өткізеді, білім алушының өзіндік жұмысына бақылау жасайды, кері байланыс ұсынады (электрондық журналдар мен күнделіктер, </a:t>
+              <a:t>hats</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>WhatsApp </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>чаттар, ұялы және стационарлық телефон байланысы арқылы немесе әкімшілік белгілеген педагогтар арқылы);</a:t>
+              <a:t>pp чаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, мобильную и стационарную телефонную связь или через педагогов, определённых администрацией);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-  предоставляет домашнее задание согласно нормам объема домашнего задания (через электронные журналы и дневники, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- үй тапсырмасы көлемінің нормаларына сәйкес үй тапсырмасын ұсынады (электрондық журналдар мен күнделіктер, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:t>hats</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Whatsapp</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> чаттар</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>ppчаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>, ұялы және стационарлық телефон байланысы арқылы немесе әкімшілік белгілеген педагогтар арқылы);</a:t>
+              <a:t>, мобильную и стационарную телефонную связь или через педагогов, определённых администрацией);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- осуществляет сбор выполненных заданий к уроку любым доступным для учителя и ученика способом (через электронные журналы и дневники, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- мұғалім мен оқушы үшін қол жетімді кез келген тәсілмен (электрондық журналдар мен күнделіктер, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:t>hats</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Whatsapp</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> чаттар</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>ppчаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>, ұялы және стационарлық телефон байланысы арқылы немесе әкімшілік белгілеген педагогтар арқылы) сабаққа орындалған тапсырмаларды жинауды жүзеге асырады.);</a:t>
+              <a:t>, мобильную и стационарную телефонную связь или через педагогов, определённых администрацией);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- электронды журналдар мен күнделіктер платформасында келесі бөлімдерді уақтылы толтырады: </a:t>
+              <a:t>- заполняет своевременно на платформе электронных журналов и дневников следующие разделы: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>а) әр ТВ-сабақтан/Вебинардан кейін үй тапсырмасы (оқулықтан тапсырмалар және ресурстарға сілтемелер</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>а) домашнее задание после каждого ТВ-урока/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>); </a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Вебинара</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> (задания из учебников и ссылки на ресурсы); </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>б) тапсырмаларды орындау бойынша ұсыныстар бар файлдарды бекіту;</a:t>
+              <a:t>б) прикрепление файлов с рекомендациями по выполнению заданий;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>в) </a:t>
-[...31 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>в) обратная связь по выполнению домашнего задания, комментарии;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>г) жиынтық жұмыстардың нәтижелерін шығару; </a:t>
+              <a:t>г) выставление результатов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>суммативных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> работ; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>д) сабаққа тапсырманы мұғалім белгілеген мерзімде орындамаған жағдайда электрондық журналға тиісті түсініктеме жазылады.</a:t>
+              <a:t>д) при не выполнении задания к уроку в установленные учителем сроки в электронный журнал пишется соответствующий комментарий.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- проводит индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными потребностями (через </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- білім алушыларға, оның ішінде ерекше білім беру қажеттіліктері бар балаларға (</a:t>
+              <a:t>hats</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>WhatsApp </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0">
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>чаттар, ұялы және стационарлық телефон байланысы арқылы) жеке кеңестер </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="1400" dirty="0" smtClean="0">
+              <a:t>pp чаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>өткізеді;</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>, мобильную и стационарную телефонную связь);</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>- информирует администрацию о проведенной работе и ее результатах</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>- жүргізілген жұмыс және оның нәтижелері туралы әкімшілікті хабардар етеді.</a:t>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="152400"/>
             <a:ext cx="11791315" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -18779,56 +11256,60 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="225109"/>
             <a:ext cx="11402467" cy="689291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
+              <a:t>УЧИТЕЛЬ-ПРЕДМЕТНИК И ОБУЧАЮЩИЙСЯ, НЕ ИМЕЮЩИЙ ДОСТУП К ИНТЕРНЕТУ И </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-              <a:t>ИНТЕРНЕТКЕ ҚОЛЖЕТІМДІЛІГІ ЖОҚ ЖӘНЕ ТД-САБАҚТАРЫН ПАЙДАЛАНАТЫН БІЛІМ </a:t>
+              <a:t>ИСПОЛЬЗУЮЩИЙ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
-              <a:t>АЛУШЫ ЖӘНЕ ПӘН МҰҒАЛІМІ.</a:t>
+              <a:t>ТВ-УРОКИ:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="152400"/>
             <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
@@ -18843,284 +11324,458 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2444072599"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="215154183"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="1219200"/>
-            <a:ext cx="11658600" cy="5170646"/>
+            <a:ext cx="10912246" cy="5124993"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>знакомится </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>қол жетімді байланыс құралдары арқылы онлайн-сабақтардың кестесімен, тақырыптарымен, мазмұнымен танысады;</a:t>
-            </a:r>
+              <a:t>с расписанием, темами, содержанием онлайн-уроков через доступные средства связи;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>обязан </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>күн сайын кестеге сәйкес ТВ-сабақтарының трансляциясын, сондай-ақ пән мұғалімі көрсеткен барлық қол жетімді электрондық платформаларды қарауға міндетті.;</a:t>
-            </a:r>
+              <a:t>ежедневно просматривать трансляцию ТВ-уроков согласно расписания, а также все доступные электронные платформы, указанные учителем-предметником;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ежедневно </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>күн сайын орта білім беру ұйымдары белгілеген қол жетімді байланыс құралдары арқылы тапсырмаларды өз бетінше орындайды.;</a:t>
-            </a:r>
+              <a:t>самостоятельно выполняет задания, в том числе через доступные средства связи, которые установлены организацией среднего образования;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>находится </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>сынып жетекшісімен және пән мұғалімдерімен күнделікті байланыста болады;</a:t>
-            </a:r>
+              <a:t>на ежедневной связи с классным руководителем и учителями-предметниками;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>выполняет </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>пән мұғалімінің түсініктемесінен кейін қателерді орындайды; </a:t>
-            </a:r>
+              <a:t>работу над ошибками после комментария учителя-предметника; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ежедневно </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>күн сайын жеке кабинетке электронды күнделікке, электронды поштаға және басқа да байланыс жүйелері мен технологияларына кіреді.;</a:t>
-            </a:r>
+              <a:t>заходит в личный кабинет в электронном дневнике, в электронную почту и другие системы и технологии связи для получения учебного материала для самостоятельного изучения;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ежедневно </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>педагогқа қол жетімді байланыс құралдары (электрондық күнделіктер, электрондық пошта, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:t>п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Whatsapp</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:t>редставляет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> чаттар </a:t>
+              <a:t> выполненные  задания   в соответствии с требованиями педагогов, отправив скан</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>және т. б.) арқылы орындалған тапсырмаларды сканерлеу (немесе фото) арқылы педагогтың талаптарына сәйкес күнделікті орындалған тапсырмаларды </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:t>ирование (или</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ұсынады;</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t> фото</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> выполненных заданий педагогу через доступные средства связи (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>электронный дневники</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, электронная почта, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>hats</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ppчаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> и др.);</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>соблюдает </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>оқу тапсырмаларын орындау кезінде Академиялық адалдық ережелерін және өзін-өзі бақылау қағидаларын сақтайды;</a:t>
-            </a:r>
+              <a:t>правила академической честности и принципы самоконтроля при выполнении учебных заданий;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>использует </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>қосымша электрондық білім беру ресурстарын пайдаланады</a:t>
+              <a:t>дополнительные  электронные образовательные ресурсы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="152400"/>
             <a:ext cx="11791315" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -19271,51 +11926,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="381000"/>
             <a:ext cx="11402467" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
-              <a:t>БІЛІМ АЛУШЫ:</a:t>
+              <a:t>ОБУЧАЮЩИЙСЯ:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="152400"/>
             <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
@@ -19330,51 +11985,51 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117369952"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4124416025"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19385,115 +12040,213 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1447800"/>
             <a:ext cx="10912246" cy="1431674"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>создают </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>оқыту үшін жағдай жасайды;</a:t>
-            </a:r>
+              <a:t>условия для обучения;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>знаком</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>жұмыс кестесімен, сабақ кестесімен, оқу-тәрбие жұмысын ұйымдастыру процесімен танысады;</a:t>
-            </a:r>
+              <a:t>я</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>тся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> с графиком работы, расписанием уроков, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>процессом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>организации учебно-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>воспитательно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>й работы;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>білім алушылардың үй тапсырмаларын орындауын бақылауды жүзеге асырады;</a:t>
+              <a:t>осуществляют</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>контроль за выполнением обучающимися домашних заданий;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>поддерживают </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>сынып жетекшісімен және пән мұғалімдерімен </a:t>
+              <a:t>связь с классным руководителем и учителями-предметниками</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>байланыс жасайды.</a:t>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="152400"/>
             <a:ext cx="11791315" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -19643,56 +12396,52 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="381000"/>
             <a:ext cx="11402467" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
-              <a:t>):</a:t>
+              <a:t>РОДИТЕЛИ (ЗАКОННЫЕ ПРЕДСТАВИТЕЛИ) ОБУЧАЮЩИХСЯ:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="152400"/>
             <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
@@ -19707,51 +12456,51 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4128315439"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1815716613"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -19778,76 +12527,59 @@
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>ТВ-</a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ТВ-уроки</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -20055,54 +12787,66 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="637438" y="609346"/>
             <a:ext cx="8113395" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-20" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-20" dirty="0"/>
+              <a:t>УСЛОВИЯ ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0"/>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="165" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0"/>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -20155,154 +12899,158 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="205740" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marR="252729" algn="ctr"/>
             <a:endParaRPr spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1053562" y="3595800"/>
-            <a:ext cx="3671570" cy="900000"/>
+            <a:off x="1053562" y="3491230"/>
+            <a:ext cx="3671570" cy="1080770"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="40"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr sz="1750" dirty="0">
+              <a:latin typeface="Times New Roman"/>
+              <a:cs typeface="Times New Roman"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr marL="635" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="800" spc="-5" dirty="0" smtClean="0">
-[...2 lines deleted...]
-              </a:solidFill>
+            <a:r>
+              <a:rPr sz="1800" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Наличие</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" spc="-30" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>цифровых</a:t>
+            </a:r>
+            <a:endParaRPr sz="1800" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="635" algn="ctr">
+            <a:pPr marL="1270" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="5"/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="1800" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Цифрлық</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
+              <a:t>образовательных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1800" spc="20" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1">
+              <a:rPr sz="1800" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>білім</a:t>
-[...39 lines deleted...]
-              <a:t>болуы</a:t>
+              <a:t>ресурсов</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5115074" y="2796672"/>
             <a:ext cx="6569930" cy="3489827"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
@@ -20325,207 +13073,74 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{619182C5-3A4C-47A6-8292-5DFE8A3C3EC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1076676" y="2200133"/>
             <a:ext cx="4038398" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қашықтықтан</a:t>
-[...139 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>Обучение с использованием дистанционных технологий (дистанционное обучение)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -20583,155 +13198,502 @@
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1178052"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="object 5"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="4" name="object 4"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="537972" y="525602"/>
-            <a:ext cx="11501628" cy="1027845"/>
+            <a:off x="605129" y="525602"/>
+            <a:ext cx="2155825" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="12700">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="95"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0"/>
+              <a:t>ОРГАНИЗАЦИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="object 5"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3052952" y="525602"/>
+            <a:ext cx="3985895" cy="360680"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="12700">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="95"/>
+              </a:spcBef>
               <a:tabLst>
                 <a:tab pos="2844165" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" b="1" spc="-5" dirty="0">
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>ВИРТУАЛДЫ </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2200" b="1" spc="-5" dirty="0" smtClean="0">
+              <a:t>П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-30" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>МУЗЕЙЛЕРДІҢ, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2200" b="1" spc="-5" dirty="0">
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-25" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>КӨРМЕЛЕР МЕН КИНОТЕАТРЛАРДЫҢ САНДЫҚ АҒАРТУШЫЛЫҚ РЕСУРСТАРЫН ПАЙДАЛАНА ОТЫРЫП, БАЛАЛАРДЫҢ БОС УАҚЫТЫН ТИІМДІ </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2200" b="1" spc="-5" dirty="0" smtClean="0">
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>ҰЙЫМДАСТЫРУ</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200" dirty="0">
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="55" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>К</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ТИВНО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-35" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-150" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>А</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7328407" y="525602"/>
             <a:ext cx="4606290" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab pos="1271270" algn="l"/>
                 <a:tab pos="1788160" algn="l"/>
               </a:tabLst>
             </a:pPr>
-            <a:endParaRPr sz="2200" dirty="0">
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Й</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ИСП</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-55" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Л</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-65" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Ь</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-30" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>З</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-114" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>АНИ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>М</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="364997" y="562355"/>
             <a:ext cx="0" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path h="913130">
@@ -20786,321 +13748,698 @@
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:ln w="56388">
             <a:solidFill>
               <a:srgbClr val="FFFFFF"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="609600" y="1692792"/>
-            <a:ext cx="12039600" cy="4936608"/>
+            <a:off x="605129" y="861441"/>
+            <a:ext cx="11330305" cy="5767070"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="12700" marR="5080">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="95"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="2115820" algn="l"/>
+                <a:tab pos="5582920" algn="l"/>
+                <a:tab pos="7515859" algn="l"/>
+                <a:tab pos="10085705" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Ц</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>И</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Ф</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-35" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ОВ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Ы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>П</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ОСВЕТ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>И</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ТЕ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Л</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-50" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Ь</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>СК</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>И</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>РЕ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-35" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-65" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-70" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>С</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ОВ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ВИ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-30" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Р</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-170" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>У</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ЛЬНЫХ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>МУЗЕЕВ,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-40" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ВЫСТАВОК </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>И</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="90" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" b="1" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>КИНОТЕАТРОВ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr marL="611505">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1510"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Эрмитаж</a:t>
             </a:r>
             <a:r>
-              <a:rPr sz="2000" spc="-15" dirty="0" smtClean="0">
+              <a:rPr sz="2000" spc="-15" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://bit.ly/39VHDoI</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505" marR="2870835">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" spc="-25" dirty="0" smtClean="0">
+              <a:rPr sz="2000" spc="-25" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Мемлекеттік </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:t>Государственный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Санкт-Петербург</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>Русский </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> музейі</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>музей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>(Санкт-Петербург) </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" u="heavy" spc="-5" dirty="0" smtClean="0">
+              <a:t>https://bit.ly/2IOQDjq </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
-                <a:uFill>
-[...3 lines deleted...]
-                </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
-                <a:hlinkClick r:id="rId4"/>
-[...14 lines deleted...]
-                <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
-            </a:r>
-[...12 lines deleted...]
-              <a:t>Arts </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>and </a:t>
+              <a:t>Проект </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-45" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Гугла </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Arts and </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" spc="-10" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Culture</a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>https://artsandculture.google.com/</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505" marR="5010150">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Ван Гогтың А</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:t>Амстердамский </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>мстердам</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>музей Ван </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-60" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> музейі </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" u="heavy" spc="-5" dirty="0" smtClean="0">
+              <a:t>Гога </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
-              <a:t>https</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
+              <a:t>https://bit.ly/2TRdiSQ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
-                <a:uFill>
-[...3 lines deleted...]
-                </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
-                <a:hlinkClick r:id="rId6"/>
-[...7 lines deleted...]
-                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:t>Музей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Венаның өнер тарихы музейі</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-50" dirty="0" smtClean="0">
+              <a:t>истории искусств </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Вены</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-50" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>https://bit.ly/3d08Zfm</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
@@ -21157,214 +14496,211 @@
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId9"/>
               </a:rPr>
               <a:t>https://www.louvre.fr/en/media-en-ligne</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505" marR="650240">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Британ</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" dirty="0" smtClean="0">
+              <a:t>Британский </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:t>музей, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-10" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>музей</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>онлайн-коллекция </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-20" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>і</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>одна </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" spc="-10" dirty="0" smtClean="0">
+              <a:t>из самых </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>онлайн-коллекция </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" spc="-10" dirty="0" err="1">
+              <a:t>масштабных, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-10" dirty="0">
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>ең</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" spc="-10" dirty="0">
+              <a:t>более </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" spc="-10" dirty="0" err="1">
+              <a:t>3,5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>ауқымды</a:t>
-[...14 lines deleted...]
-              <a:rPr sz="2000" u="heavy" spc="-10" dirty="0" smtClean="0">
+              <a:t>млн экспонатов  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" u="heavy" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
-              <a:t>https</a:t>
-[...15 lines deleted...]
-              <a:t>://www.britishmuseum.org</a:t>
+              <a:t>https://www.britishmuseum.org</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505" marR="498475">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Британ</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" dirty="0" smtClean="0">
+              <a:t>Британский </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:t>музей, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>музей</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>виртуальные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>і</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>экскурсии </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-40" dirty="0" smtClean="0">
+              <a:t>по музею и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>YouTube</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-40" dirty="0" smtClean="0">
+              <a:t>экспозициям </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> арнасындағы виртуалды экскурсия</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="10" dirty="0" smtClean="0">
+              <a:t>на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>официальном </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-40" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>YouTube  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>канале</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="10" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId11"/>
               </a:rPr>
               <a:t>https://www.youtube.com/user/britishmuseum</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
@@ -21402,285 +14738,283 @@
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId12"/>
               </a:rPr>
               <a:t>https://www.metmuseum.org</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505" marR="1804035">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2000" spc="-20" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="2000" spc="-10" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Гуггенхайм</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-20" dirty="0" smtClean="0">
+              <a:t>онлайн-коллекция </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> музейінің </a:t>
-[...14 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" spc="-20" dirty="0" smtClean="0">
+              <a:t>музея </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-20" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Гуггенхайм </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId13"/>
               </a:rPr>
               <a:t>https://www.guggenheim.org/collection-online </a:t>
             </a:r>
             <a:r>
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="2000" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0462C1"/>
+                </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Сальвадор</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:t>музей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Дали</a:t>
-[...9 lines deleted...]
-              <a:rPr sz="2000" spc="-40" dirty="0" smtClean="0">
+              <a:t>Сальвадора Дали</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-40" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId14"/>
               </a:rPr>
               <a:t>https://bit.ly/33iHVmX</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Смитсон</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:t>Смитсоновский </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t> </a:t>
-[...5 lines deleted...]
-              </a:rPr>
               <a:t>музей</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...6 lines deleted...]
-              <a:rPr sz="2000" spc="-70" dirty="0" smtClean="0">
+              <a:rPr sz="2000" spc="-70" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
               <a:t>https://www.si.edu/exhibitions/online</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="5"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" spc="-5" dirty="0" smtClean="0">
+              <a:rPr sz="2000" spc="-5" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Краковтағы ұлттық музей</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-15" dirty="0" smtClean="0">
+              <a:t>Национальный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>музей в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-10" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Кракове</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-15" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId16"/>
               </a:rPr>
               <a:t>https://bit.ly/3d29dT0</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="611505">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="10"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+              <a:rPr sz="2000" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Көркемсурет өнерінің Будапешт музейі</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2000" spc="-90" dirty="0" smtClean="0">
+              <a:t>Музей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-5" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>изобразительных искусств </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-15" dirty="0">
+                <a:latin typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Будапеште</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" spc="-90" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr sz="2000" u="heavy" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0462C1"/>
                 </a:solidFill>
                 <a:uFill>
                   <a:solidFill>
                     <a:srgbClr val="0462C1"/>
                   </a:solidFill>
                 </a:uFill>
                 <a:latin typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
                 <a:hlinkClick r:id="rId17"/>
               </a:rPr>
               <a:t>https://bit.ly/3d08L80</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
@@ -21989,165 +15323,154 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="839371"/>
-            <a:ext cx="10134600" cy="1980029"/>
+            <a:off x="1610613" y="926379"/>
+            <a:ext cx="8966200" cy="1800493"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="193040" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1520"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="0" spc="-5" dirty="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" b="0" spc="-5" dirty="0"/>
+              <a:rPr lang="en-US" sz="4000" spc="-25" dirty="0"/>
+              <a:t>CALL-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="4000" spc="-25" dirty="0"/>
+              <a:t>ЦЕНТР</a:t>
+            </a:r>
+            <a:endParaRPr sz="4000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="994"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-10" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>вопросам организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>дистанционного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-10" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>обучения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>и  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0" err="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="0" spc="-5" dirty="0" err="1"/>
-[...79 lines deleted...]
-            </a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0" err="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>школ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="0" spc="-15" dirty="0"/>
+              <a:t> города Павлодара</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="847140" y="4038600"/>
             <a:ext cx="10735260" cy="1497846"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="83185">
@@ -22217,61 +15540,51 @@
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>27</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>	8 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>(7182) 30</a:t>
-[...9 lines deleted...]
-              <a:t>-</a:t>
+              <a:t>(7182) 30 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" spc="35" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>14</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
@@ -22330,1084 +15643,1299 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5451347" y="2022348"/>
             <a:ext cx="6205728" cy="4716780"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="562355"/>
             <a:ext cx="11791315" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="11791315" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="562355"/>
             <a:ext cx="24765" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="562355"/>
             <a:ext cx="248920" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="793191" y="695070"/>
             <a:ext cx="8875395" cy="635635"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-5" dirty="0">
-[...10 lines deleted...]
-              <a:cs typeface="Arial"/>
+              <a:rPr sz="2000" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕХНИЧЕСКОЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБЕСПЕЧЕНИЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" b="1" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ИСПОЛЬЗОВАНИЯ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИСТАНЦИОННЫХ  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" b="1" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАТЕЛЬНЫХ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" b="1" spc="-55" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2000" b="1" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЕХНОЛОГИЙ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2000">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="562355"/>
             <a:ext cx="71755" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="605129" y="1872818"/>
             <a:ext cx="10059035" cy="757555"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0" err="1">
+              <a:rPr b="0" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Учебный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>процесс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>использованием </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дистанционных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-45" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0" err="1">
+              <a:rPr b="0" spc="-20" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образовательных</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="5"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr b="0" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>техн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-25" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>логий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обеспечивается </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>следующими </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>техническими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr spc="150" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="0" spc="-5" dirty="0" err="1">
+              <a:rPr spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>средствами</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr b="0" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
-              </a:rPr>
-[...118 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr b="0" spc="-15" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1205330" y="2895600"/>
-            <a:ext cx="5881269" cy="596958"/>
+            <a:ext cx="5881269" cy="609782"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab pos="3383915" algn="l"/>
                 <a:tab pos="3687445" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" spc="-10" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>дыбысты</a:t>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>компьютер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ноутбук</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>планшет/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>телефон</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" spc="-10" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700">
+              <a:spcBef>
+                <a:spcPts val="95"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="3383915" algn="l"/>
+                <a:tab pos="3687445" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" spc="-5" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>воспроизведения </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" spc="-10" dirty="0">
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>звука </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="114" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" spc="-10" dirty="0" err="1">
-[...54 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1900" spc="-10" dirty="0" smtClean="0">
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>бар компьютер/ноутбук/планшет/телефон</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>видео </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>возможностью</a:t>
             </a:r>
             <a:endParaRPr sz="1900" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1216659" y="3733800"/>
-            <a:ext cx="5869939" cy="1013739"/>
+            <a:off x="1216660" y="3886200"/>
+            <a:ext cx="5336540" cy="1306127"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="135255" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:tabLst>
                 <a:tab pos="1745614" algn="l"/>
                 <a:tab pos="3429635" algn="l"/>
                 <a:tab pos="4080510" algn="l"/>
                 <a:tab pos="5217795" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>оқу</a:t>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ра</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="10" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>м</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="5" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>н</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-35" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>б</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-60" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>е</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дл</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>я</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="25" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>т</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>упа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>локальным </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0">
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>удаленным </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>серверам с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учебной  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>информацией и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рабочими</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="90" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" spc="-5" dirty="0" err="1">
-[...172 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>материалами</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab pos="1745614" algn="l"/>
+                <a:tab pos="3429635" algn="l"/>
+                <a:tab pos="4080510" algn="l"/>
+                <a:tab pos="5217795" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
             <a:endParaRPr sz="1900" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1204061" y="5257800"/>
+            <a:off x="1204061" y="5334000"/>
             <a:ext cx="5334000" cy="596958"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="960"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1">
-[...8 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>локальная</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1">
-[...8 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1900" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сеть </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выходом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Интернет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(канал  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>подключения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-5" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сети</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1900" spc="50" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1">
-[...66 lines deleted...]
-              <a:t>)</a:t>
+              <a:rPr sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Интернет)</a:t>
             </a:r>
             <a:endParaRPr sz="1900" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="530351" y="3051697"/>
             <a:ext cx="571500" cy="529703"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId3" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="552399" y="4038600"/>
+            <a:off x="552399" y="4191000"/>
             <a:ext cx="554024" cy="504444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId4" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="object 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="536448" y="5334000"/>
+            <a:off x="536448" y="5410200"/>
             <a:ext cx="588264" cy="533400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId5" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -23430,605 +16958,633 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="562355"/>
             <a:ext cx="24765" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="562355"/>
             <a:ext cx="248920" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="793191" y="695070"/>
-            <a:ext cx="10973233" cy="641842"/>
+            <a:ext cx="10973233" cy="962443"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>1-11 сынып оқу пәндері бойынша оқыту тілдеріндегі </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВИДЕОУРОКИ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...2 lines deleted...]
-              <a:t>БЕЙНЕ САБАҚТАР</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учебным предметам 1-11 классов на языках обучения </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0" smtClean="0">
-[...24 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(казахский, русский</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="105"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr sz="2000" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="562355"/>
             <a:ext cx="71755" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="913130">
                 <a:moveTo>
                   <a:pt x="0" y="912876"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="912876"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="912876"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="574673" y="1749444"/>
-            <a:ext cx="11388727" cy="628377"/>
+            <a:ext cx="11109249" cy="628377"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="2" algn="ctr" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0"/>
-[...52 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Трансляция видеоуроков для обучающихся на казахском языке - на телеканале </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Балапан</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>»</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0"/>
-[...89 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Трансляция видеоуроков для обучающихся на русском языке - на телеканале </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Ел-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>арна</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>»</a:t>
-            </a:r>
-[...6 lines deleted...]
-              <a:t>телеарнасында</a:t>
             </a:r>
             <a:endParaRPr sz="2000" b="0" spc="-15" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="object 9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1207871" y="4724400"/>
+            <a:ext cx="5332730" cy="314960"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="12700">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="95"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="3383915" algn="l"/>
+                <a:tab pos="3687445" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" spc="-10" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Продолжительность ТВ-урока – 10 минут</a:t>
+            </a:r>
+            <a:endParaRPr sz="1900" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="object 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1204061" y="3962400"/>
+            <a:ext cx="5336540" cy="721351"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="135255" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="12700">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1065"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Количество часов не превышает недельную нагрузку по предмету</a:t>
+            </a:r>
+            <a:endParaRPr sz="1900" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="491904" y="2905125"/>
             <a:ext cx="571500" cy="529703"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="552399" y="4209796"/>
+            <a:off x="552399" y="4296156"/>
             <a:ext cx="554024" cy="504444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId3" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="object 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="536448" y="5562600"/>
             <a:ext cx="588264" cy="533400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId4" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="https://kievstreet.net/uploads/posts/2014-08/1408119259_tv.jpg">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DD8EEA6-DF8F-4D5C-8931-4D94C3B16292}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -24037,628 +17593,261 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6972772" y="2689030"/>
             <a:ext cx="4762500" cy="3371850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="16" name="object 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A959043-7704-4933-BB8D-7A2F50B90142}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1208848" y="2779903"/>
+            <a:ext cx="5332730" cy="1412566"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="2" indent="0" algn="just" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Эфирное время уроков </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с 09-00 до 15-00 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>часов</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="2" algn="just" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Учебные предметы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Информатика, Английский язык, Французский язык, Немецкий язык</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, вносится </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в школьное расписание</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="2" indent="0" algn="just" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A2A6A1A-E629-4741-9918-8433D585732F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1146986" y="5334000"/>
             <a:ext cx="6096000" cy="969496"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="1065"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1">
-[...3 lines deleted...]
-              <a:t>Республикалық</a:t>
+              <a:rPr lang="en-US" sz="1900" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Aitube</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1900" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1900" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...506 lines deleted...]
-              <a:t> ұзақтығы-10 минут.</a:t>
+              <a:t>будут размещены разработанные видеоуроки, транслируемые на республиканских телеканалах.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955535259"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -25003,51 +18192,51 @@
             <a:ext cx="10973233" cy="321242"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ТВ-САБАҚТЫҢ ҚҰРЫЛЫМЫ</a:t>
+              <a:t>СТРУКТУРА ТВ-УРОКА</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="562355"/>
             <a:ext cx="71755" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
@@ -25073,231 +18262,102 @@
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2120362" y="4370044"/>
-            <a:ext cx="4161104" cy="559127"/>
+            <a:off x="2120362" y="4271608"/>
+            <a:ext cx="4161104" cy="756000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" spc="-5" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1" smtClean="0">
-[...28 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...120 lines deleted...]
-            </a:r>
+              <a:t>учебных заданий для закрепления (на экране крупным шрифтом 2-3 задания)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:endParaRPr spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="2229000"/>
             <a:ext cx="833755" cy="4248000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -25325,246 +18385,106 @@
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2120362" y="3484475"/>
-            <a:ext cx="4161104" cy="559127"/>
+            <a:off x="2120362" y="3422039"/>
+            <a:ext cx="4161104" cy="684000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="40"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>бекіту</a:t>
-[...139 lines deleted...]
-              <a:t>).</a:t>
+              <a:t>вопросов для закрепления (на экране крупным шрифтом 2-3 вопроса)</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="21" name="Группа 20"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2120362" y="2239540"/>
-            <a:ext cx="4161104" cy="1008000"/>
+            <a:ext cx="4161104" cy="1016930"/>
             <a:chOff x="1053562" y="1963800"/>
-            <a:chExt cx="4161104" cy="1008000"/>
+            <a:chExt cx="4161104" cy="1016930"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="object 8"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1053562" y="1963800"/>
               <a:ext cx="4161104" cy="1008000"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="334F89"/>
             </a:solidFill>
           </p:spPr>
           <p:txBody>
             <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="205740" rIns="0" bIns="0" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
@@ -25572,854 +18492,414 @@
               <a:pPr marR="252729" algn="ctr"/>
               <a:endParaRPr spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Прямоугольник 12">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{619182C5-3A4C-47A6-8292-5DFE8A3C3EC3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
-              <a:off x="1076676" y="2010260"/>
+              <a:off x="1076676" y="2057400"/>
               <a:ext cx="4038398" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...48 lines deleted...]
-              <a:r>
                 <a:rPr lang="ru-RU" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t> </a:t>
-[...129 lines deleted...]
-                <a:t>.)</a:t>
+                <a:t>объяснения нового учебного материала учителем (видео, в титрах Ф.И.О. учителя)</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Прямоугольник 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7684791" y="2461759"/>
             <a:ext cx="1013419" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>6 минут</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7684791" y="3516868"/>
-            <a:ext cx="1013419" cy="369332"/>
+            <a:ext cx="1139094" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1 минут</a:t>
+              <a:t>1 минута</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Прямоугольник 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7684791" y="4431268"/>
-            <a:ext cx="1013419" cy="369332"/>
+            <a:ext cx="1139094" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1 минут</a:t>
+              <a:t>1 минута</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Прямоугольник 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7684791" y="5269468"/>
-            <a:ext cx="1013419" cy="369332"/>
+            <a:ext cx="1139094" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1 минут</a:t>
+              <a:t>1 минута</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Прямоугольник 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7684791" y="6012770"/>
-            <a:ext cx="1013419" cy="369332"/>
+            <a:ext cx="1139094" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1 минут</a:t>
+              <a:t>1 минута</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2113105" y="5193177"/>
             <a:ext cx="4161104" cy="559127"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:t>тақырып</a:t>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дополнительных </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...109 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>цифровых ресурсов по теме (1-2 ЦОР)</a:t>
             </a:r>
             <a:endParaRPr spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2120362" y="5917873"/>
             <a:ext cx="4161104" cy="559127"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...139 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>ссылок на дополнительные ресурсы для самостоятельного изучения</a:t>
             </a:r>
             <a:endParaRPr spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Прямоугольник 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3473892" y="1676400"/>
-            <a:ext cx="945708" cy="369332"/>
+            <a:off x="2792960" y="1676400"/>
+            <a:ext cx="2083840" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Сабақ:</a:t>
+              <a:t>Урок состоит из:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9605645" y="2209800"/>
             <a:ext cx="833755" cy="4267200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
@@ -26445,157 +18925,216 @@
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Прямоугольник 24"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7565903" y="1676400"/>
-            <a:ext cx="1350241" cy="369332"/>
+            <a:off x="7312858" y="1676400"/>
+            <a:ext cx="1831142" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ұзақтығы:</a:t>
+              <a:t>Длительность</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="377936926"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1942184736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="458338" y="198437"/>
+            <a:off x="458338" y="117695"/>
             <a:ext cx="11352662" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1-11 СЫНЫПТАРҒА АРНАЛҒАН ҚАЗАҚ ТІЛІНДЕ САБАҚ КЕСТЕСІ</a:t>
+              <a:t>РАСПИСАНИЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВИДЕОУРОКОВ НА ТВ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ  1-11 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КЛАССОВ</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>НА </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КАЗАХСКОМ ЯЗЫКЕ ОБУЧЕНИЯ </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Таблица 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="676813857"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2646010777"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="228601" y="914400"/>
           <a:ext cx="11658600" cy="5887129"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="914399">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3241270592"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="838200">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -26664,437 +19203,477 @@
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2732346774"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1059061">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1894393688"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="288530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Апта күні</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Дни недели</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 </a:t>
-[...15 lines deleted...]
-                        <a:t> </a:t>
+                        <a:t>1 класс  </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2 </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>сынып</a:t>
+                        <a:t>класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>3 </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 сынып</a:t>
+                        <a:t>класс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>4 </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 сынып</a:t>
+                        <a:t>класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>5 </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>5</a:t>
-[...7 lines deleted...]
-                        <a:t> сынып</a:t>
+                        <a:t>класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>6 </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>6 сынып</a:t>
+                        <a:t>класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>7 </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>7</a:t>
-[...7 lines deleted...]
-                        <a:t> сынып</a:t>
+                        <a:t>класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>8 </a:t>
+                      </a:r>
+                      <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>8 сынып</a:t>
+                        <a:t>класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>9 сынып</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>9 класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>10 класс</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>11 сынып</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>11 класс</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1834457555"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="671139">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Дүйсенбі</a:t>
+                        <a:t>Понеде</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>л</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ьник</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -27451,219 +20030,219 @@
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Қазақстан тарихы</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Қазақ тілі</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Алгебра</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>География</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Физика</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Қазақ тілі</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Алгебра</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Физика</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Қазақ тілі</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Алгебра</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
@@ -27834,56 +20413,72 @@
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2916049400"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1008376">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Сейсенбі</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Втор</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>н</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ик</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
@@ -28746,56 +21341,56 @@
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="694149033"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="975530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Сәрсенбі</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Среда </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
@@ -29602,56 +22197,56 @@
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1690111954"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="982773">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Бейсенбі</a:t>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Четверг</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
@@ -30577,56 +23172,56 @@
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1045360046"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1298383">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Жұма</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Пятница</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
@@ -31555,123 +24150,189 @@
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2726009433"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1584029417"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="458338" y="228601"/>
-            <a:ext cx="11352662" cy="457200"/>
+            <a:off x="458338" y="122237"/>
+            <a:ext cx="11352662" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1-11 СЫНЫПТАРҒА АРНАЛҒАН ОРЫС ТІЛІНДЕ САБАҚ КЕСТЕСІ</a:t>
+              <a:t>РАСПИСАНИЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВИДЕОУРОКОВ НА ТВ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ  1-11 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>КЛАССОВ</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>НА </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>РУССКОМ ЯЗЫКЕ ОБУЧЕНИЯ </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Таблица 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1048547164"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1624483207"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="184088" y="790527"/>
+          <a:off x="184088" y="914400"/>
           <a:ext cx="11823824" cy="5838873"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="882712">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3241270592"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="838200">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3411792203"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="961725">
                   <a:extLst>
@@ -31734,437 +24395,605 @@
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2732346774"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1074067">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1894393688"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="288530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Апта күні</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Дни недели</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
-[...15 lines deleted...]
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>1 класс </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
-[...14 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>2 класс </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>3 класс </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>4 класс </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0" smtClean="0">
-[...12 lines deleted...]
-                        <a:t> сынып</a:t>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>5 класс</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>6 класс</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0" smtClean="0">
-[...14 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>7 класс</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>8 класс</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>9 класс</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>10 класс</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>11 класс</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1834457555"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="671139">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Дүйсенбі</a:t>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Понеде</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>л</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ьник</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" b="1" kern="150" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
@@ -32910,58 +25739,74 @@
                         </a:rPr>
                         <a:t>География</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2916049400"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1008376">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Втор</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>н</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>ик</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" b="1" kern="150">
@@ -33811,58 +26656,58 @@
                         </a:rPr>
                         <a:t>Всемирная история</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="694149033"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="975530">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Среда </a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="kk-KZ" sz="900" b="1" kern="150">
@@ -34678,58 +27523,58 @@
                         </a:rPr>
                         <a:t>Химия </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1690111954"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="982773">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="900" kern="150" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Четверг</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
@@ -35533,58 +28378,58 @@
                         </a:rPr>
                         <a:t>Русская литература</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1045360046"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1298383">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="kk-KZ" sz="900" kern="150" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="900" kern="150" dirty="0">
+                        <a:rPr lang="kk-KZ" sz="900" kern="150">
+                          <a:effectLst/>
+                          <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Пятница</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="150">
                         <a:effectLst/>
                         <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="48239" marR="48239" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:tabLst>
                           <a:tab pos="3800475" algn="l"/>
                           <a:tab pos="7191375" algn="l"/>
                         </a:tabLst>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="ru-RU" sz="900" b="1" kern="150">
@@ -36346,50 +29191,57 @@
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2726009433"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3033022051"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
@@ -36412,6012 +29264,2311 @@
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="833627" y="3913632"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="833627" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="3913632"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="457200"/>
             <a:ext cx="11791315" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="11791315" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="11791188" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="304800" y="457200"/>
             <a:ext cx="24765" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="24764" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="24384" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="24384" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="457200"/>
             <a:ext cx="248920" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="248920" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="248411" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="248411" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="691387" y="567943"/>
             <a:ext cx="7956550" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr sz="2200" dirty="0"/>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>МОДЕЛИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-20" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНИЗАЦИИ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-25" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДИСТАНЦИОННОГО</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="150" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2200" spc="-15" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБУЧЕНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="71628" y="647700"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="71628" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1048870" y="1447800"/>
             <a:ext cx="3744000" cy="602729"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr">
+            <a:pPr marL="160655" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="860"/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0">
-[...16 lines deleted...]
-              <a:t>электронды</a:t>
+              <a:rPr sz="1600" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Электронный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>журнал</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="35" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дневник</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kundelik</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...12 lines deleted...]
-              <a:t>және</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
-            </a:r>
-[...18 lines deleted...]
-              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr sz="1600" spc="-10" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1056600" y="5868670"/>
             <a:ext cx="3744000" cy="684530"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="3671570" h="684529">
                 <a:moveTo>
                   <a:pt x="0" y="684276"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="3671315" y="684276"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="3671315" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="684276"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr sz="1600"/>
+            <a:endParaRPr sz="1600">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1295400" y="5971733"/>
-            <a:ext cx="3412009" cy="505267"/>
+            <a:off x="1035840" y="5971733"/>
+            <a:ext cx="3671570" cy="505267"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marR="280670" algn="ctr">
+            <a:pPr marL="427355" marR="280670" indent="-140335">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="100"/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-25" dirty="0" err="1">
-[...14 lines deleted...]
-                <a:cs typeface="Arial"/>
+              <a:rPr sz="1600" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ресурсы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>социальных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сетей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мобильных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-25" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-25" dirty="0" err="1">
-[...66 lines deleted...]
-              <a:t>ресурстары</a:t>
+              <a:rPr sz="1600" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мессенджеров</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="object 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1047983" y="5357209"/>
-            <a:ext cx="3744000" cy="432000"/>
+            <a:off x="1047983" y="5357211"/>
+            <a:ext cx="3744000" cy="357789"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="110489" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" spc="-5" dirty="0" smtClean="0">
-[...6 lines deleted...]
-              <a:t>Мұғалімнің жек сайты (блогы)</a:t>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Личный</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сайт </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(блог)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-30" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-20" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учителя</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
-              <a:latin typeface="Arial"/>
-              <a:cs typeface="Arial"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4914900" y="1447800"/>
             <a:ext cx="7134225" cy="5149597"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="7134225" h="5247640">
                 <a:moveTo>
                   <a:pt x="0" y="5247132"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="7133844" y="5247132"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="7133844" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="5247132"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4994275" y="1432029"/>
-            <a:ext cx="6910120" cy="5075748"/>
+            <a:ext cx="6910120" cy="5106526"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="119380" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="1227455">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="940"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="1400" b="1" spc="-10" dirty="0" smtClean="0">
-[...46 lines deleted...]
-              <a:t>РЕСУРСТАРЫ</a:t>
+              <a:rPr sz="1350" b="1" spc="-10" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЦИФРОВЫЕ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1350" b="1" spc="-30" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАТЕЛЬНЫЕ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1350" b="1" spc="60" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1350" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>РЕСУРСЫ</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...8 lines deleted...]
-              <a:t>ВСЕХ:</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ ВСЕХ:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Coursera</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>» — проект в сфере массового онлайн-образования. Стоит отметить, что компания обратилась в Министерство образования и науки РК с предложением открыть бесплатный доступ к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>информации.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...270 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>://www.coursera.org/</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Академия Хана — некоммерческая образовательная организация. Для школьников также открыт бесплатный доступ к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ресурсу.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>://ru.khanacademy.org/</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...209 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЛЯ ШКОЛЬНИКОВ:</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Bilim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>media</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Group</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>». Огромная база с образовательным контентом, в которой более 40 тыс. материалов. Казахстанской компанией все ресурсы открыты </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бесплатно.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...158 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>://bilimland.kz</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Daryn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Online</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>». Молодые ребята с хорошим образовательным ресурсом обнулили свои тарифы. Весь контент соответствует </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ГОСО.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...182 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>://daryn.online</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Платформа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Opiq</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. Интерактивный ресурс содержит школьные учебники. Большая часть учебников издательства «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Алматыкітап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>баспасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...270 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>». Ожидаем, что к данному эстонскому проекту подключатся и другие издательства.www.opiq.kz</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Виртуальныи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...86 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>̆ тренажер для подготовки к ЕНТ iTest.www.itest.kz</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Образовательной портал для школьников и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>студентов.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...54 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>://100ballov.kz/</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>NIS </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Play</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...15 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> http://play.nis.edu.kz/application/registration</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Академия STEM. Стоит отметить, что казахстанские ребята хорошо справляются с популяризацией STEM </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образования.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>://stem-academia.com/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>en</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>main-page</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...136 lines deleted...]
-              <a:t>://stem-academia.com/en/main-page/</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>/</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Программа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>начальнои</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...46 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>̆ школы iMektep.www.imektep.kz</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Платформа для изучения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>STEM.http</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...38 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>://makeathon.kazneuro.kz/</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1350" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="object 18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="391668" y="1573461"/>
             <a:ext cx="598932" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId3" cstate="print"/>
+            <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="object 19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329621" y="2421874"/>
             <a:ext cx="584779" cy="320835"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId4" cstate="print"/>
+            <a:blip r:embed="rId3" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="object 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="281940" y="3395635"/>
             <a:ext cx="708660" cy="451104"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId5" cstate="print"/>
+            <a:blip r:embed="rId4" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="object 21"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="373381" y="4333556"/>
             <a:ext cx="541019" cy="493775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId6" cstate="print"/>
+            <a:blip r:embed="rId5" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="object 22"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="143255" y="5183125"/>
             <a:ext cx="989076" cy="989075"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
-            <a:blip r:embed="rId7" cstate="print"/>
+            <a:blip r:embed="rId6" cstate="print"/>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </a:blipFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr/>
+            <a:endParaRPr>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EEA0F84-5F6B-4AD3-AB12-B283FA49DD36}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1057175" y="2150317"/>
-            <a:ext cx="3744000" cy="1296000"/>
+            <a:ext cx="3744000" cy="1210588"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="160655" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="860"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Streaming, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...6 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Платформы: </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="160655" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="860"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Bilimland.kz, sabak.kz, aitube.kz, youtube.com </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и приложения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...30 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Zoom, Skype, Moodle, Opiq.kz</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE33593C-11B5-4162-9AF2-527A0FA0AE7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1053210" y="3581400"/>
-            <a:ext cx="3744000" cy="972000"/>
+            <a:off x="1053210" y="3476828"/>
+            <a:ext cx="3744000" cy="1095172"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>Республикалық</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Aitube</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...129 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>будут размещены разработанные видеоуроки, транслируемые на республиканских телеканалах.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D334415B-1EFC-4EE6-B30E-9D2675507765}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1042973" y="4655071"/>
             <a:ext cx="3744000" cy="602729"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сайты школ, социальные сети: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Facebook</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Instagram</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...3 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-              </a:rPr>
-[...88 lines deleted...]
-              <a:t>.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>др</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="365354" y="1644063"/>
-            <a:ext cx="11674246" cy="4671535"/>
+            <a:ext cx="11674246" cy="4993675"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Орта </a:t>
-[...499 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>организации среднего образования строго соблюдаются меры по обеспечению санитарно-эпидемиологического благополучия обучающихся, педагогов и других сотрудников, о принятых мерах незамедлительно информируется вышестоящий орган управления.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Процесс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обучения с использованием дистанционных технологий осуществляется в соответствии с ГОСО, Типовыми учебными планами и программами с утвержденным расписанием уроков. При необходимости в расписание уроков вносятся коррективы для обеспечения </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қашықтықтан</a:t>
+              <a:t>гибк</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ой</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...479 lines deleted...]
-              <a:t>.</a:t>
+              <a:t> формы обучения.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Оқыту</a:t>
+              <a:t>В</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...239 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>се участники процесса обучения имеют  доступ к  ТВ-урокам и электронным платформам с учебным контентом.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қашықтықтан</a:t>
+              <a:t>Организацию  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>процесса обучения с использованием дистанционных технологий</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту</a:t>
-[...390 lines deleted...]
-            </a:r>
+              <a:t>информационно-разъснительную работу с  педагогами, сотрудниками, родителями (законными представителями детей) координирует руководитель организации среднего образования.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Білім</a:t>
+              <a:t>В </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> беру </a:t>
-[...252 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t>организациях образования руководителем обеспечивается инструктаж всех участников процесса обучения по вопросам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>: </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...147 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ответственности каждого за сохранение здоровья, о мерах предосторожности; </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...247 lines deleted...]
-            </a:endParaRPr>
+              <a:t>организации индивидуальной и (или) групповой работы с обучающимися с применением информационно-коммуникационных технологий;</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="-285750">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
-[...140 lines deleted...]
-            </a:r>
+              <a:t>индивидуального консультирования родителей при необходимости.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="400"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="457200"/>
             <a:ext cx="11791315" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -42555,78 +31706,82 @@
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="533400" y="716063"/>
-            <a:ext cx="11506199" cy="350737"/>
+            <a:off x="533400" y="567943"/>
+            <a:ext cx="11506199" cy="689291"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПОРЯДОК ОРГАНИЗАЦИИ ПРОЦЕССА ОБУЧЕНИЯ В ОРГАНИЗАЦИЯХ СРЕДНЕГО ОБРАЗОВАНИЯ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -42642,51 +31797,51 @@
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1202723501"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1603033604"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -42939,99 +32094,99 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>3164</Words>
+  <Words>3093</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>574</Paragraphs>
+  <Paragraphs>593</Paragraphs>
   <Slides>21</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>НҰСҚАУ</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Қазақ тіліндегі білім алушыларға арналған бейнесабақтар – «Балапан» телеарнасында Орыс тіліндегі тіліндегі білім алушыларға арналған бейнесабақтар – «Ел-арна» телеарнасында</vt:lpstr>
+      <vt:lpstr>РЕКОМЕНДАЦИИ</vt:lpstr>
+      <vt:lpstr>УСЛОВИЯ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>Учебный процесс с использованием дистанционных образовательных технологий обеспечивается следующими техническими средствами:</vt:lpstr>
+      <vt:lpstr>Трансляция видеоуроков для обучающихся на казахском языке - на телеканале «Балапан», Трансляция видеоуроков для обучающихся на русском языке - на телеканале «Ел-арна»</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>1-11 СЫНЫПТАРҒА АРНАЛҒАН ҚАЗАҚ ТІЛІНДЕ САБАҚ КЕСТЕСІ</vt:lpstr>
-[...14 lines deleted...]
-      <vt:lpstr>Павлодар қаласы мектептерінің жұмысын және қашықтықтан оқытуды ұйымдастыру мәселелері бойынша  CALL-ОРТАЛЫҚ</vt:lpstr>
+      <vt:lpstr>РАСПИСАНИЕ ВИДЕОУРОКОВ НА ТВ ДЛЯ  1-11 КЛАССОВ НА КАЗАХСКОМ ЯЗЫКЕ ОБУЧЕНИЯ </vt:lpstr>
+      <vt:lpstr>РАСПИСАНИЕ ВИДЕОУРОКОВ НА ТВ ДЛЯ  1-11 КЛАССОВ НА РУССКОМ ЯЗЫКЕ ОБУЧЕНИЯ </vt:lpstr>
+      <vt:lpstr>МОДЕЛИ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>ПОРЯДОК ОРГАНИЗАЦИИ ПРОЦЕССА ОБУЧЕНИЯ В ОРГАНИЗАЦИЯХ СРЕДНЕГО ОБРАЗОВАНИЯ</vt:lpstr>
+      <vt:lpstr>АЛГОРИТМЫ ДЕЙСТВИЯ ПРИ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>АЛГОРИТМЫ ДЕЙСТВИЯ ПРИ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>АЛГОРИТМЫ ДЕЙСТВИЯ ПРИ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>АЛГОРИТМЫ ДЕЙСТВИЯ ПРИ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>АЛГОРИТМЫ ДЕЙСТВИЯ ПРИ ОРГАНИЗАЦИИ ДИСТАНЦИОННОГО ОБУЧЕНИЯ</vt:lpstr>
+      <vt:lpstr>ДЕЯТЕЛЬНОСТЬ УЧАСТНИКОВ УЧЕБНО-ВОСПИТАТЕЛЬНОГО ПРОЦЕССА  ОРГАНИЗАЦИЙ СРЕДНЕГО ОБРАЗОВАНИЯ</vt:lpstr>
+      <vt:lpstr>УЧИТЕЛЬ-ПРЕДМЕТНИК И ОБУЧАЮЩИЙСЯ, ИМЕЮЩИЕ ДОСТУП К ИНТЕРНЕТУ И ИСПОЛЬЗУЮЩИЕ ДИСТАНЦИОННЫЕ ТЕХНОЛОГИИ ОБУЧЕНИЯ:</vt:lpstr>
+      <vt:lpstr>УЧИТЕЛЬ-ПРЕДМЕТНИК И ОБУЧАЮЩИЙСЯ, НЕ ИМЕЮЩИЙ ДОСТУП К ИНТЕРНЕТУ И ИСПОЛЬЗУЮЩИЙ ТВ-УРОКИ:</vt:lpstr>
+      <vt:lpstr>ОБУЧАЮЩИЙСЯ:</vt:lpstr>
+      <vt:lpstr>РОДИТЕЛИ (ЗАКОННЫЕ ПРЕДСТАВИТЕЛИ) ОБУЧАЮЩИХСЯ:</vt:lpstr>
+      <vt:lpstr>ОРГАНИЗАЦИЯ</vt:lpstr>
+      <vt:lpstr>CALL-ЦЕНТР по вопросам организации дистанционного обучения и  работы школ города Павлодара</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Надежда Алексеевна Филипповна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-03-20T00:00:00Z</vt:filetime>
   </property>