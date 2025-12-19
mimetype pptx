--- v0 (2025-12-11)
+++ v1 (2025-12-19)
@@ -1,62 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483660" r:id="rId1"/>
+    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483660" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="257" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
+    <p:sldId id="257" r:id="rId4"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -171,74 +185,660 @@
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="66" d="100"/>
           <a:sy n="66" d="100"/>
         </p:scale>
         <p:origin x="792" y="60"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Титульный слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="6000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Подзаголовок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец подзаголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2164837318"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
+  <p:cSld name="Заголовок и вертикальный текст">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1733221157"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
+  <p:cSld name="Вертикальный заголовок и текст">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" orient="vert"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8724900" y="365125"/>
+            <a:ext cx="2628900" cy="5811838"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="7734300" cy="5811838"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="261696518"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
@@ -535,61 +1135,61 @@
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3125549807"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2983749367"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -878,61 +1478,61 @@
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3701472131"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2416133651"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -1258,61 +1858,61 @@
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3274254690"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="276572143"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
   <p:cSld name="Title Only">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -1820,61 +2420,61 @@
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2770790222"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="982131012"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
   <p:cSld name="Blank">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2513,65 +3113,2367 @@
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4249852163"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="461522506"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
+  <p:cSld name="Заголовок и объект">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="882616933"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
+  <p:cSld name="Заголовок раздела">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="1709738"/>
+            <a:ext cx="10515600" cy="2852737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="6000"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="4589463"/>
+            <a:ext cx="10515600" cy="1500187"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2527532637"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
+  <p:cSld name="Два объекта">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1825625"/>
+            <a:ext cx="5181600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1491830271"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
+  <p:cSld name="Сравнение">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="1681163"/>
+            <a:ext cx="5157787" cy="823912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="2505075"/>
+            <a:ext cx="5157787" cy="3684588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Текст 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="1681163"/>
+            <a:ext cx="5183188" cy="823912"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400" b="1"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800" b="1"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="1"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Объект 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6172200" y="2505075"/>
+            <a:ext cx="5183188" cy="3684588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Дата 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Нижний колонтитул 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Номер слайда 8"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="479592680"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Только заголовок">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="456207691"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
+  <p:cSld name="Пустой слайд">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Дата 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Нижний колонтитул 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="561715492"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
+  <p:cSld name="Объект с подписью">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2534804812"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
+  <p:cSld name="Рисунок с подписью">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="457200"/>
+            <a:ext cx="3932237" cy="1600200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5183188" y="987425"/>
+            <a:ext cx="6172200" cy="4873625"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2800"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2400"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Текст 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="839788" y="2057400"/>
+            <a:ext cx="3932237" cy="3811588"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1000"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3477884251"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="365125"/>
+            <a:ext cx="10515600" cy="1325563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CD051158-76FF-4005-8FD1-8657B2E4C003}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>30.03.2020</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4038600" y="6356350"/>
+            <a:ext cx="4114800" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8610600" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{75295FB5-2B22-43A1-87C2-397DCB3A37AF}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="116291133"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483649" r:id="rId1"/>
+    <p:sldLayoutId id="2147483650" r:id="rId2"/>
+    <p:sldLayoutId id="2147483651" r:id="rId3"/>
+    <p:sldLayoutId id="2147483652" r:id="rId4"/>
+    <p:sldLayoutId id="2147483653" r:id="rId5"/>
+    <p:sldLayoutId id="2147483654" r:id="rId6"/>
+    <p:sldLayoutId id="2147483655" r:id="rId7"/>
+    <p:sldLayoutId id="2147483656" r:id="rId8"/>
+    <p:sldLayoutId id="2147483657" r:id="rId9"/>
+    <p:sldLayoutId id="2147483658" r:id="rId10"/>
+    <p:sldLayoutId id="2147483659" r:id="rId11"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="4400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mj-lt"/>
+          <a:ea typeface="+mj-ea"/>
+          <a:cs typeface="+mj-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="ru-RU"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
+</file>
+
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -2918,51 +5820,51 @@
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black">
                   <a:tint val="75000"/>
                 </a:prstClr>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3537979960"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3346406771"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr>
         <a:defRPr>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="0">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
@@ -3075,55 +5977,55 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
       <a:lvl8pPr marL="3200400">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -3431,165 +6333,154 @@
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1143000" y="839371"/>
-            <a:ext cx="10134600" cy="1980029"/>
+            <a:off x="1610613" y="926379"/>
+            <a:ext cx="8966200" cy="1800493"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="193040" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1520"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="0" spc="-5" dirty="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" b="0" spc="-5" dirty="0"/>
+              <a:rPr lang="en-US" sz="4000" spc="-25" dirty="0"/>
+              <a:t>CALL-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="4000" spc="-25" dirty="0"/>
+              <a:t>ЦЕНТР</a:t>
+            </a:r>
+            <a:endParaRPr sz="4000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="994"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-10" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>вопросам организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>дистанционного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-10" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>обучения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-5" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>и  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0" err="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>работы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="0" spc="-5" dirty="0" err="1"/>
-[...79 lines deleted...]
-            </a:r>
+              <a:rPr sz="2800" b="0" spc="-15" dirty="0" err="1">
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>школ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="0" spc="-15" dirty="0"/>
+              <a:t> города Павлодара</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" dirty="0">
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="847140" y="4038600"/>
             <a:ext cx="10735260" cy="1497846"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="83185" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -3723,68 +6614,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>	8 </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" sz="4800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>(7182) 30</a:t>
-[...16 lines deleted...]
-              <a:t>-</a:t>
+              <a:t>(7182) 30 </a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" sz="4800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="35" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>14</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="ru-RU" sz="4800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
@@ -3846,159 +6720,382 @@
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" sz="4850" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Times New Roman"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4026578211"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1010376473"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...36 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPr id="2" name="Рисунок 1"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="362857" y="-1"/>
-            <a:ext cx="11538857" cy="6727371"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="825021425"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2255280445"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
@@ -4240,84 +7337,86 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>17</Words>
+  <Words>19</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>2</Paragraphs>
+  <Paragraphs>3</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>Павлодар қаласы мектептерінің жұмысын және қашықтықтан оқытуды ұйымдастыру мәселелері бойынша  CALL-ОРТАЛЫҚ</vt:lpstr>
+      <vt:lpstr>CALL-ЦЕНТР по вопросам организации дистанционного обучения и  работы школ города Павлодара</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Презентация PowerPoint</dc:title>
+  <dc:title>CALL-ЦЕНТР по вопросам организации дистанционного обучения и  работы школ города Павлодара</dc:title>
   <dc:creator>Hp</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>