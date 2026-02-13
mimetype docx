--- v0 (2025-12-10)
+++ v1 (2026-02-13)
@@ -1,2922 +1,1412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F408C9" w:rsidRDefault="00F408C9">
+    <w:p w:rsidR="00F71634" w:rsidRDefault="00746719" w:rsidP="00746719">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Маршрутный лист для учащегося</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000135D1" w:rsidRPr="0055149C" w:rsidRDefault="000135D1" w:rsidP="000135D1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Білім алушыға</w:t>
+        </w:rPr>
+        <w:t>Инструкция:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F408C9">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>маршрутный лист может быть зап</w:t>
+      </w:r>
+      <w:r w:rsidR="002F44E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олнен в электронном формате и от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>правлен на проверку учителю посредством системы «</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F408C9">
-[...6 lines deleted...]
-        <w:t>арналған</w:t>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кундел</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F408C9">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или любого доступного мессенджера. При отсутствии такой возможности задания выполняются в тетради, фотографируются и отправляются учителю на проверку</w:t>
+      </w:r>
+      <w:r w:rsidR="0098451A" w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посредством</w:t>
+      </w:r>
+      <w:r w:rsidR="0055149C" w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доступного </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F408C9">
-[...6 lines deleted...]
-        <w:t>бағыт</w:t>
+      <w:r w:rsidR="0055149C" w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мессенджера</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F408C9">
-[...806 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0055149C" w:rsidRPr="0055149C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="000135D1" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
-[...17 lines deleted...]
-              <w:t>Пән</w:t>
+          <w:p w:rsidR="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Предмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000135D1" w:rsidRPr="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="000135D1" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
-[...17 lines deleted...]
-              <w:t>Мұғалімнің Т.А.Ә.</w:t>
+          <w:p w:rsidR="000135D1" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О. учителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000135D1" w:rsidRPr="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="000135D1" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
-[...17 lines deleted...]
-              <w:t>Оқулық</w:t>
+          <w:p w:rsidR="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Учебник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000135D1" w:rsidRPr="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="000135D1" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
-[...45 lines deleted...]
-              <w:t>сабақтың тақырыбы</w:t>
+          <w:p w:rsidR="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Урок №</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  ,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тема урока</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="000135D1" w:rsidRPr="000135D1" w:rsidRDefault="000135D1" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="002F44E5" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
-[...55 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Цели обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(кратко)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="000135D1" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="002F44E5" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9" w:rsidP="00F408C9">
-[...53 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И. учащегося </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(заполняется учеником)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="000135D1" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
+    <w:p w:rsidR="00746719" w:rsidRDefault="00746719" w:rsidP="00746719">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a6"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="4218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="0055149C" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Порядок действий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ресурсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0055149C" w:rsidRPr="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(заполняется учителем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выполнение</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0055149C" w:rsidRPr="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(заполняется учеником)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055149C" w:rsidTr="002F44E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Изучи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0055149C" w:rsidRPr="002F44E5" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F44E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ссылки на видео, интернет-ресурсы, страницы учебника</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4218" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Отметь знаком «+»  материал, с которым ознакомилс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>я(</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F408C9">
-[...17 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F408C9">
-[...6 lines deleted...]
-              <w:t>әрекет</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лась</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F408C9">
-[...20 lines deleted...]
-        </w:tc>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055149C" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
-[...77 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ответь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0055149C" w:rsidRPr="002F44E5" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F44E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вопросы учителя по изученному материалу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
-[...56 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="0055149C" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
-[...38 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выполни</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9" w:rsidP="0020759D">
-[...245 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0055149C" w:rsidRPr="002F44E5" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F44E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ссылки на интерактивные тесты, упражнения учебника</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="007B0F36" w:rsidP="0020759D">
-[...147 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D" w:rsidRPr="00DC5AC2">
-[...211 lines deleted...]
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="002F44E5" w:rsidTr="002F44E5">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Рефлексия</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
-[...21 lines deleted...]
-              <w:t>…</w:t>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F44E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теперь я знаю…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D" w:rsidTr="0075781D">
+      <w:tr w:rsidR="002F44E5" w:rsidTr="002F44E5">
         <w:trPr>
           <w:trHeight w:val="588"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
-[...98 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F44E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теперь я умею…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(из критериев)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Поставь знаки «+» или «</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>«-</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-»</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...17 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
+    <w:p w:rsidR="0055149C" w:rsidRDefault="0055149C" w:rsidP="00746719">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a7"/>
-[...11 lines deleted...]
-        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="002F44E5" w:rsidTr="002F44E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
-[...186 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обратная связь от учителя</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002F44E5" w:rsidRPr="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(словесная оценка и/или комментарий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0091656D" w:rsidRPr="00DC5AC2" w:rsidRDefault="0091656D">
+    <w:p w:rsidR="002F44E5" w:rsidRDefault="002F44E5" w:rsidP="00746719">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0091656D" w:rsidRPr="00DC5AC2" w:rsidSect="00DC5AC2">
+    <w:p w:rsidR="000135D1" w:rsidRPr="00746719" w:rsidRDefault="000135D1" w:rsidP="00746719">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000135D1" w:rsidRPr="00746719" w:rsidSect="002F44E5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="720" w:bottom="568" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...4 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0091656D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00F408C9"/>
+    <w:rsidRoot w:val="00746719"/>
+    <w:rsid w:val="000135D1"/>
+    <w:rsid w:val="002F44E5"/>
+    <w:rsid w:val="0055149C"/>
+    <w:rsid w:val="00746719"/>
+    <w:rsid w:val="0098451A"/>
+    <w:rsid w:val="00F71634"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2987,881 +1477,277 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-  </w:style>
-[...92 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
+    <w:rsid w:val="00F71634"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...43 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000135D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblStyleRowBandSize w:val="1"/>
-      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
-[...464 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...16 lines deleted...]
-  <w:allowPNG/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-                <a:shade val="100000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -3939,114 +1825,75 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>194</Words>
-  <Characters>1108</Characters>
+  <Words>141</Words>
+  <Characters>810</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1300</CharactersWithSpaces>
+  <CharactersWithSpaces>950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>eXPert</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>