--- v0 (2025-12-11)
+++ v1 (2025-12-18)
@@ -1,8910 +1,4540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00747C5B" w:rsidRDefault="00747C5B" w:rsidP="005970D5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Default"/>
+    <w:p w:rsidR="00B12E6B" w:rsidRPr="00320FBA" w:rsidRDefault="00B12E6B" w:rsidP="00B12E6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>№1 қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B12E6B" w:rsidRPr="00320FBA" w:rsidRDefault="00B12E6B" w:rsidP="00B12E6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...69 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6770" w:rsidRDefault="000E6770" w:rsidP="00A35864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E6770" w:rsidRPr="00044047" w:rsidRDefault="000E6770" w:rsidP="000E6770">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының төтенше жағдай кезінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6770" w:rsidRPr="00FC532C" w:rsidRDefault="000E6770" w:rsidP="000E6770">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Жасөспірімдердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00747C5B">
-[...45 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулығы мен өмірлік дағдыларын қалыптастыру және суицидтің алдын-алу» бағдарламасын қашықтықта, онлайн режимінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша іс-шаралар ұсыныс</w:t>
+      </w:r>
+      <w:r w:rsidR="00964DFB" w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E6770" w:rsidRPr="00FC532C" w:rsidRDefault="000E6770" w:rsidP="00A35864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="Default"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="8"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="214"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="303030"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="303030"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психологтарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261357" w:rsidRPr="00320FBA" w:rsidRDefault="00261357" w:rsidP="00877C36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="214"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аталған бағдарлама аясында анықталған психологиялық </w:t>
+      </w:r>
+      <w:r w:rsidR="00964DFB" w:rsidRPr="00964DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сүйемелдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тобының жасөспірімдерімен (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="003A323F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>) қашықтықта, онлайн режимінде жеке жұмыс жүргізу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- апта сайын, қажет болған жағдайда </w:t>
+      </w:r>
+      <w:r w:rsidR="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="003A323F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқушыларымен онлайн-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30C58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұхбат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткізу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC532C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>VK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC532C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы немесе қоңырау шалу (қоңыраулар кестесін жасау, бақылау журналдарында тіркеу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ҚҚ аймақтық координаторларымен хабарласып әдістемелік қолдау алу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтықта, онлайн режимінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жасөспірімдерге жеке кеңес пен олардың ата-аналарына онлайн-кеңес беруін ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6770" w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қажет болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00320FBA">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім беру ұйымдарының барлық </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әмелетке толмаған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жасөспірімдерінің психологиялық </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жай-күйін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бақылау</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FBA" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін келесі шараларды жүргізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәмелетке толмаған жасөспірімдерінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы жағдайы туралы ақпарат алу үшін сынып жетекшілері</w:t>
+      </w:r>
+      <w:r w:rsidR="003D71F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және кураторларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабарласу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F00D99" w:rsidRDefault="00F00D99" w:rsidP="00877C36">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- сынып жетекшісі/куратор топтың мазасыздық жағдайы бойынша немесе кәмелетке толмағанның басқа белгілері бойынша ақпараттандырған кезде онлайн-кеңес өткізу қажет;</w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F00D99" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00F00D99">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- «</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ҚҚ </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберген</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттық инфографикалар мен бейнероликтерді WhatsApp қосымшалары (ата-анал</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұғалімдер </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және оқушылар чаттарына), </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Instagram, Facebook,  VK</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00D99" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және т.б. желілер арқылы  тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="0090645E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="303030"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="303030"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:eastAsia="PT Serif" w:hAnsi="PT Serif" w:cs="PT Serif"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сынып жетекшілеріне/</w:t>
+      </w:r>
+      <w:r w:rsidR="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="303030"/>
-[...179 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B68BF" w:rsidRPr="00A55FDA">
-[...773 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...5102 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:eastAsia="PT Serif" w:hAnsi="PT Serif" w:cs="PT Serif"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Топ кураторларына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261357" w:rsidRPr="00320FBA" w:rsidRDefault="00261357" w:rsidP="0090645E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="0090645E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сынып жетекшісі/топ кураторларына </w:t>
+      </w:r>
+      <w:r w:rsidR="00044047" w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәмелетке толмаған жасөспірімдер</w:t>
+      </w:r>
+      <w:r w:rsidR="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED69A9" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие сағаттарын онлайн режимінде өткізу кезінде</w:t>
+      </w:r>
+      <w:r w:rsidR="003D71F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED69A9" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзіне тән емес мінез-құлық белгілерін (мазасызданған, белсенді емес және т.б.) байқаған жағдайда,  білім беру ұйымдарының </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED69A9" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психолог маманы</w:t>
+      </w:r>
+      <w:r w:rsidR="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED69A9" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r w:rsidR="0090645E" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әкімшілігін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабар</w:t>
+      </w:r>
+      <w:r w:rsidR="00320FBA" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дар ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қажет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="0090645E">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушы мен оның ата-анасы 2 күн байланысқа шықпаған жағдайда білім беру ұйымдарының әкімшілігін хабардар ету;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A7129" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="000A7129">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ҚҚ </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00F00D99">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жіберген</w:t>
+      </w:r>
+      <w:r w:rsidR="00B976C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттық инфографикалар мен бейнероликтерді WhatsApp қосымшалары (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30C58" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-анал</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30C58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30C58" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30C58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұғалімдер </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30C58" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және оқушылар чаттарына</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Instagram, Facebook,  VK</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және т.б. желілер арқылы  тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="000A7129" w:rsidP="007E0718">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» ҚҚ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
-[...18 lines deleted...]
-      </w:pPr>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандарына</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35864" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261357" w:rsidRPr="00320FBA" w:rsidRDefault="00261357" w:rsidP="007E0718">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - жасөспірімдермен және олардың ата-аналарымен жұмысын</w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үйлестіру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша білім беру психологтарына әдістемелік көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- жасөспірімдермен және олардың ата-аналарымен онлайн-консультациялар өткізу</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6F4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6F4C" w:rsidRPr="003C6F4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6F4C" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажет болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidR="003C6F4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D4F23" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00877C36">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation</w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» ҚҚ жіберген ақпараттық инфографикалар мен бейнероликтерді WhatsApp қосымшалары (ата-аналық, педагогикалық және оқушылар чаттарына), </w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Instagram, Facebook,  VK</w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және т.б. желілер арқылы  тарату үшін мектеп және колледждерге жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- жасөспірімдер мен олардың ата-аналарына медициналық мамандармен (жалпы тәжірибелік дәрігерлер мен психиатрлар) онлайн режимінде кеңес беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00877C36" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00044047">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00044047" w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажет болған жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00854A6F" w:rsidRDefault="00854A6F" w:rsidP="00B12E6B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="000A090F" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A090F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение №1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="000015B0" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рекомендации по комплексу дистанционных онлайн мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>во время чрезвычайного положения  РК</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">мероприятиях с друзьями, </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в рамках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>реализации программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Формирование здоровья и жизненных навыков среди несовершеннолетних, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а также превенция суицида»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="0028679A" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Педагогам-психологам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="0028679A" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Проводить индивидуальную работу с подростками группы психологическо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">. «Это </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го сопровождения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее ГП</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...626 lines deleted...]
-        <w:t>т</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) , выявленными в рамках данной Программы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- еженедельно, при необходимости проводить онлайн-инт</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="006806EF">
-[...17 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ервью с учащимися </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГПС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, посредством WhatsApp, VK или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефонных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>звонк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (составление графика звонков, ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гистрация в журналах наблюдения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00917432" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при необходимости обращаться </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> региональным координаторам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОФ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Bilim Foundation»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с целью получения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддержк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дистанционном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режиме, онлайн-консультации подросткам и их родителям</w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00D770B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проведение следующих мероприятий для наблюдения за психологическим состоянием </w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>каждого несовершеннолетнего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00D770B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- обращаться к классным руководителям</w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/куратором группы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения информации об общем состоянии </w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>несовершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="006806EF">
-[...28 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00C37C13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при информировании </w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>классным руководителем/куратором группы по тревожному состоянию либо по другим признакам несовершеннолетнего необходимо проведение онлайн-консультации</w:t>
+      </w:r>
+      <w:r w:rsidR="00917432" w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00917432" w:rsidRPr="00917432" w:rsidRDefault="00917432" w:rsidP="00917432">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екомендуется распространить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>через приложения WhatsApp (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в чаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей, учителей и учащихся), Instagram, Facebook, VK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информационны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфографик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и видеороли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, направленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bilim Foundation"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="0028679A" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="0028679A" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классным руководителям/кураторам групп:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00D770B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- классн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/кураторам группы при проведении воспитательных часов с </w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>несовершеннолетними</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в онлайн режиме необходимо проинформировать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а-психолога и администрацию организаций образования при обнаружении </w:t>
+      </w:r>
+      <w:r w:rsidR="00917432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подростка несвойственных признаков поведения (тревожных, неактивных и т. д.).;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00D770B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информировать администрацию организаций образования в случае, если обучающийся и его родители не выходят на связь 2 дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="006806EF" w:rsidRPr="00EF27D1">
-[...66 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00A10329">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендуется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распростран</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10329">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10329" w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>через приложения WhatsApp (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10329">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в чаты</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10329" w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей, учителей и учащихся), Instagram, Facebook, VK</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10329">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационны</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...57 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфографики и видеоролик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, направленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00447606">
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00447606">
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Bilim Foundation»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00447606">
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="0028679A" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00B25942" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специалистам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="0028679A" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00B25942" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оказание методической помощи психологам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образования по координации работы с подростками и их родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00B25942" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- в случае необходимости проведение онлайн-консультаций с подростками и их родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00B25942" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспечение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00447606">
-[...21 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций образования и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нформационны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфографик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и и видеоролик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, направленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00447606">
-[...89 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...657 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ «Bilim Foundation»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для распространения через приложения WhatsApp (родительские, педагогические и ученические чаты), Instagram, Facebook, VK и т. д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidRDefault="005053E0" w:rsidP="005053E0">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-при необходимости организовать консультации подростков и их родителей с медицинскими специалистами (врачей общей практики и психиатров) в режиме онлайн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidRDefault="005053E0" w:rsidP="0028679A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005053E0" w:rsidRPr="00A407B4" w:rsidSect="00877C36">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...1 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica Neue">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...29 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0965280C"/>
+    <w:nsid w:val="23EC3B5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9C247DFC"/>
+    <w:tmpl w:val="AFE44AE2"/>
+    <w:lvl w:ilvl="0" w:tplc="2FAEB200">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="4D2D036F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="926A8D78"/>
+    <w:lvl w:ilvl="0" w:tplc="9766D100">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="574" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1294" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2014" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2734" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3454" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4174" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4894" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5614" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6334" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="542F5D3D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC9E7636"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="28D10651"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="5D106B7D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="30885EF8"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="A59E5230">
+    <w:tmpl w:val="F8A8073C"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hAnsi="Arial Unicode MS"/>
-[...14 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67CC5FAC">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="785" w:hanging="425"/>
-[...18 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DBA6242C">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="left"/>
-[...20 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2F5E7BFC">
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1505" w:hanging="425"/>
-[...18 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15A496CE">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1865" w:hanging="425"/>
-[...18 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E06084EC">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="left"/>
-[...20 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CCCE9EDA">
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2585" w:hanging="425"/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="670E4859"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32846AAA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hAnsi="Arial Unicode MS"/>
-[...14 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="981E57C2">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2945" w:hanging="425"/>
-[...18 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0CFC6EFE">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...20 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="130"/>
-[...2 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+  <w:zoom w:percent="100"/>
+  <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
-  <w:footnotePr>
-[...9 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00A03573"/>
-[...161 lines deleted...]
-    <w:rsid w:val="00FD4B2A"/>
+    <w:rsidRoot w:val="000E62EE"/>
+    <w:rsid w:val="000015B0"/>
+    <w:rsid w:val="00044047"/>
+    <w:rsid w:val="000A090F"/>
+    <w:rsid w:val="000A7129"/>
+    <w:rsid w:val="000C529E"/>
+    <w:rsid w:val="000E62EE"/>
+    <w:rsid w:val="000E6770"/>
+    <w:rsid w:val="00132258"/>
+    <w:rsid w:val="00165959"/>
+    <w:rsid w:val="001717B1"/>
+    <w:rsid w:val="001B2301"/>
+    <w:rsid w:val="001D14E4"/>
+    <w:rsid w:val="00241B13"/>
+    <w:rsid w:val="00261357"/>
+    <w:rsid w:val="0028679A"/>
+    <w:rsid w:val="00317496"/>
+    <w:rsid w:val="00320FBA"/>
+    <w:rsid w:val="003A323F"/>
+    <w:rsid w:val="003C6F4C"/>
+    <w:rsid w:val="003D71F2"/>
+    <w:rsid w:val="00484FB0"/>
+    <w:rsid w:val="005053E0"/>
+    <w:rsid w:val="00560578"/>
+    <w:rsid w:val="005D1E1C"/>
+    <w:rsid w:val="005F20D5"/>
+    <w:rsid w:val="006236D8"/>
+    <w:rsid w:val="006272F8"/>
+    <w:rsid w:val="006B482B"/>
+    <w:rsid w:val="006D4F23"/>
+    <w:rsid w:val="00720041"/>
+    <w:rsid w:val="00722585"/>
+    <w:rsid w:val="00745B43"/>
+    <w:rsid w:val="007A2AAE"/>
+    <w:rsid w:val="007E0718"/>
+    <w:rsid w:val="008271C2"/>
+    <w:rsid w:val="00831B33"/>
+    <w:rsid w:val="00854A6F"/>
+    <w:rsid w:val="00877C36"/>
+    <w:rsid w:val="0090645E"/>
+    <w:rsid w:val="00917432"/>
+    <w:rsid w:val="00964DFB"/>
+    <w:rsid w:val="009D6A5D"/>
+    <w:rsid w:val="00A10329"/>
+    <w:rsid w:val="00A35864"/>
+    <w:rsid w:val="00A407B4"/>
+    <w:rsid w:val="00A50938"/>
+    <w:rsid w:val="00B12E6B"/>
+    <w:rsid w:val="00B25942"/>
+    <w:rsid w:val="00B30C58"/>
+    <w:rsid w:val="00B66C7F"/>
+    <w:rsid w:val="00B976C9"/>
+    <w:rsid w:val="00C37C13"/>
+    <w:rsid w:val="00C629BB"/>
+    <w:rsid w:val="00D770B4"/>
+    <w:rsid w:val="00DC162E"/>
+    <w:rsid w:val="00E60A30"/>
+    <w:rsid w:val="00ED69A9"/>
+    <w:rsid w:val="00F00D99"/>
+    <w:rsid w:val="00F34DFB"/>
+    <w:rsid w:val="00F57BFA"/>
+    <w:rsid w:val="00FC532C"/>
+    <w:rsid w:val="00FD37CF"/>
+    <w:rsid w:val="00FD7603"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        </w:pBdr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8975,1282 +4605,563 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="001B0938"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C529E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="009D6A5D"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00722585"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="001B0938"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00722585"/>
     <w:rPr>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
-[...10 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F57BFA"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="001B0938"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009D6A5D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="Numbered">
-[...29 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001F240A"/>
+    <w:rsid w:val="00320FBA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001F240A"/>
+    <w:rsid w:val="00320FBA"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0028679A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="184557318">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1644583824">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1829977060">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1984381141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicef.org/coronavirus/everything-you-need-know-about-washing-your-hands-protect-against-coronavirus-covid-19" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicef.org/coronavirus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tiktok.com/tag/safehands?lang=en" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Blank">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Blank">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="5E5E5E"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="D6D5D5"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="00A2FF"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="16E7CF"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="61D836"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FAE232"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="FF644E"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="EF5FA7"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="FF00FF"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Blank">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Helvetica Neue"/>
-[...1 lines deleted...]
-        <a:cs typeface="Helvetica Neue"/>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Helvetica Neue"/>
-[...1 lines deleted...]
-        <a:cs typeface="Helvetica Neue"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Blank">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="129999"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...877 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D86DBC62-574C-4FB1-BAC5-44FD4A3AFAB4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6017</Characters>
+  <Pages>2</Pages>
+  <Words>833</Words>
+  <Characters>4752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7058</CharactersWithSpaces>
+  <CharactersWithSpaces>5574</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ekaterina Zimianina</dc:creator>
+  <dc:creator>HP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>