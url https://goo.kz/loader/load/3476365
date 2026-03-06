--- v0 (2025-12-17)
+++ v1 (2026-03-06)
@@ -3,63 +3,63 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010" activeTab="1"/>
+    <workbookView xWindow="120" yWindow="105" windowWidth="15120" windowHeight="8010"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
     <sheet name="Лист2" sheetId="2" r:id="rId2"/>
     <sheet name="Лист3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="217" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="108">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>I. Организационная деятельность</t>
   </si>
   <si>
     <t>____________________ И.Цукрова</t>
   </si>
   <si>
     <t>"30" марта 2020 года</t>
   </si>
   <si>
     <t>Подготовка к августовским чтениям: сбор заявок, сбор докладов</t>
   </si>
   <si>
     <t>зявки до 8.04., доклады до 15.04.</t>
   </si>
   <si>
     <t>ЗДУР Кайкенова А.А., Руководители МО</t>
   </si>
   <si>
     <t>Методическая помощь учителям в организации ДО</t>
   </si>
   <si>
@@ -176,59 +176,53 @@
   <si>
     <t>до 05.04.</t>
   </si>
   <si>
     <t>Апрель, май</t>
   </si>
   <si>
     <t>Участие в челленджах "Букчеллендж", "Народные инструменты", "Занимаюсь спортом дома", "Умный челлендж"</t>
   </si>
   <si>
     <t>Психологическое сопровождение учащихся</t>
   </si>
   <si>
     <t>Постоянно</t>
   </si>
   <si>
     <t>Работа школы олимпийского резерва "Алғырлар мектебі"</t>
   </si>
   <si>
     <t>Балыбердина И.В.</t>
   </si>
   <si>
     <t>Постоянно/ дистанционно</t>
   </si>
   <si>
-    <t>Балыбердина И.В., учителя-предметники</t>
-[...1 lines deleted...]
-  <si>
     <t>Работа НОУ "Толқын"</t>
   </si>
   <si>
-    <t>Кайкенова А.А., Шишлов М.И.</t>
-[...1 lines deleted...]
-  <si>
     <t>учителя -предметники</t>
   </si>
   <si>
     <t>V. Организационные мероприятия</t>
   </si>
   <si>
     <t>Подготовка к конкурсу "Лучший педагог"</t>
   </si>
   <si>
     <t>Есмакаева Г.Б.</t>
   </si>
   <si>
     <t>До 17.04.</t>
   </si>
   <si>
     <t>Подготовка к областному туру конкурса "Лучшая авторская программа"</t>
   </si>
   <si>
     <t xml:space="preserve">апрель  </t>
   </si>
   <si>
     <t>Месячник "Патриот"</t>
   </si>
   <si>
     <t>ЗДВР</t>
@@ -299,279 +293,96 @@
   <si>
     <t>По отдельному графику / дистанционно</t>
   </si>
   <si>
     <t>Шишлов М.И., Оспанова А.Б.</t>
   </si>
   <si>
     <t>"Утверждаю"</t>
   </si>
   <si>
     <t>директор СОШ №21</t>
   </si>
   <si>
     <t>Содержание</t>
   </si>
   <si>
     <t>Ответственные</t>
   </si>
   <si>
     <t>Сроки</t>
   </si>
   <si>
     <t xml:space="preserve"> ПЛАН РАБОТЫ НА 4 ЧЕТВЕРТЬ 2019- 2020 УЧЕБНОГО ГОДА </t>
   </si>
   <si>
-    <t>"30" наурыз 2020 жыл</t>
-[...227 lines deleted...]
-    <t>Мектеп директоры ____________ И.Цукрова</t>
+    <t>VІІ. Внутришкольный контроль</t>
+  </si>
+  <si>
+    <t>Мониторинг выполнения учебных программ по предмету</t>
+  </si>
+  <si>
+    <t>Мониторинг заполнения журналов в системе Kundelik.kz</t>
+  </si>
+  <si>
+    <t>ежедневно</t>
+  </si>
+  <si>
+    <t>дежурный администратор</t>
+  </si>
+  <si>
+    <t>Мониторинг анализов СОЧ</t>
+  </si>
+  <si>
+    <t>ЗДУР</t>
+  </si>
+  <si>
+    <t xml:space="preserve">до 22 мая </t>
+  </si>
+  <si>
+    <t>Мониторинг итогового повторения в журналах</t>
+  </si>
+  <si>
+    <t>апрель-май</t>
+  </si>
+  <si>
+    <t>Предварительное трудоустройство учащихся 9,11 классов</t>
+  </si>
+  <si>
+    <t>до 24 апреля</t>
+  </si>
+  <si>
+    <t>Шуакбаева Ж.Н.,              Кунгозина Д.К.</t>
+  </si>
+  <si>
+    <t>Кайкенова А.А.,                      Шишлов М.И.</t>
+  </si>
+  <si>
+    <t>Балыбердина И.В.,                   учителя-предметники</t>
+  </si>
+  <si>
+    <t>Руководители МО,                учителя-предметники</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -596,51 +407,51 @@
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -656,232 +467,211 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...7 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...92 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...5 lines deleted...]
-      <alignment horizontal="right"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...3 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -1142,1467 +932,978 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:N52"/>
   <sheetViews>
-    <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="C3" sqref="A3:D46"/>
+    <sheetView tabSelected="1" topLeftCell="A41" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection sqref="A1:D52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75"/>
   <cols>
-    <col min="1" max="1" width="4.28515625" style="17" customWidth="1"/>
+    <col min="1" max="1" width="4.28515625" style="41" customWidth="1"/>
     <col min="2" max="2" width="49.28515625" style="1" customWidth="1"/>
     <col min="3" max="3" width="29.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.140625" style="1" customWidth="1"/>
     <col min="5" max="14" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
-      <c r="C1" s="46" t="s">
+      <c r="C1" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="D1" s="39"/>
+    </row>
+    <row r="2" spans="1:14">
+      <c r="C2" s="39" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" s="39"/>
+    </row>
+    <row r="3" spans="1:14">
+      <c r="C3" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="39"/>
+    </row>
+    <row r="4" spans="1:14">
+      <c r="C4" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="39"/>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="C5" s="8"/>
+      <c r="D5" s="8"/>
+    </row>
+    <row r="6" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A6" s="40" t="s">
+        <v>91</v>
+      </c>
+      <c r="B6" s="40"/>
+      <c r="C6" s="40"/>
+      <c r="D6" s="40"/>
+    </row>
+    <row r="7" spans="1:14" ht="11.25" customHeight="1">
+      <c r="A7" s="33"/>
+      <c r="B7" s="32"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="32"/>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="B8" s="38"/>
+      <c r="C8" s="38"/>
+      <c r="D8" s="38"/>
+    </row>
+    <row r="9" spans="1:14" s="7" customFormat="1" ht="15">
+      <c r="A9" s="42" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="D1" s="46"/>
-[...2 lines deleted...]
-      <c r="C2" s="46" t="s">
+      <c r="C9" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="D2" s="46"/>
-[...32 lines deleted...]
-      <c r="A8" s="45" t="s">
+      <c r="D9" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="6"/>
+      <c r="J9" s="6"/>
+      <c r="K9" s="6"/>
+      <c r="L9" s="6"/>
+      <c r="M9" s="6"/>
+      <c r="N9" s="6"/>
+    </row>
+    <row r="10" spans="1:14" s="7" customFormat="1" ht="45">
+      <c r="A10" s="14">
         <v>1</v>
       </c>
-      <c r="B8" s="45"/>
-[...31 lines deleted...]
-      <c r="B10" s="15" t="s">
+      <c r="B10" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="C10" s="29" t="s">
+      <c r="C10" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="D10" s="10" t="s">
+      <c r="D10" s="9" t="s">
         <v>5</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
     </row>
-    <row r="11" spans="1:14" s="8" customFormat="1">
-      <c r="A11" s="6">
+    <row r="11" spans="1:14" s="7" customFormat="1">
+      <c r="A11" s="14">
         <v>2</v>
       </c>
-      <c r="B11" s="14" t="s">
+      <c r="B11" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C11" s="6" t="s">
+      <c r="C11" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="D11" s="6" t="s">
+      <c r="D11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
     </row>
     <row r="12" spans="1:14" s="3" customFormat="1">
-      <c r="A12" s="48" t="s">
+      <c r="A12" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="49"/>
-[...1 lines deleted...]
-      <c r="D12" s="50"/>
+      <c r="B12" s="35"/>
+      <c r="C12" s="35"/>
+      <c r="D12" s="36"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
     </row>
     <row r="13" spans="1:14" s="3" customFormat="1">
-      <c r="A13" s="18">
+      <c r="A13" s="16">
         <v>3</v>
       </c>
-      <c r="B13" s="14" t="s">
+      <c r="B13" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="C13" s="6" t="s">
+      <c r="C13" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="D13" s="6" t="s">
+      <c r="D13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
     </row>
     <row r="14" spans="1:14" s="3" customFormat="1" ht="45">
-      <c r="A14" s="21">
+      <c r="A14" s="16">
         <v>4</v>
       </c>
-      <c r="B14" s="20" t="s">
+      <c r="B14" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="C14" s="19" t="s">
+      <c r="C14" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="D14" s="10" t="s">
+      <c r="D14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
     </row>
-    <row r="15" spans="1:14" s="7" customFormat="1" ht="15">
-      <c r="A15" s="6">
+    <row r="15" spans="1:14" s="6" customFormat="1" ht="15">
+      <c r="A15" s="14">
         <v>5</v>
       </c>
-      <c r="B15" s="14" t="s">
+      <c r="B15" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="C15" s="16" t="s">
+      <c r="C15" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="D15" s="6" t="s">
+      <c r="D15" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:14" s="3" customFormat="1" ht="23.25" customHeight="1">
-      <c r="A16" s="48" t="s">
+      <c r="A16" s="43" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="49"/>
-[...1 lines deleted...]
-      <c r="D16" s="50"/>
+      <c r="B16" s="44"/>
+      <c r="C16" s="44"/>
+      <c r="D16" s="45"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
     </row>
     <row r="17" spans="1:14" s="3" customFormat="1">
-      <c r="A17" s="6">
+      <c r="A17" s="14">
         <v>6</v>
       </c>
-      <c r="B17" s="14" t="s">
+      <c r="B17" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="C17" s="6" t="s">
+      <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D17" s="16" t="s">
+      <c r="D17" s="13" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
     </row>
-    <row r="18" spans="1:14" s="28" customFormat="1" ht="38.25">
-      <c r="A18" s="19">
+    <row r="18" spans="1:14" s="23" customFormat="1" ht="38.25">
+      <c r="A18" s="14">
         <v>7</v>
       </c>
-      <c r="B18" s="24" t="s">
+      <c r="B18" s="19" t="s">
         <v>22</v>
       </c>
-      <c r="C18" s="25" t="s">
+      <c r="C18" s="20" t="s">
         <v>23</v>
       </c>
-      <c r="D18" s="26" t="s">
+      <c r="D18" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="E18" s="27"/>
-[...8 lines deleted...]
-      <c r="N18" s="27"/>
+      <c r="E18" s="22"/>
+      <c r="F18" s="22"/>
+      <c r="G18" s="22"/>
+      <c r="H18" s="22"/>
+      <c r="I18" s="22"/>
+      <c r="J18" s="22"/>
+      <c r="K18" s="22"/>
+      <c r="L18" s="22"/>
+      <c r="M18" s="22"/>
+      <c r="N18" s="22"/>
     </row>
     <row r="19" spans="1:14" s="3" customFormat="1">
-      <c r="A19" s="6">
+      <c r="A19" s="14">
         <v>8</v>
       </c>
-      <c r="B19" s="14" t="s">
+      <c r="B19" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="C19" s="6" t="s">
+      <c r="C19" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="D19" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
     </row>
     <row r="20" spans="1:14" s="3" customFormat="1" ht="30">
-      <c r="A20" s="6">
+      <c r="A20" s="14">
         <v>9</v>
       </c>
-      <c r="B20" s="22" t="s">
+      <c r="B20" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="C20" s="19" t="s">
+      <c r="C20" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="D20" s="23" t="s">
+      <c r="D20" s="18" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
     </row>
     <row r="21" spans="1:14" s="3" customFormat="1" ht="30">
-      <c r="A21" s="6">
+      <c r="A21" s="14">
         <v>10</v>
       </c>
-      <c r="B21" s="22" t="s">
+      <c r="B21" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="19" t="s">
+      <c r="C21" s="14" t="s">
         <v>28</v>
       </c>
-      <c r="D21" s="23" t="s">
+      <c r="D21" s="18" t="s">
         <v>29</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
     </row>
     <row r="22" spans="1:14" s="3" customFormat="1" ht="31.5">
-      <c r="A22" s="6">
+      <c r="A22" s="14">
         <v>11</v>
       </c>
-      <c r="B22" s="30" t="s">
+      <c r="B22" s="25" t="s">
         <v>36</v>
       </c>
-      <c r="C22" s="33" t="s">
+      <c r="C22" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="D22" s="30" t="s">
+      <c r="D22" s="25" t="s">
         <v>35</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
     </row>
     <row r="23" spans="1:14" s="3" customFormat="1" ht="31.5">
-      <c r="A23" s="6">
+      <c r="A23" s="14">
         <v>12</v>
       </c>
-      <c r="B23" s="30" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="30" t="s">
+      <c r="B23" s="25" t="s">
+        <v>76</v>
+      </c>
+      <c r="C23" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="D23" s="25" t="s">
         <v>34</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
     </row>
     <row r="24" spans="1:14" s="3" customFormat="1" ht="31.5">
-      <c r="A24" s="6">
+      <c r="A24" s="14">
         <v>13</v>
       </c>
-      <c r="B24" s="32" t="s">
-[...6 lines deleted...]
-        <v>83</v>
+      <c r="B24" s="26" t="s">
+        <v>78</v>
+      </c>
+      <c r="C24" s="27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="26" t="s">
+        <v>81</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
     </row>
     <row r="25" spans="1:14" s="3" customFormat="1" ht="30">
-      <c r="A25" s="6">
+      <c r="A25" s="14">
         <v>14</v>
       </c>
-      <c r="B25" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="29" t="s">
+      <c r="B25" s="26" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="D25" s="29" t="s">
-        <v>82</v>
+      <c r="D25" s="24" t="s">
+        <v>80</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
     </row>
     <row r="26" spans="1:14" s="3" customFormat="1" ht="45">
-      <c r="A26" s="6">
+      <c r="A26" s="14">
         <v>15</v>
       </c>
-      <c r="B26" s="32" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="29" t="s">
+      <c r="B26" s="26" t="s">
+        <v>83</v>
+      </c>
+      <c r="C26" s="24" t="s">
         <v>41</v>
       </c>
-      <c r="D26" s="29" t="s">
-        <v>86</v>
+      <c r="D26" s="24" t="s">
+        <v>84</v>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
     </row>
     <row r="27" spans="1:14" s="3" customFormat="1" ht="45">
-      <c r="A27" s="6">
+      <c r="A27" s="14">
         <v>15</v>
       </c>
-      <c r="B27" s="32" t="s">
+      <c r="B27" s="26" t="s">
+        <v>82</v>
+      </c>
+      <c r="C27" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" s="24" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
       <c r="K27" s="2"/>
       <c r="L27" s="2"/>
       <c r="M27" s="2"/>
       <c r="N27" s="2"/>
     </row>
     <row r="28" spans="1:14" s="3" customFormat="1" ht="33" customHeight="1">
-      <c r="A28" s="48" t="s">
+      <c r="A28" s="43" t="s">
         <v>37</v>
       </c>
-      <c r="B28" s="49"/>
-[...1 lines deleted...]
-      <c r="D28" s="50"/>
+      <c r="B28" s="44"/>
+      <c r="C28" s="44"/>
+      <c r="D28" s="45"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
       <c r="J28" s="2"/>
       <c r="K28" s="2"/>
       <c r="L28" s="2"/>
       <c r="M28" s="2"/>
       <c r="N28" s="2"/>
     </row>
     <row r="29" spans="1:14" s="3" customFormat="1" ht="47.25">
-      <c r="A29" s="19">
+      <c r="A29" s="14">
         <v>16</v>
       </c>
-      <c r="B29" s="32" t="s">
+      <c r="B29" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="C29" s="33" t="s">
+      <c r="C29" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="D29" s="32" t="s">
+      <c r="D29" s="26" t="s">
         <v>39</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
     </row>
     <row r="30" spans="1:14" s="3" customFormat="1" ht="31.5">
-      <c r="A30" s="6">
+      <c r="A30" s="14">
         <v>17</v>
       </c>
-      <c r="B30" s="30" t="s">
+      <c r="B30" s="25" t="s">
         <v>40</v>
       </c>
-      <c r="C30" s="30" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="30" t="s">
+      <c r="C30" s="10" t="s">
+        <v>107</v>
+      </c>
+      <c r="D30" s="25" t="s">
         <v>42</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
     </row>
     <row r="31" spans="1:14" s="3" customFormat="1" ht="21.75" customHeight="1">
-      <c r="A31" s="48" t="s">
+      <c r="A31" s="43" t="s">
         <v>43</v>
       </c>
-      <c r="B31" s="51"/>
-[...1 lines deleted...]
-      <c r="D31" s="52"/>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="2"/>
       <c r="N31" s="2"/>
     </row>
     <row r="32" spans="1:14" s="3" customFormat="1">
-      <c r="A32" s="6">
+      <c r="A32" s="14">
         <v>18</v>
       </c>
-      <c r="B32" s="14" t="s">
+      <c r="B32" s="11" t="s">
         <v>44</v>
       </c>
-      <c r="C32" s="6" t="s">
+      <c r="C32" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="D32" s="6" t="s">
+      <c r="D32" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
     </row>
     <row r="33" spans="1:14" s="3" customFormat="1" ht="45">
-      <c r="A33" s="6">
+      <c r="A33" s="14">
         <v>19</v>
       </c>
-      <c r="B33" s="22" t="s">
+      <c r="B33" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="C33" s="19" t="s">
+      <c r="C33" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="D33" s="19" t="s">
+      <c r="D33" s="14" t="s">
         <v>46</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
       <c r="J33" s="2"/>
       <c r="K33" s="2"/>
       <c r="L33" s="2"/>
       <c r="M33" s="2"/>
       <c r="N33" s="2"/>
     </row>
     <row r="34" spans="1:14" s="3" customFormat="1" ht="31.5">
-      <c r="A34" s="4">
+      <c r="A34" s="28">
         <v>20</v>
       </c>
-      <c r="B34" s="34" t="s">
+      <c r="B34" s="51" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="11" t="s">
+      <c r="C34" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="D34" s="35" t="s">
+      <c r="D34" s="28" t="s">
         <v>49</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
       <c r="J34" s="2"/>
       <c r="K34" s="2"/>
       <c r="L34" s="2"/>
       <c r="M34" s="2"/>
       <c r="N34" s="2"/>
     </row>
     <row r="35" spans="1:14" s="3" customFormat="1" ht="31.5">
-      <c r="A35" s="4">
+      <c r="A35" s="28">
         <v>21</v>
       </c>
-      <c r="B35" s="30" t="s">
+      <c r="B35" s="26" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D35" s="11" t="s">
+      <c r="C35" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="D35" s="10" t="s">
         <v>52</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
       <c r="J35" s="2"/>
       <c r="K35" s="2"/>
       <c r="L35" s="2"/>
       <c r="M35" s="2"/>
       <c r="N35" s="2"/>
     </row>
     <row r="36" spans="1:14" ht="31.5">
-      <c r="A36" s="35">
+      <c r="A36" s="28">
         <v>22</v>
       </c>
-      <c r="B36" s="36" t="s">
+      <c r="B36" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="C36" s="27" t="s">
+        <v>105</v>
+      </c>
+      <c r="D36" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="47.25">
+      <c r="A37" s="27">
+        <v>23</v>
+      </c>
+      <c r="B37" s="30" t="s">
+        <v>74</v>
+      </c>
+      <c r="C37" s="27" t="s">
         <v>54</v>
       </c>
-      <c r="C36" s="37" t="s">
+      <c r="D37" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="31.5">
+      <c r="A38" s="27">
+        <v>24</v>
+      </c>
+      <c r="B38" s="26" t="s">
+        <v>75</v>
+      </c>
+      <c r="C38" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" ht="24.75" customHeight="1">
+      <c r="A39" s="37" t="s">
         <v>55</v>
       </c>
-      <c r="D36" s="11" t="s">
-[...10 lines deleted...]
-      <c r="C37" s="33" t="s">
+      <c r="B39" s="37"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="37"/>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" s="28">
+        <v>25</v>
+      </c>
+      <c r="B40" s="30" t="s">
         <v>56</v>
       </c>
-      <c r="D37" s="11" t="s">
-[...18 lines deleted...]
-      <c r="A39" s="53" t="s">
+      <c r="C40" s="27" t="s">
         <v>57</v>
       </c>
-      <c r="B39" s="53"/>
-[...7 lines deleted...]
-      <c r="B40" s="37" t="s">
+      <c r="D40" s="27" t="s">
         <v>58</v>
       </c>
-      <c r="C40" s="37" t="s">
+    </row>
+    <row r="41" spans="1:14" ht="31.5">
+      <c r="A41" s="28">
+        <v>26</v>
+      </c>
+      <c r="B41" s="30" t="s">
         <v>59</v>
       </c>
-      <c r="D40" s="37" t="s">
+      <c r="C41" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="D41" s="27" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="41" spans="1:14" ht="31.5">
-[...3 lines deleted...]
-      <c r="B41" s="37" t="s">
+    <row r="42" spans="1:14" ht="31.5">
+      <c r="A42" s="28">
+        <v>27</v>
+      </c>
+      <c r="B42" s="30" t="s">
         <v>61</v>
       </c>
-      <c r="C41" s="37" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="37" t="s">
+      <c r="C42" s="27" t="s">
         <v>62</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B42" s="37" t="s">
+      <c r="D42" s="27" t="s">
         <v>63</v>
       </c>
-      <c r="C42" s="37" t="s">
+    </row>
+    <row r="43" spans="1:14">
+      <c r="A43" s="28">
+        <v>28</v>
+      </c>
+      <c r="B43" s="30" t="s">
         <v>64</v>
       </c>
-      <c r="D42" s="37" t="s">
+      <c r="C43" s="27" t="s">
         <v>65</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B43" s="37" t="s">
+      <c r="D43" s="27" t="s">
         <v>66</v>
       </c>
-      <c r="C43" s="37" t="s">
+    </row>
+    <row r="44" spans="1:14" ht="23.25" customHeight="1">
+      <c r="A44" s="48" t="s">
         <v>67</v>
       </c>
-      <c r="D43" s="37" t="s">
+      <c r="B44" s="49"/>
+      <c r="C44" s="49"/>
+      <c r="D44" s="50"/>
+    </row>
+    <row r="45" spans="1:14" ht="31.5">
+      <c r="A45" s="28">
+        <v>29</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C45" s="31" t="s">
         <v>68</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="44" t="s">
+      <c r="D45" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="B44" s="44"/>
-[...7 lines deleted...]
-      <c r="B45" s="5" t="s">
+    </row>
+    <row r="46" spans="1:14">
+      <c r="A46" s="28">
+        <v>30</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="C45" s="38" t="s">
-[...17 lines deleted...]
-        <v>71</v>
+      <c r="D46" s="4" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
+      <c r="A47" s="37" t="s">
+        <v>92</v>
+      </c>
+      <c r="B47" s="37"/>
+      <c r="C47" s="37"/>
+      <c r="D47" s="37"/>
+    </row>
+    <row r="48" spans="1:14" ht="31.5">
+      <c r="A48" s="28">
+        <v>31</v>
+      </c>
+      <c r="B48" s="31" t="s">
+        <v>94</v>
+      </c>
+      <c r="C48" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="D48" s="27" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" s="28">
+        <v>32</v>
+      </c>
+      <c r="B49" s="31" t="s">
+        <v>100</v>
+      </c>
+      <c r="C49" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D49" s="27" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="31.5">
+      <c r="A50" s="28">
+        <v>33</v>
+      </c>
+      <c r="B50" s="31" t="s">
+        <v>102</v>
+      </c>
+      <c r="C50" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="D50" s="27" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" s="28">
+        <v>34</v>
+      </c>
+      <c r="B51" s="31" t="s">
+        <v>97</v>
+      </c>
+      <c r="C51" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D51" s="27" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="31.5">
+      <c r="A52" s="28">
+        <v>35</v>
+      </c>
+      <c r="B52" s="31" t="s">
+        <v>93</v>
+      </c>
+      <c r="C52" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D52" s="27" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="13">
+    <mergeCell ref="A47:D47"/>
     <mergeCell ref="A44:D44"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A31:D31"/>
     <mergeCell ref="A39:D39"/>
   </mergeCells>
   <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.19685039370078741" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D45"/>
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
-  <cols>
-[...565 lines deleted...]
-  </mergeCells>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="180" verticalDpi="180" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">