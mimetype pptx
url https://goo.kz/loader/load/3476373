--- v0 (2025-12-19)
+++ v1 (2026-01-13)
@@ -201,63 +201,63 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="002060"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94245" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="-1386" y="-84"/>
+        <p:origin x="-816" y="234"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4999,79 +4999,79 @@
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tonkosti.ru/&#1052;&#1091;&#1079;&#1077;&#1080;_&#1050;&#1072;&#1079;&#1072;&#1093;&#1089;&#1090;&#1072;&#1085;&#1072;" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nur-sultan3d.kz/art/museum/nationalmuseum.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tourister.ru/world/asia/kazakhstan/city/astana/museum/24078" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tren-kot.ru/trainings/thematic/on-line-programmy/age/12-14/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.3dsemey.kz/Virtyal?id=138&amp;lang=ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.csmrk.kz/index.php/mnu-exposition/mnu-virtual-obzor" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.louvre.fr/en/visites-en-ligne" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nga.gov/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tripadvisor.ru/Attractions-g293943-Activities-c49-Kazakhstan.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tripadvisor.ru/Attractions-g293943-Activities-c49-Kazakhstan.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nur-sultan3d.kz/art/museum/nationalmuseum.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tonkosti.ru/&#1052;&#1091;&#1079;&#1077;&#1080;_&#1050;&#1072;&#1079;&#1072;&#1093;&#1089;&#1090;&#1072;&#1085;&#1072;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tren-kot.ru/trainings/thematic/on-line-programmy/age/12-14/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tourister.ru/world/asia/kazakhstan/city/astana/museum/24078" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.3dsemey.kz/Virtyal?id=138&amp;lang=ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.csmrk.kz/index.php/mnu-exposition/mnu-virtual-obzor" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.louvre.fr/en/visites-en-ligne" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britishmuseum.org/collection" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://park-taigan.ru/wp-content/uploads/tour/taigan.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uffizi.it/mostre-virtuali" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nga.gov/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udm-zoo.ru/Zoo_3dtour/3dtour_zoo.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pinacotecabrera.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.museodelprado.es/en/the-collection/art-works" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ziyatker.org/122" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namuseum.gr/en/collections/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/3cJHdnj" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.museivaticani.va/content/museivaticani/it/collezioni/catalogo-online.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artsandculture.google.com/explore" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UCmvjARDhwmZ6Ke2MCFfle6g" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.britishmuseum.org/collection" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://park-taigan.ru/wp-content/uploads/tour/taigan.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PL0lO_mIqDDFW5h4vGzizQDcsqK3nxjvy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uffizi.it/mostre-virtuali" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nga.gov/index.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://udm-zoo.ru/Zoo_3dtour/3dtour_zoo.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/user/shogun13371337" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pinacotecabrera.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UCZRmfTmR24k4LXQtJrnFAhA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.museodelprado.es/en/the-collection/art-works" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ziyatker.org/122" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.namuseum.gr/en/collections/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UC6j3uG9Gb6gVsYAFUUoC2EA" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bit.ly/3cJHdnj" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.museivaticani.va/content/museivaticani/it/collezioni/catalogo-online.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artsandculture.google.com/explore" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UCmvjARDhwmZ6Ke2MCFfle6g" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://melscience.com/RU-ru/experiments/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UCZRmfTmR24k4LXQtJrnFAhA" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instructables.com/id/100-STEAM-Projects-for-Educators/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UC6j3uG9Gb6gVsYAFUUoC2EA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://platform.stem-academia.com/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clickmeeting.com/ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/playlist?list=PL0lO_mIqDDFW5h4vGzizQDcsqK3nxjvy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy.zmorph3d.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/user/shogun13371337" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkercad.com/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instructables.com/id/100-STEAM-Projects-for-Educators/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clickmeeting.com/ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://platform.stem-academia.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academy.zmorph3d.com/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tinkercad.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://melscience.com/RU-ru/experiments/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -5098,93 +5098,123 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="827584" y="1235917"/>
             <a:ext cx="7776864" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Мектебімізде қашықтықтан оқыту қалай ұйымдастырылады?</a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="http://ipkvko.kz/ru/images/banners/%20.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="313305" y="1628800"/>
+            <a:off x="290059" y="1628800"/>
             <a:ext cx="8496944" cy="4914901"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="6" name="Группа 4"/>
           <p:cNvGrpSpPr>
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
@@ -5566,61 +5596,51 @@
               <a:srgbClr val="CC0000"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Павлодар, 2020 </a:t>
-[...9 lines deleted...]
-              <a:t>жыл</a:t>
+              <a:t>Павлодар, 2020 год</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="1400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="452779669"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -5634,2542 +5654,629 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251520" y="1208714"/>
-            <a:ext cx="8640960" cy="5878532"/>
+            <a:ext cx="8640960" cy="6155531"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для работы на платформе </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ZOOM </a:t>
-[...9 lines deleted...]
-              <a:t>платформасында</a:t>
+              <a:t>ZOOM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>  </a:t>
-[...139 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>необходимо соблюдать следующие правила:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>орныңызда</a:t>
+              <a:t>на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>рабочем (видном) месте иметь расписание уроков, идентификационный номер и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (</a:t>
-[...159 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>пароль;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>сабақтар</a:t>
+              <a:t> уроки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>будут проводиться строго по времени (следить по </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>  </a:t>
-[...119 lines deleted...]
-              <a:t>);</a:t>
+              <a:t>расписанию);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зарядка </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>компьютера (телефона) должна быть полной. Позаботьтесь об этом с </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>компьютер </a:t>
-[...139 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>вечера;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> дер </a:t>
-[...9 lines deleted...]
-              <a:t>кезінде</a:t>
+              <a:t>подключаться </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>к уроку во время. За 5 мин до начала урока ввести номер и пароль,  проверить </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...199 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>звук;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>алушылар</a:t>
+              <a:t>дети </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>должны быть опрятно </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> таза </a:t>
-[...9 lines deleted...]
-              <a:t>киініп</a:t>
+              <a:t>одеты, причесаны, (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>не в пижамах, халатах, майках, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...119 lines deleted...]
-              <a:t>);</a:t>
+              <a:t>и т.д.);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>тыныш</a:t>
+              <a:t>в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>комнате должна </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>болу </a:t>
-[...9 lines deleted...]
-              <a:t>керек</a:t>
+              <a:t>быть тишина, необходимо отключить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>посторонние </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...99 lines deleted...]
-              <a:t>; </a:t>
+              <a:t>звуки; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>кезінде</a:t>
+              <a:t>во </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>время урока дети не должны выходить из комнаты, пить, есть, отвлекаться на посторонние вещи, выходить из онлайн </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...259 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>урока;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...16 lines deleted...]
-              <a:t>абақ</a:t>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>н</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...400 lines deleted...]
-            </a:r>
+              <a:t>а время </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>урока звук может быть отключен (включен) учителем. Если учитель задает вопрос, можно ответить подняв руку, используя специальную функцию на компьютере </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>балалармен</a:t>
+              <a:t>Родители могут быть вместе с ребенком на онлайн уроке, но  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>не вмешиваются в ход </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...139 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>урока;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>сабаққа</a:t>
+              <a:t>за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>отсутствие ребенка на уроке ответственность несет </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...69 lines deleted...]
-              <a:t>жүктеледі</a:t>
+              <a:t>родитель</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="780728" y="40909"/>
-            <a:ext cx="7776864" cy="1200329"/>
+            <a:off x="780728" y="404664"/>
+            <a:ext cx="7776864" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Мектебімізде қашықтықтан </a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту қалай ұйымдастырылады?</a:t>
-[...10 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:t>?</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1687934136"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
@@ -8182,1157 +6289,579 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="461533" y="1336186"/>
-            <a:ext cx="8208912" cy="5139869"/>
+            <a:ext cx="8208912" cy="5940088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для работы на платформе </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Күнделік</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>kundelik.kz) </a:t>
             </a:r>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...79 lines deleted...]
-              <a:t>:</a:t>
+              <a:t>необходимо:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...119 lines deleted...]
-              <a:t> </a:t>
+              <a:t>предоставить </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
-[...19 lines deleted...]
-              <a:t>телефон, планшет</a:t>
+              <a:t>ученику устройство с доступом в Интернет (компьютер. телефон, планшет</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>);</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>және</a:t>
+              <a:t>проверить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>наличие доступа в kundelik.kz для проверки расписания, домашних заданий и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...159 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>дневника;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>кестесіне</a:t>
+              <a:t>уточнить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>у учителя о возможности изменения </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...79 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>расписания;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="800" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> оқу үшін жағдай жасау;</a:t>
+              <a:t> создать </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>условия для обучения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...169 lines deleted...]
-              <a:t>танысуға</a:t>
+              <a:t> ознакомиться </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с графиком работы, расписанием уроков, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>процессом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организации учебно-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>воспитательно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>й работы</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ілім алушыларға берілген тапсырмаларының орындауын бақылау қамтамасыз ету</a:t>
+              <a:t>осуществлять</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>;</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>контроль за выполнением обучающимися </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>данных заданий;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Пән мұғалімдері және сынып жетекшілерімен байланыс орнату.</a:t>
+              <a:t>поддерживать </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>связь с классным руководителем и учителями-предметниками.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="780728" y="476672"/>
-            <a:ext cx="7776864" cy="1200329"/>
+            <a:ext cx="7776864" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Мектебімізде қашықтықтан </a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту қалай ұйымдастырылады?</a:t>
-[...10 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:t>?</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2236447799"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
@@ -9345,1600 +6874,485 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="461533" y="1336186"/>
-            <a:ext cx="8208912" cy="4708981"/>
+            <a:ext cx="8208912" cy="5324535"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Сабақ</a:t>
-[...139 lines deleted...]
-              <a:t>болады</a:t>
+              <a:t>Как посмотреть оценки, ДЗ и расписание</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...7 lines deleted...]
-            </a:r>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для просмотра информации по образовательному процессу необходимо на синей навигационной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>полосе</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-              <a:t>үрдісіне</a:t>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в верхней части экрана</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...190 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
-[...6 lines deleted...]
-              <a:t>Оқушыға</a:t>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>     </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-[...10 lines deleted...]
-              <a:t>Мектеп</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Обучающемуся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> выбрать раздел </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Образование»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>     </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-[...10 lines deleted...]
-              <a:t>бөлімін</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Родителю</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> выбрать раздел</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Дети».</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При нажатии на раздел «Дети» родитель попадает на страницу, где собраны все привязанные к его профилю обучающиеся. Дальнейший просмотр информации об успеваемости у пользователей с этими двумя ролями ничем не отличается</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...598 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-              <a:t>Бағалау</a:t>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оценки / отметки </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> /</a:t>
-[...209 lines deleted...]
-              <a:t>жетімді</a:t>
+              <a:t>отсутствия и </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Просмотр оценок доступен в разделе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (</a:t>
-[...9 lines deleted...]
-              <a:t>білім</a:t>
+              <a:t>: «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Образование» / «Дневник» (в профиле обучающегося</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...38 lines deleted...]
-              </a:rPr>
               <a:t>); «</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>/ </a:t>
-[...70 lines deleted...]
-            </a:r>
+              <a:t>Дети» / «Дневник» (в профиле родителя)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="780728" y="260648"/>
-            <a:ext cx="7776864" cy="1200329"/>
+            <a:off x="780728" y="476672"/>
+            <a:ext cx="7776864" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> Мектебімізде қашықтықтан </a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту қалай ұйымдастырылады?</a:t>
-[...10 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:t>?</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1655060595"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
@@ -10951,2394 +7365,558 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251519" y="1052736"/>
-            <a:ext cx="8784977" cy="6217087"/>
+            <a:ext cx="8784977" cy="6124754"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>» </a:t>
-[...52 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:t>По ссылке «Дневник» доступны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...9 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...280 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>информация </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о текущей успеваемости (информация об уроках, оценках и ДЗ по умолчанию за текущую неделю);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...19 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...240 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статистика </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(количество оценок каждого вида по изучаемым предметам в данном отчетном периоде и процент положительных оценок);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...200 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предметам (сводная информация обо всех оценках по выбранному в фильтре предмету и отчетному периоду);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...220 lines deleted...]
-            <a:pPr marL="285750" indent="-285750">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>семестрам/четвертям/триместрам (сводная информация обо всех оценках и пропусках по предметам, преподаваемым в заданном отчетном периоде);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...29 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...169 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>итоговые </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(сводная ведомость всех итоговых отметок, выставленных в настоящее время).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>: </a:t>
-[...492 lines deleted...]
-              <a:rPr lang="ru-RU" dirty="0">
+              <a:t>       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Примечание: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>значения отметок о посещаемости: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Н»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – отсутствие по неуважительной (неизвестной) причине</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...408 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>П»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – отсутствие по уважительной причине</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Б»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – отсутствие по причине болезни</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>О»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – опоздание на занятие.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>       Из раздела «Дневник» также доступен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>просмотр</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> домашних заданий, которые указаны напротив уроков, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>которым </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>должны быть выполнены. Для просмотра описания задания нужно кликнуть на него в таблице. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="780728" y="332656"/>
             <a:ext cx="7776864" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Мектебімізде қашықтықтан </a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту қалай ұйымдастырылады?</a:t>
+              <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3726136640"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -13352,2283 +7930,837 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251519" y="1052736"/>
-            <a:ext cx="8784977" cy="2585323"/>
+            <a:ext cx="8784977" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-[...10 lines deleted...]
-              <a:t>тапсырмалар</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Домашние </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-[...48 lines deleted...]
-                </a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>задания доступны в разделе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
-            </a:r>
-[...612 lines deleted...]
-              <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Образование» / «Домашние задания» (в профиле обучающегося);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Дети» / «Домашние задания» (в профиле родителя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для просмотра домашних заданий необходимо выбрать:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>учебный год;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предмет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(можно установить параметр «все» для просмотра всех ДЗ, удовлетворяющих остальным требованиям);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>срок </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выполнения. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="780728" y="332656"/>
             <a:ext cx="7776864" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Мектебімізде қашықтықтан </a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту қалай ұйымдастырылады?</a:t>
+              <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="25630" t="58600" r="32593" b="34947"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="446253" y="3391592"/>
+            <a:ext cx="8342076" cy="776144"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="507409" y="4202181"/>
             <a:ext cx="8280920" cy="2308324"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr lvl="0" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...8 lines deleted...]
-              <a:t>Көрсету</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>После нажатия на кнопку </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Показать» </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...9 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>отобразятся все выданные ДЗ, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...148 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>удовлетворяющие  параметрам поиска со следующими данными:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...52 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>краткое описание выданного задания;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...4 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предмет;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...68 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>название общеобразовательной организации обучающегося;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...68 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дата и номер занятия, с которого было выдано это задание;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...52 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дата последнего обновления </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>задания;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...4 lines deleted...]
-              <a:t>тапсырманың</a:t>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статус </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...38 lines deleted...]
-            </a:endParaRPr>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>выполнения задания.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...60 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="694506054"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...670 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2050" name="Picture 2"/>
+          <p:cNvPr id="4" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="28535" t="28031" r="27581" b="56589"/>
+          <a:srcRect l="23555" t="21992" r="22889" b="58955"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="539552" y="1628800"/>
-            <a:ext cx="7920880" cy="1318437"/>
+            <a:off x="408016" y="1915380"/>
+            <a:ext cx="8161867" cy="1633363"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323527" y="188640"/>
+            <a:ext cx="8305883" cy="1923604"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>     Для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>перехода к странице домашнего задания необходимо кликнуть мышкой на само задание в первой колонке. На странице домашнего задания отображена полная информация о задании и файл, если педагог приложил его к ДЗ.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>       Примечание:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> если педагог при создании ДЗ установил параметр «Требуется файл с результатом», то у обучающего появится возможность прикрепить файл к домашнему заданию.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2051" name="Picture 3"/>
+          <p:cNvPr id="6" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="30767" t="60774" r="28974" b="4115"/>
+          <a:srcRect l="30296" t="30947" r="28666" b="24675"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="572840" y="3068960"/>
-            <a:ext cx="7887591" cy="3009854"/>
+            <a:off x="408015" y="3617640"/>
+            <a:ext cx="8161867" cy="3240360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -15670,2915 +8802,704 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="73968" y="36240"/>
-            <a:ext cx="8928992" cy="6786473"/>
+            <a:ext cx="8928992" cy="6755696"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
-[...51 lines deleted...]
-                  <a:srgbClr val="002060"/>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Различают следующие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>статусы домашних заданий</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Выдано»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - педагог выдал ДЗ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Отменено»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - педагог отменил выдачу ДЗ;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«В работе»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - обучающийся открыл ДЗ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>На проверке»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - обучающийся отправил ДЗ на проверку</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>На доработку»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
-[...19 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- педагог вернул ДЗ на дополнительную доработку;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Выполнено»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - ДЗ успешно выполнено. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Расписание занятий</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Расписание обучающегося доступно в разделе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
-[...586 lines deleted...]
-              <a:t>.</a:t>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Образование» / «Расписание» (в профиле обучающегося);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Дети» / «Расписание» (в профиле родителя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
-[...28 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Как добавить второго ребенка?</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	Для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>того, чтобы добавить родственную связь со вторым и последующими детьми, родителю нужно обратиться к </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>администратору </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образовательной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> сообщить сотруднику свое ФИО и логин в системе.  </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...79 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="1700" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	Примечание</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«</a:t>
-[...9 lines deleted...]
-              <a:t>Мектеп</a:t>
+              <a:t>сообщать администратору пароль от профиля НЕ требуется.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	Информация </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>» / «</a:t>
-[...9 lines deleted...]
-              <a:t>Кесте</a:t>
+              <a:t>об администраторах доступна на странице </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образовательной</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>» (</a:t>
-[...9 lines deleted...]
-              <a:t>білі</a:t>
+              <a:t> организации в блоке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Администраторы»</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>алушының</a:t>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	Также </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>профилінде</a:t>
+              <a:t>для добавления ребенка родитель может обратиться в службу поддержки пользователей.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	При </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>);</a:t>
-[...104 lines deleted...]
-              <a:t>Екінші</a:t>
+              <a:t>обращении в службу поддержки требуется </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-[...1300 lines deleted...]
-            </a:endParaRPr>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>указать:</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...119 lines deleted...]
-              <a:t> </a:t>
+              <a:t>ссылку </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
-[...167 lines deleted...]
-            </a:endParaRPr>
+              <a:t>на страницу профиля родителя или логин родителя (если страниц несколько, пользователю необходимо выбрать одну);</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...67 lines deleted...]
-            </a:endParaRPr>
+              <a:t>ФИО </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ребенка, которого нужно добавить в родительский профиль;</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Бала </a:t>
-[...87 lines deleted...]
-            </a:endParaRPr>
+              <a:t>наименование </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>образовательной организации, где учится ребенок.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="112546269"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -18593,1828 +9514,288 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="269911" y="2416284"/>
-            <a:ext cx="8568952" cy="3323987"/>
+            <a:ext cx="8568952" cy="4678204"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>      </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent6">
-[...18 lines deleted...]
-              <a:t>кезінде</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Практические </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>упражнения – как создать комфорт дома в период </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent6">
-[...121 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пандемии.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1.Возьмите </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>большой ватман, всей семьёй напишите, чему бы вы хотели посвятить время в период </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пандемии. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Каждый член семьи должен отметить то, что необходимо для него.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2.Разработайте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>новые ПРАВИЛА и РЕЖИМ дня. Его можно написать, нарисовать, сделать так, как удобно вам. Не стоит делать его очень жёстким – отметьте основные опорные точки.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. На </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>каждый день намечайте список дел, которые планируете сделать – и вы, и ребёнок. В конце дня отмечайте, что удалось сделать.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4. Обязательно </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>похвалите себя </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>за </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сделанное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just"/>
-            <a:r>
-[...622 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr lvl="0" algn="just"/>
-[...290 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0">
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>	Это </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>упражнение – писать список дел и хвалить себя успешно используется в тренингах по уверенности и тайм менеджменту. Сейчас отличное время поработать над этим навыком. Он пригодится не только в период карантина, но и в будущем.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just"/>
-            <a:r>
-[...671 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6146" name="Picture 2" descr="https://sites.google.com/site/pupilsandenglish/_/rsrc/1485870305681/dla-roditelej/kpvapap.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -20468,1288 +9849,580 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="323528" y="404664"/>
-            <a:ext cx="8568952" cy="6678751"/>
+            <a:ext cx="8568952" cy="6463308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...12 lines deleted...]
-              <a:t>Балалар</a:t>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>         </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Общение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>үшін</a:t>
+              <a:t>детей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>необходимо</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>қарым-қатынас</a:t>
+              <a:t> и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>общения с родителями недостаточно. Важно им разрешить общаться друзьями, но, чтобы это не превратилось в постоянное «зависание в гаджете</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>қажет</a:t>
+              <a:t>» - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>определить чёткое время </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>на это общение</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>  </a:t>
-[...9 lines deleted...]
-              <a:t>ата-аналармен</a:t>
+              <a:t>           Так </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>же для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...429 lines deleted...]
-              <a:t>керек</a:t>
+              <a:t>детей отличной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поддержкой будут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>ОНЛАЙН</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ресурсы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>           </a:t>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>Библиотека </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Первого Президента –</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://nur-sultan3d.kz/art/museum/nationalmuseum.html</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>Центральный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>государственный музей Казахстана - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>http://www.csmrk.kz/index.php/mnu-exposition/mnu-virtual-obzor</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>Музей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Абая </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Кунанбаева</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> в г. Семей -</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>http://www.3dsemey.kz/Virtyal?id=138&amp;lang=ru</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>үшін</a:t>
+              <a:t>Национальный Музей - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...51 lines deleted...]
-              <a:t>жақсы</a:t>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>https://www.tourister.ru/world/asia/kazakhstan/city/astana/museum/24078</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...30 lines deleted...]
-            </a:r>
+              <a:t> ;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:t>Известные музеи Казахстана – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>https://tonkosti.ru/%D0%9C%D1%83%D0%B7%D0%B5%D0%B8_%D0%9A%D0%B0%D0%B7%D0%B0%D1%85%D1%81%D1%82%D0%B0%D0%BD%D0%B0</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...14 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...8 lines deleted...]
-              <a:t>Кітапханасы</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Специализированные музеи Казахстана – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...195 lines deleted...]
-              <a:t> ;</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
+              <a:t>https://www.tripadvisor.ru/Attractions-g293943-Activities-c49-Kazakhstan.html</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
-              <a:solidFill>
-[...179 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Лувр - Париж </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" u="sng" dirty="0">
-[...3 lines deleted...]
-                <a:hlinkClick r:id="rId10"/>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId9"/>
               </a:rPr>
               <a:t>https://www.louvre.fr/en/visites-en-ligne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
@@ -21783,1389 +10456,880 @@
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="110275" y="116632"/>
-            <a:ext cx="9001539" cy="6463308"/>
+            <a:off x="142460" y="188640"/>
+            <a:ext cx="9001539" cy="6617196"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Пинакотека </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Брера</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> - Милан </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" u="sng" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>https://pinacotecabrera.org/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...8 lines deleted...]
-              <a:t>Галереясы</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Галерея Уффици - Флоренция </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...6 lines deleted...]
-                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://www.uffizi.it/mostre-virtuali</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Музеи Ватикана - Рим </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>http://www.museivaticani.va/content/museivaticani/it/collezioni/catalogo-online.html</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Археологический музей - Афины </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https://www.namuseum.gr/en/collections/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Прадо - Мадрид </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>https://www.museodelprado.es/en/the-collection/art-works</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Национальная галерея искусств – Вашингтон </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>https://</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...8 lines deleted...]
-              <a:t>Мұражайы</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>www.nga.gov/index.html</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Британский </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...11 lines deleted...]
-              <a:t>http://www.museivaticani.va/content/museivaticani/it/collezioni/catalogo-online.html</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>музей - Лондон </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId8"/>
+              </a:rPr>
+              <a:t>https://www.britishmuseum.org/collection</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Музей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Метрополитен - Нью-Йорк </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId9"/>
+              </a:rPr>
+              <a:t>https://artsandculture.google.com/explore</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Эрмитаж </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- Санкт-Петербург </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId10"/>
+              </a:rPr>
+              <a:t>https://bit.ly/3cJHdnj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>видеозанятия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: «</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сбор портфеля экскурсовода», «Выбор личного и группового снаряжения для туристских походов», «Подготовка спортсменов-ориентировщиков», «Виды туристских узлов», «Вегетативные способы размножение комнатных растений», «Плоская композиция из сухих листьев и цветов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>»</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> -  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId11"/>
+              </a:rPr>
+              <a:t>https://www.ziyatker.org/122</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виртуальные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>экскурсии: Детский зоопарк г. Ижевск</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...4 lines deleted...]
-              <a:t>Археологиялық</a:t>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId12"/>
+              </a:rPr>
+              <a:t>http://udm-zoo.ru/Zoo_3dtour/3dtour_zoo.html</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, Крымское Сафари - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId13"/>
+              </a:rPr>
+              <a:t>http://park-taigan.ru/wp-content/uploads/tour/taigan.html</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Детский </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>зоопарк – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId14"/>
+              </a:rPr>
+              <a:t>https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId14"/>
+              </a:rPr>
+              <a:t>://www.youtube.com/channel/UCmvjARDhwmZ6Ke2MCFfle6g</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>TemerBoy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>–</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...29 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId15"/>
+              </a:rPr>
+              <a:t>ttps</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId15"/>
+              </a:rPr>
+              <a:t>://www.youtube.com/channel/UC6j3uG9Gb6gVsYAFUUoC2EA</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>видеозанятия</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Прадо </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- Мадрид </a:t>
-[...20 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>по техническому творчеству и робототехнике –</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-              </a:rPr>
-[...50 lines deleted...]
-            </a:r>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId16"/>
+              </a:rPr>
+              <a:t>https://www.youtube.com/channel/UCZRmfTmR24k4LXQtJrnFAhA</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
-[...38 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...11 lines deleted...]
-              <a:t>https://www.britishmuseum.org/collection</a:t>
+                <a:hlinkClick r:id="rId17"/>
+              </a:rPr>
+              <a:t>https://www.youtube.com/user/shogun13371337</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" hangingPunct="0">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId18"/>
+              </a:rPr>
+              <a:t>https://</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...900 lines deleted...]
-              <a:t>;</a:t>
+                <a:hlinkClick r:id="rId18"/>
+              </a:rPr>
+              <a:t>www.youtube.com/playlist?list=PL0lO_mIqDDFW5h4vGzizQDcsqK3nxjvy</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3898104184"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -23178,1269 +11342,934 @@
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="348680" y="1196752"/>
-            <a:ext cx="8543800" cy="5693866"/>
+            <a:off x="348680" y="1388969"/>
+            <a:ext cx="8543800" cy="5970865"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="just" hangingPunct="0"/>
-[...8 lines deleted...]
-              <a:t>         Білім </a:t>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>В целях </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>алушылар мен тәрбиеленушілердің, </a:t>
-[...9 lines deleted...]
-              <a:t>педагогтардың, </a:t>
+              <a:t>обеспечения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сохранности жизни и здоровья </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>білім беру ұйымдарының басқа да қызметкерлерінің өмірі мен </a:t>
-[...9 lines deleted...]
-              <a:t>денсаулығының сақталуын</a:t>
+              <a:t>обучающихся   и воспитанников, педагогов, других работников организаций образования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, а также </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> қамтамасыз ету мақсатында, сондай-ақ Дүниежүзілік денсаулық сақтау ұйымы жариялаған пандемия кезеңінде COVID-19 </a:t>
-[...29 lines deleted...]
-              <a:t>алдын алу</a:t>
+              <a:t>для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предупреждения распространения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>коронавирусной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> инфекции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>COVID</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-19 в период пандемии, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> үшін Қазақстан Республикасы </a:t>
-[...9 lines deleted...]
-              <a:t>Бас мемлекеттік санитарлық </a:t>
+              <a:t>объявленной Всемирной организацией здравоохранения</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, на основании постановления Главного государственного санитарного врача</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>дәрігерінің 2020 жылғы </a:t>
-[...9 lines deleted...]
-              <a:t>12 </a:t>
+              <a:t> Республики Казахстан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> от 12 марта 2020 года № 20, во исполнение протокол</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>наурыздағы № 20 қаулысының негізінде, Қазақстан Республикасы Президентінің жанындағы төтенше жағдай режимін қамтамасыз ету жөніндегі мемлекеттік комиссияның 2020 жылғы 16 наурыздағы № 1, 20 наурыздағы № 2 және 26 наурыздағы </a:t>
-[...9 lines deleted...]
-              <a:t>             № </a:t>
+              <a:t>ов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> № 1 от 16 марта</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>6 хаттамаларын орындау үшін </a:t>
-[...9 lines deleted...]
-              <a:t>БҰЙЫРАМЫН:</a:t>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>№</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2 от 17 марта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>№ 6 от 26 марта 2020 г</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ода </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>заседани</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>й</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Государственной комиссии по обеспечению режима чрезвычайного положения при Президенте Республики Казахстан  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРИКАЗЫВАЮ:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>принять меры </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>по усилению санитарно-эпидемиологических и профилактических </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мероприятий в организациях образования, осуществляющих учебно-воспитательную деятельность;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>9) обеспечить в установленном законодательством порядке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организацию обучения с начала четвертой четверти с 6 апреля 2020 года с использованием дистанционных образовательных технологий в организациях среднего образования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>с 1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>11</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>классы и классах </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>предшкольной</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> подготовки.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Приказ Министра МОН РК №121 от 31.03.2020 г.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
-              <a:solidFill>
-[...173 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="467544" y="188640"/>
+            <a:off x="348680" y="188640"/>
             <a:ext cx="8039744" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" hangingPunct="0"/>
-[...136 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБ УСИЛЕНИИ МЕР</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ПО НЕДОПУЩЕНИЮ  РАСПРОСТРАНЕНИЯ  КОРОНАВИРУСНОЙ  ИНФЕКЦИИ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> В ОРГАНИЗАЦИЯХ ОБРАЗОВАНИЯ </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2970335632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="395536" y="332656"/>
-            <a:ext cx="8496944" cy="5078313"/>
+            <a:ext cx="8496944" cy="2862322"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
-[...31 lines deleted...]
-              <a:t>–</a:t>
+            <a:pPr hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Платформы </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>для изучения STEM дисциплин, основанные на проектной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>деятельности</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>ttps://www.youtube.com/channel/UC6j3uG9Gb6gVsYAFUUoC2EA</a:t>
-[...9 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>http</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>://platform.stem-academia.com/</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
-[...12 lines deleted...]
-            </a:r>
+            <a:pPr hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-              </a:rPr>
-[...14 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>https://www.youtube.com/channel/UCZRmfTmR24k4LXQtJrnFAhA</a:t>
+              <a:t>https://www.instructables.com/id/100-STEAM-Projects-for-Educators/</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" hangingPunct="0">
-[...2 lines deleted...]
-            </a:pPr>
+            <a:pPr hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>https://www.youtube.com/user/shogun13371337</a:t>
-[...26 lines deleted...]
-              <a:t>https://www.youtube.com/playlist?list=PL0lO_mIqDDFW5h4vGzizQDcsqK3nxjvy</a:t>
+              <a:t>https://melscience.com/RU-ru/experiments/</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just" hangingPunct="0"/>
-[...14 lines deleted...]
-          <a:p>
             <a:pPr hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Платформы для изучения 3Д моделирования и робототехники </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- </a:t>
+              <a:t>-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
-[...1 lines deleted...]
-              <a:t>http</a:t>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
-[...1 lines deleted...]
-              <a:t>://platform.stem-academia.com/</a:t>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>://www.tinkercad.com/</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId7"/>
-[...1 lines deleted...]
-              <a:t>https://www.instructables.com/id/100-STEAM-Projects-for-Educators/</a:t>
+                <a:hlinkClick r:id="rId6"/>
+              </a:rPr>
+              <a:t>https://academy.zmorph3d.com/</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr hangingPunct="0"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId8"/>
-[...1 lines deleted...]
-              <a:t>https://melscience.com/RU-ru/experiments/</a:t>
+              </a:rPr>
+              <a:t>Платформы для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>вебинаров</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId7"/>
+              </a:rPr>
+              <a:t>://clickmeeting.com/ru</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> —  бесплатно до </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>25 человек </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0">
-[...321 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
-                <a:solidFill>
-[...1 lines deleted...]
-                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2198258140"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
@@ -24490,585 +12319,238 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1259632" y="148277"/>
-            <a:ext cx="7858554" cy="3970318"/>
+            <a:ext cx="7858554" cy="4832092"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="r" fontAlgn="base"/>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>        </a:t>
-[...9 lines deleted...]
-              <a:t>Неке</a:t>
+              <a:t>                   Кодекс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Республики Казахстан</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> (</a:t>
-[...11 lines deleted...]
-            <a:r>
+              <a:t/>
+            </a:r>
+            <a:br>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>) </a:t>
-[...20 lines deleted...]
-            </a:r>
+            </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>                                               </a:t>
-[...37 lines deleted...]
-            </a:endParaRPr>
+              <a:t>                   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>О </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>браке (супружестве) и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>семье</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>                    </a:t>
+              <a:t>                    Статья </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>70-бап. </a:t>
-[...11 lines deleted...]
-            <a:r>
+              <a:t>70. Права и обязанности родителей по воспитанию и образованию ребенка</a:t>
+            </a:r>
+            <a:br>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...160 lines deleted...]
-            <a:pPr algn="ctr"/>
+            </a:br>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...161 lines deleted...]
-                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3. Родители обязаны обеспечить получение ребенком обязательного среднего образования</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
-              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 2" descr="https://kashira.ru/uploads/posts/2016-11/medium/1478773408_img-20150713173011-166.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect b="6968"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -25180,2051 +12662,781 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="3347864" cy="2807828"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3347864" y="2373"/>
-            <a:ext cx="5688632" cy="2554545"/>
+            <a:ext cx="5688632" cy="2800767"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1600" b="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қашықтықтан</a:t>
-[...19 lines deleted...]
-              <a:t>оқыту</a:t>
+              <a:t>Дистанционное обучение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
-[...29 lines deleted...]
-              <a:t>білім</a:t>
+              <a:t>это обучение, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...484 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:t>осуществляемое с применением информационно-коммуникационных технологий и телекоммуникационных средств при опосредствованном (на расстоянии) или не полностью опосредствованном взаимодействии обучающегося и педагога. </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Дистанционное обучение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>осуществляется путем взаимодействия педагога и обучающегося между собой на расстоянии, отражающем присущие учебному процессу компоненты и реализуемое с помощью </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>телевизионны</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>х (телеуроков)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сетевы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>х</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и кейс-технологи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>й</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="2803140"/>
-            <a:ext cx="6120680" cy="2862322"/>
+            <a:ext cx="6120680" cy="3416320"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қашықтық</a:t>
-[...51 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Преимущества  дистанционного обучения:</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...145 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Возможность занятий во время эпидемий или при сложных погодных условиях;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...91 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Возможность самостоятельного обучения, приобретения  дополнительных знаний;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...145 lines deleted...]
-              <a:t>; </a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Возможность организации уроков в труднодоступных районах, для инвалидов; </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...55 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Всеобщая доступность обучения;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...73 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Самодисциплина и ответственность ученика;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...91 lines deleted...]
-              <a:t>;</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Индивидуальный подход к обучению каждого ученика;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" err="1">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
-                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
-[...55 lines deleted...]
-              <a:t>.</a:t>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Лояльный подход ко времени обучения.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4288593153"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="1052736"/>
-            <a:ext cx="8543800" cy="5970865"/>
+            <a:ext cx="8543800" cy="5693866"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
-[...23 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>та-</a:t>
-[...62 lines deleted...]
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+              <a:t>Родители</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (законные представители) обучающихся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>үшін жағдай жасайды;</a:t>
+              <a:t>создают условия для обучения;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-[...6 lines deleted...]
-              <a:t>жұмыс </a:t>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>знаком</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>кестесімен, сабақ кестесімен, оқу-тәрбие жұмысын ұйымдастыру </a:t>
-[...9 lines deleted...]
-              <a:t>үрдісімен танысады</a:t>
+              <a:t>я</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> с графиком работы, расписанием уроков, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>;</a:t>
+              <a:t>процессом </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>организации учебно-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>воспитательно</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>й работы;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>алушылардың үй тапсырмаларын орындауын бақылауды жүзеге асырады;</a:t>
+              <a:t>осуществляют</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> контроль за выполнением обучающимися домашних заданий;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поддерживают связь с классным руководителем и учителями-предметниками.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бучающийся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>сынып жетекшісімен және пән мұғалімдерімен байланыста болады</a:t>
-[...9 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>знакомится с расписанием, темами, содержанием онлайн-уроков через доступные средства связи;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...38 lines deleted...]
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>обязан ежедневно просматривать трансляцию </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>қолжетімді </a:t>
+              <a:t>ТВ-телеуроков, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>байланыс құралдары арқылы онлайн-сабақтардың кестесімен, тақырыптарымен, мазмұнымен танысады;</a:t>
+              <a:t>а также все доступные электронные платформы, указанные учителем-предметником;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>сайын кестеге сәйкес ТД-телесабақтарының трансляциясын, сондай-ақ пән мұғалімі көрсеткен барлық қолжетімді электрондық платформаларды қарауға міндетті;</a:t>
+              <a:t>ежедневно самостоятельно выполняет задания, в том числе через доступные средства связи, которые установлены организацией среднего образования;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тапсырмаларды өз бетінше, соның ішінде орта білім беру ұйымдары белгілеген қолжетімді байланыс құралдарын пайдалану арқылы орындайды;</a:t>
-[...42 lines deleted...]
-          <a:p>
+              <a:t>находится на ежедневной связи с классным руководителем и учителями-предметниками;</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
@@ -27236,74 +13448,60 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="188640"/>
             <a:ext cx="8039744" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent6">
-[...16 lines deleted...]
-              <a:t>ОРТА БІЛІМ БЕРУ ҰЙЫМДАРЫНДА ОҚУ-ТӘРБИЕ ҮДЕРІСІНІҢ ҚАТЫСУШЫЛАРЫНЫҢ  ІСКЕРЛІКТЕРІ</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЕЯТЕЛЬНОСТЬ УЧАСТНИКОВ УЧЕБНО-ВОСПИТАТЕЛЬНОГО ПРОЦЕССА ОРГАНИЗАЦИЙ СРЕДНЕГО ОБРАЗОВАНИЯ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent6">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="151527499"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
@@ -27314,288 +13512,351 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="1052736"/>
-            <a:ext cx="8543800" cy="5324535"/>
+            <a:ext cx="8543800" cy="5632311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Білім алушылар</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:t>О</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>бучающийся</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>мұғалімінің </a:t>
+              <a:t>выполняет </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>түсініктемесінен кейін қателермен жұмыс жасайды</a:t>
-[...9 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>работу над ошибками после комментария учителя-предметника; </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>дайындалуға арналған оқу материалдарын алу үшін күн сайын электронды күнделікте жеке кабинетке, электронды поштаға және басқа да байланыс жүйелері мен технологияларына кіреді</a:t>
-[...9 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>ежедневно заходит в личный кабинет в электронном дневнике, в электронную почту и другие системы и технологии связи для получения учебного материала для самостоятельного изучения;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>орындалған тапсырмаларды педагогке қолжетімді байланыс құралдары (электронды  күнделік, электрондық пошта, Whatsapp чаттар және т. б. интернет, байланыс болмаған жағдайда – педагог, мектеп әкімшілігін анықтау бойынша пошта байланысының операторы арқылы), сканерлеу (немесе фото) түрінде педагогтердің талаптарына сәйкес ұсынады;</a:t>
+              <a:t>ежедневно п</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>редставляет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> выполненные  задания  в соответствии с требованиями педагогов, отправив скан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ирование (или</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> фото</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> выполненных заданий педагогу через доступные средства связи (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронный дневник</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, электронная почта, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>hats</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>A</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pp чаты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и др. в случаях отсутствия интернета, связи – через педагога, оператора почтовой связи по определению администрации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>школы);</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
-[...8 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тапсырмаларын орындау кезінде академиялық адалдық ережелерін және өзін-өзі бақылау қағидаларын сақтайды</a:t>
-[...42 lines deleted...]
-              <a:t>электрондық білім беру ресурстарын пайдаланады.</a:t>
+              <a:t>соблюдает правила академической честности и принципы самоконтроля при выполнении учебных заданий;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr algn="just"/>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>использует дополнительные  электронные образовательные ресурсы.</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="ctr">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
@@ -27608,82 +13869,58 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="188640"/>
             <a:ext cx="8039744" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" b="1" dirty="0">
-[...20 lines deleted...]
-            <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent6">
-[...6 lines deleted...]
-              <a:t>ІСКЕРЛІКТЕРІ</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ДЕЯТЕЛЬНОСТЬ УЧАСТНИКОВ УЧЕБНО-ВОСПИТАТЕЛЬНОГО ПРОЦЕССА ОРГАНИЗАЦИЙ СРЕДНЕГО ОБРАЗОВАНИЯ</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="127164721"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -27698,2413 +13935,444 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="1019637"/>
-            <a:ext cx="8543800" cy="5940088"/>
+            <a:ext cx="8543800" cy="6217087"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
-[...6 lines deleted...]
-              <a:t>Бұл</a:t>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Следует признать</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>жағдай</a:t>
+              <a:t>, что эта ситуация абсолютно новая. Многим сейчас тревожно и непонятно. Ни у кого нет опыта и навыков жить в условиях карантина. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Придётся учиться вместе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>мүлдем</a:t>
+              <a:t>. И это </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="002060"/>
-[...94 lines deleted...]
-              <a:t>Көпшілікті</a:t>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>НОРМАЛЬНО</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
-                <a:solidFill>
-[...1309 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Снизить </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>требования к себе и к ребёнку. Быть столь же эффективным как раньше в новых условиях будет сложно.    Возможно, получится, возможно – нет. Но сейчас важно разрешить себе меньше требовать от себя и от ребёнка. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Дистанционная учёба </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и работа для многих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>новый вид </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>АТА-АНАЛАР</a:t>
+              <a:t>деятельности</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>он другой. Для того, чтобы адаптироваться к нему </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>требуется время</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Родители</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>– </a:t>
+              <a:t>– это </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОПОРА</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для ребёнка, без вас ребёнку будет совсем сложно и непонятно. Дети, чем младше они – тем больше это важно, нуждаются в </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>бала </a:t>
-[...9 lines deleted...]
-              <a:t>үшін</a:t>
+              <a:t>помощи, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>правилах и </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...439 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>режиме.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just"/>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" lvl="0" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>В период </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Қашықтықтан</a:t>
+              <a:t>дистанционного обучения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>очень важно </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>сохранить</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> у детей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту</a:t>
-[...293 lines deleted...]
-              <a:t>  </a:t>
+              <a:t>интерес и желание учится.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:reflection blurRad="6350" stA="55000" endA="300" endPos="45500" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                 </a:effectLst>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:reflection blurRad="6350" stA="55000" endA="300" endPos="45500" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                 </a:effectLst>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
@@ -30146,198 +14414,138 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="188640"/>
             <a:ext cx="8039744" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Практические советы – </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Пандемия </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>как </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>кезінде</a:t>
+              <a:t>себя вести </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>баламен</a:t>
+              <a:t>с </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>ребёнком  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өзіңді</a:t>
+              <a:t>в период </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...79 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>пандемии.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2295174233"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
@@ -30351,444 +14559,342 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="1124744"/>
-            <a:ext cx="8543800" cy="5755422"/>
+            <a:ext cx="8543800" cy="6555641"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ең </a:t>
+              <a:t>В первую очередь следует </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сохранить и поддерживать </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>для себя и ребенка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>привычный распорядок и ритм дня</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>алдымен, өзіңіз </a:t>
+              <a:t>. Резкие </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>және бала үшін әдеттегі </a:t>
-[...6 lines deleted...]
-                  </a:schemeClr>
+              <a:t>изменения режима дня могут вызвать существенную перестройку адаптивных возможностей ребенка и привести к излишнему напряжению и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>күн тәртібі </a:t>
-[...111 lines deleted...]
-            </a:endParaRPr>
+              <a:t>стрессу.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:endParaRPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Балаларды </a:t>
+              <a:t>Постарайтесь </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>қашықтықтан оқытуды ұйымдастыру бойынша мектептен алатын ұсынымдарды түсінуге тырысыңыз. </a:t>
+              <a:t>разобраться в рекомендациях, которые вы получаете от школы по организации дистанционного обучения </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Тек қана </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>детей. Ориентируйтесь </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>только на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ресми ақпаратқа сүйеніңіз</a:t>
+              <a:t>официальную информацию</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Школе также нужно время </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>на то, чтобы организовать этот </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>. Үдерісті ұйымдастыру үшін </a:t>
-[...4 lines deleted...]
-                  <a:srgbClr val="C00000"/>
+              <a:t>процесс. В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>мектепке де уақыт қажет</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+              <a:t>настоящее время существует целый ряд ресурсов, помогающих родителям и педагогам в дистанционном </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>. Қазіргі уақытта қашықтықтан </a:t>
-[...33 lines deleted...]
-            </a:r>
+              <a:t>обучении.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
             <a:endParaRPr lang="kk-KZ" sz="1200" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" dirty="0" smtClean="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="002060"/>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Баланың</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>Родителям и близким </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ребенка важно самим постараться </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> ата-аналары мен жақындары </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>сохранить спокойное, адекватное и критичное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>жағдайға қатысты</a:t>
-[...47 lines deleted...]
-            </a:endParaRPr>
+              <a:t>отношение к происходящему.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="just"/>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:reflection blurRad="6350" stA="55000" endA="300" endPos="45500" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                 </a:effectLst>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:effectLst>
                   <a:reflection blurRad="6350" stA="55000" endA="300" endPos="45500" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
                 </a:effectLst>
@@ -30825,517 +14931,535 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="188640"/>
             <a:ext cx="8039744" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Пандемия </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:t>Практические советы – </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>кезінде</a:t>
+              <a:t>как </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>себя вести </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>баламен</a:t>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ребёнком  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>в период </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өзін</a:t>
-[...90 lines deleted...]
-            </a:r>
+              <a:t>пандемии.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="879577287"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="348680" y="1019637"/>
-            <a:ext cx="8543800" cy="6678751"/>
+            <a:off x="348680" y="1196752"/>
+            <a:ext cx="8543800" cy="5940088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Баланың эмоционалдық </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>Эмоциональное </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>жағдайы</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>состояние</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> тікелей үлкендердің </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t> ребенка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>жағдайына</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:t>напрямую </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> байланысты</a:t>
+              <a:t>зависит</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> от состояния </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>взрослых</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>. </a:t>
+              <a:t>.  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Пандемия </a:t>
+              <a:t>Видите себя спокойно, сдержанно, не избегайте ответов на вопросы детей о вирусе и т.д., но и не погружайтесь в длительные обсуждения ситуации пандемии и ее </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>жағдайын және </a:t>
+              <a:t>рисков. Не </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оның </a:t>
+              <a:t>смакуйте подробности «ужасов» из </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>қаупін  ұзақ талқыламай, беріліп кетпей, балаларға пандемия туралы қойған сұрақтан қашқақтамай, өздеріңізді сабырлы ұстаңыз. Интернет-жүйеден «қорқыныштарды» күшейтпеу қажет. Үйде болған кезде Сізге және балаңызға жақын әлеуметтік қоршаудағылармен қарым-қатынаста болуы керек (мессенджерлер мен телефон арқылы), бірақ  </a:t>
-[...135 lines deleted...]
-              <a:t>арттыру мүмкіндігі, ал ата-ана үшін өз баласын жақсы тануға мүмкіндігі туады.</a:t>
+              <a:t>интернет-сетей.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
-            <a:endParaRPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Во </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>время вынужденного нахождения дома Вам и ребенку важно оставаться в контакте с близким социальным окружением (посредством телефона, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мессенджера), </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>однако </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>необходимо снизить общий получаемый информационный поток </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(новости, ленты в социальных сетях</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>). При </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>общении с близкими старайтесь не центрироваться на темах, посвященных коронавирусу, и других темах, вызывающих тревогу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Учитесь» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сами. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Родители </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>и близкие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>могут </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>повысить привлекательность дистанционных уроков, если попробуют «освоить» некоторые из них вместе с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ребенком. Для </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Cambria" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ребенка – это возможность повысить мотивацию, а для родителей – лучше узнать и понять своих детей. </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
@@ -31348,1158 +15472,1015 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="348680" y="188640"/>
             <a:ext cx="8039744" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Пандемия </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:t>Практические советы – </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>кезінде</a:t>
+              <a:t>как </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>себя вести </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>баламен</a:t>
+              <a:t>с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ребёнком  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1" smtClean="0">
+              <a:t>в период </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>өзің</a:t>
-[...90 lines deleted...]
-            </a:r>
+              <a:t>пандемии.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="372883037"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="251520" y="1208714"/>
-            <a:ext cx="8640960" cy="5755422"/>
+            <a:ext cx="8640960" cy="6001643"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
-[...21 lines deleted...]
-                  <a:srgbClr val="002060"/>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>период </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>пандемии, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в целях получения качественного образования </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в школе будут использованы две основные образовательные платформы  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стриминг платформа</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ZOOM и единая электронная образовательная среда </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Күнделік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
-[...9 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kundelik.kz) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Для работы с </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>помощ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ь</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ю платформы ZOOM </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" err="1">
-[...294 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>необходимо </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>иметь:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>персональный </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>компьютер;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="auto">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>подключение </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ZOOM платформасының көмегімен мұғалім өзі онлайн сабақ ұйымдастыра алады. Ол үшін мына </a:t>
-[...19 lines deleted...]
-              <a:t>болу қажет:</a:t>
+              <a:t>к интернету - (широкополосный) проводной или беспроводной (3G или 4G / LTE);</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="auto">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>дербес </a:t>
+              <a:t>динамики </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>компьютер; </a:t>
+              <a:t>и микрофон - встроенные или USB или беспроводные Bluetooth;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="auto">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>веб-камеру </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(кең жолақты) сыммен немесе сымсыз (3</a:t>
-[...9 lines deleted...]
-              <a:t>G </a:t>
+              <a:t>или </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>HD-веб-камеру – встроенную  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>немесе 4</a:t>
-[...19 lines deleted...]
-              <a:t>интернетке қосылған; </a:t>
+              <a:t>или USB;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
+            <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="auto">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>динамиктер </a:t>
+              <a:t>или </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>және микрофон – кіріктірілген немесе USB немесе сымсыз Bluetooth;</a:t>
+              <a:t>HD-камера или HD-видеокамера с картой видеозахвата л</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ибо мобильное устройство (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>смартфон или планшет</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>iOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> или </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Android</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> с подключенным доступом к сети Интернет.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" fontAlgn="auto"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>установке приложения необходимо придерживаться следующих рекомендаций:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>использовании мобильного устройства необходимо </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>скачать приложение</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="auto">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мобильное устройство на базе операционной системы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>iOS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, то нужно скачать приложение по ссылке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://apps.apple.com/us/app/id546505307</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just" fontAlgn="auto">
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мобильное устройство на базе операционной системы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Android</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, то нужно скачать приложение по </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ссылке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>://play.google.com/store/apps/details?id=us.zoom.videomeetings</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750" algn="just">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
-[...28 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>используете персональный компьютер или ноутбук, то необходимо перейти по ссылке </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://zoom.us/download</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> и скачать приложение.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="285750" indent="-285750" algn="just">
-[...53 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...188 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just" hangingPunct="0"/>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="780728" y="11259"/>
-            <a:ext cx="7776864" cy="1200329"/>
+            <a:off x="780728" y="404664"/>
+            <a:ext cx="7776864" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Мектебімізде қашықтықтан </a:t>
+              <a:t>Как будет организовано д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>истанционное</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обучение в нашей школе</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>оқыту қалай ұйымдастырылады?</a:t>
-[...10 lines deleted...]
-            <a:pPr algn="ctr"/>
+              <a:t>?</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2266002091"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
@@ -33077,54 +17058,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Slipstream</Template>
   <TotalTime></TotalTime>
-  <Words>1534</Words>
+  <Words>1338</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
-  <Paragraphs>215</Paragraphs>
+  <Paragraphs>206</Paragraphs>
   <Slides>21</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="22" baseType="lpstr">
       <vt:lpstr>Воздушный поток</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>