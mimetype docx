--- v0 (2025-12-17)
+++ v1 (2026-01-17)
@@ -1,2849 +1,1931 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="6E0458FD" w14:textId="7E869F8E" w:rsidR="00B12E6B" w:rsidRPr="00320FBA" w:rsidRDefault="00B12E6B" w:rsidP="00B12E6B">
+    <w:p w:rsidR="009D5C6C" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="222222"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320FBA">
-[...12 lines deleted...]
-    <w:p w14:paraId="6BB7EA6E" w14:textId="70F4758D" w:rsidR="00B12E6B" w:rsidRPr="00320FBA" w:rsidRDefault="00B12E6B" w:rsidP="00B12E6B">
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="000A090F" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320FBA">
+      <w:r w:rsidRPr="000A090F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:i/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1C0CE5CD" w14:textId="35D8A305" w:rsidR="000E6770" w:rsidRDefault="000E6770" w:rsidP="00A35864">
+        <w:t xml:space="preserve">Приложение №1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="000015B0" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Рекомендации по комплексу дистанционных онлайн мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00A407B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...41 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>во время чрезвычайного положения  РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в рамках </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>реализации программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...119 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Формирование здоровья и жизненных навыков среди несовершеннолетних, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00A407B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="1B7146DB" w14:textId="38A5A116" w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а также превенция суицида»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="0028679A" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Педагогам-психологам:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="0028679A" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="12"/>
-          <w:szCs w:val="8"/>
-[...25 lines deleted...]
-        <w:ind w:left="214"/>
+          <w:szCs w:val="12"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00A407B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Проводить индивидуальную работу с подростками группы психологическо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го сопровождения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(далее ГП</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) , выявленными в рамках данной Программы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00A407B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- еженедельно, при необходимости проводить онлайн-интервью с учащимися </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГПС</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, посредством </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, VK или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефонных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>звонк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (составление графика звонков, ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гистрация в журналах наблюдения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00917432" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при необходимости обращаться </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> региональным координаторам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОФ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bilim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Foundation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с целью получения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методическ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>поддержк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дистанционном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режиме, онлайн-консультации подросткам и их родителям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00D770B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проведение следующих мероприятий для наблюдения за психологическим состоянием </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>каждого несовершеннолетнего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00D770B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- обращаться к классным руководителям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/куратором группы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения информации об общем состоянии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>несовершеннолетних</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>при информировании классным руководителем/куратором группы по тревожному состоянию либо по другим признакам несовершеннолетнего необходимо проведение онлайн-консультации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00917432" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екомендуется распространить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через приложения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в чаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей, учителей и учащихся), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, VK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>информационны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфографик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>видеороли</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, направленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bilim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Foundation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A407B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="0028679A" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...52 lines deleted...]
-          <w:color w:val="222222"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...280 lines deleted...]
-    <w:p w14:paraId="287CE05F" w14:textId="058F0057" w:rsidR="00877C36" w:rsidRPr="00320FBA" w:rsidRDefault="00877C36" w:rsidP="00877C36">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="0028679A" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...510 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...85 lines deleted...]
-          <w:color w:val="222222"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Классным руководителям/кураторам групп:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00D770B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- классн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/кураторам группы при проведении воспитательных часов с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>несовершеннолетними</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в онлайн режиме необходимо проинформировать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а-психолога и администрацию организаций образования при обнаружении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подростка несвойственных признаков поведения (тревожных, неактивных и т. д.).;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00D770B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информировать администрацию организаций образования в случае, если обучающийся и его родители не выходят на связь 2 дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендуется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>распростран</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через приложения WhatsApp (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в чаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей, учителей и учащихся), Instagram, Facebook, VK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED69A9" w:rsidRPr="00320FBA">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информационны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфографики и видеоролик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, направленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00320FBA">
-[...80 lines deleted...]
-    <w:p w14:paraId="08CADF2B" w14:textId="77777777" w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="0090645E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Bilim Foundation»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D770B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="0028679A" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00B25942" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Специалистам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Bilim Foundation»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="0028679A" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00B25942" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="222222"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="10EA449C" w14:textId="51683831" w:rsidR="000A7129" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="000A7129">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оказание методической помощи психологам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образования по координации работы с подростками и их родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00B25942" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320FBA">
-[...51 lines deleted...]
-          <w:color w:val="222222"/>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- в случае необходимости проведение онлайн-консультаций с подростками и их родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00B25942" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспечение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000A7129" w:rsidRPr="00320FBA">
-[...89 lines deleted...]
-    <w:p w14:paraId="1EB50B11" w14:textId="77777777" w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidRDefault="00A35864" w:rsidP="00A35864">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организаций образования и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нформационны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфографик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и и видеоролик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, направленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОФ «Bilim Foundation»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для распространения через приложения WhatsApp (родительские, педагогические и ученические чаты), Instagram, Facebook, VK и т. д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00A407B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="222222"/>
-[...172 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25942">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-при необходимости организовать консультации подростков и их родителей с медицинскими специалистами (врачей общей практики и психиатров) в режиме онлайн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5C6C" w:rsidRPr="00A407B4" w:rsidRDefault="009D5C6C" w:rsidP="009D5C6C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...277 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56AD3" w:rsidRDefault="009D5C6C">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00A35864" w:rsidRPr="00320FBA" w:rsidSect="00877C36">
+    <w:sectPr w:rsidR="00E56AD3" w:rsidSect="00877C36">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...12 lines deleted...]
-    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...487 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E62EE"/>
-[...61 lines deleted...]
-    <w:rsid w:val="00FD7603"/>
+    <w:rsidRoot w:val="009D5C6C"/>
+    <w:rsid w:val="004864A7"/>
+    <w:rsid w:val="009D5C6C"/>
+    <w:rsid w:val="00DD24BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6D30CFE3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{470A59D0-6D58-4D6F-9698-E1AAEF4DA27A}"/>
+  <w15:docId w15:val="{F78AA31E-ADD6-4E57-9B70-A659D044B23F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3201,375 +2283,238 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000C529E"/>
-[...20 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009D5C6C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...93 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:divs>
-[...52 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3676,91 +2621,59 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>424</Words>
-  <Characters>2423</Characters>
+  <Words>408</Words>
+  <Characters>2331</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2842</CharactersWithSpaces>
+  <CharactersWithSpaces>2734</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>HP</dc:creator>
+  <dc:creator>Klassen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>