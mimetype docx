--- v0 (2025-12-19)
+++ v1 (2026-03-05)
@@ -5,2286 +5,6711 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00F05CDF" w:rsidRPr="006300C2" w:rsidRDefault="00F05CDF" w:rsidP="00D61E86">
-[...73 lines deleted...]
-    <w:p w:rsidR="00747C5B" w:rsidRPr="00D61E86" w:rsidRDefault="00747C5B" w:rsidP="00D61E86">
+    <w:p w:rsidR="00747C5B" w:rsidRPr="006D1E2E" w:rsidRDefault="00747C5B" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Как подростки могут защитить сво</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психическое здоровье во время пандемии </w:t>
+      </w:r>
+      <w:r w:rsidR="001F240A" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>короновируса</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>COVID</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-19)</w:t>
+      </w:r>
+      <w:r w:rsidR="0053323A" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C806DB" w:rsidRPr="00D61E86" w:rsidRDefault="00C806DB" w:rsidP="00D61E86">
-[...70 lines deleted...]
-    <w:p w:rsidR="00942FFA" w:rsidRPr="00D61E86" w:rsidRDefault="00942FFA" w:rsidP="00D61E86">
+    <w:p w:rsidR="00747C5B" w:rsidRPr="006D1E2E" w:rsidRDefault="00747C5B" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00747C5B" w:rsidP="006D1E2E">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6 стратегий для подростков, сталкивающихсяс новой (временной) нормой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="PT Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D042F" w:rsidRPr="00D61E86" w:rsidRDefault="004D042F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A55FDA" w:rsidRPr="006D1E2E" w:rsidRDefault="00747C5B" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подростковый </w:t>
+      </w:r>
+      <w:r w:rsidR="001F240A" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возраст </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- сложный</w:t>
+      </w:r>
+      <w:r w:rsidR="001F240A" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жизни</w:t>
+      </w:r>
+      <w:r w:rsidR="005970D5" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человека</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а коронавирусная инфекция (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61E86">
-[...131 lines deleted...]
-      <w:r w:rsidR="00953EA8" w:rsidRPr="00D61E86">
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-19) делает его еще более трудным. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с закрытием школ и отменой мероприятий многие подростки </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вынуждены</w:t>
+      </w:r>
+      <w:r w:rsidR="009B68BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказаться от многих </w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>значимых</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> событий</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>юной</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жизни, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>включаяежедневное общение</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с друзьями и </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>посещение школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подростк</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidR="00345554" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">привычный ход жизни которых меняется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из-за</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">распространяющегося </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заболевания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F538A" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые испытывают тревогу</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, разочарование</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>увствуют себя изолированными</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует помнить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="000344E9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">они </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не одиноки. Мы </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">побеседовали </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">со </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>специалистом</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психологом</w:t>
+      </w:r>
+      <w:r w:rsidR="000344E9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, работающим с подростками</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, автором бестселлеров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">колумнистом ежемесячного издания </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00953EA8" w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>NewYorkTimes</w:t>
       </w:r>
-      <w:r w:rsidR="00953EA8" w:rsidRPr="00D61E86">
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>» басылымының колумнисі д</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> алатынын білу үшін әңгімелестік.</w:t>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ром Лизой Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эй</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мур</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, чтобы узнать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>как</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подростки могут самостоятельно позаботиться о себе и </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о сво</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м психическом здоровье.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D042F" w:rsidRPr="00D61E86" w:rsidRDefault="004D042F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A55FDA" w:rsidRPr="006D1E2E" w:rsidRDefault="00A55FDA" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00AD2D9C" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A55FDA" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Алаңдау – толығымен қалыпты реакция екенін мойындаңыздар </w:t>
+        <w:t>Признайте, что ваше беспокойство</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>абсолютно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормальная реакция </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A55FDA" w:rsidRPr="00D61E86" w:rsidRDefault="00A55FDA" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A55FDA" w:rsidRPr="006D1E2E" w:rsidRDefault="00A55FDA" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072697" w:rsidRPr="00D61E86" w:rsidRDefault="00072697" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="008346F0" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...74 lines deleted...]
-        <w:t xml:space="preserve"> естен шығармаймыз».</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если закрытие школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и тревожные </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заголовки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вызывают у вас </w:t>
+      </w:r>
+      <w:r w:rsidR="00D915BA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беспокойство</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">знайте, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вы не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одиноки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. На самом деле</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, именно такие эмоции вы и должны испытывать.</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FF4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Психологам давно известно</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00055FF4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чувство тревоги</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - это нормальная и </w:t>
+      </w:r>
+      <w:r w:rsidR="00095DD2" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>здоровая реакция</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая предупреждает нас об угрозах и помогает нам принимать меры для </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>само</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защиты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ваш</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00536AE2" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беспокойство </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поможет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вам </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принятьрешение, которое является </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">единственно </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правильным в конкретный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> момент</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>например</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не проводить время с другими людьми или в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>больших группах, мыть руки и не притрагиваться к своему лицу</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC66E1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Такие</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чувства </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">помогут </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защитить не только вас</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самих</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, но и других.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC66E1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Мы</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подобным</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC66E1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проявляем заботу и </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в отношениидругих членов</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нашего сообщества. Мы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>также думаем об</w:t>
+      </w:r>
+      <w:r w:rsidR="00D915BA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окружающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наслюдях</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00072697" w:rsidRPr="00D61E86" w:rsidRDefault="00072697" w:rsidP="00D61E86">
+    <w:p w:rsidR="008346F0" w:rsidRPr="006D1E2E" w:rsidRDefault="008346F0" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="006B7392" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="008346F0" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хотя беспокойство </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в связи сситуацией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вокруг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61E86">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">ен түсінікті болғанымен, ақпаратты «… сенімді көздерден [мысалы, </w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-19 вполне </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>понятно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, убедитесь, что вы по</w:t>
+      </w:r>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учаете информацию из «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>над</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жных источников [</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>например,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на сайтах </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00D61E86">
+        <w:r w:rsidRPr="006D1E2E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>ЮНИСЕФ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Всемирной организации здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">], или проверяйте любую информацию, получаемую вами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">және </w:t>
-[...34 lines deleted...]
-      <w:r w:rsidR="00A3756E" w:rsidRPr="00D61E86">
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> других, возможно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>менее над</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жных</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> источников», -  рекомендует д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="008346F0" w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">р </w:t>
       </w:r>
-      <w:r w:rsidR="00351211" w:rsidRPr="00D61E86">
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Дэймур</w:t>
       </w:r>
-      <w:r w:rsidR="008346F0" w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00A03573" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A581C" w:rsidRPr="00D61E86" w:rsidRDefault="009A581C" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00655D17" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="303030"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если вы обеспокоены тем, что у васпоявились симптомы болезни, </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поговорить об этом с</w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вашими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителями. «Имейте в виду, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болезнь, связанная с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61E86">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-19, обычно</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> протекает в л</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гкой форме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, особенно у детей и молодых людей</w:t>
+      </w:r>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>», - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1D37" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Также важно помнить, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">многие симптомы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidR="003F20F6" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>-19симптомдарын емдеуге болатынын естен шығармау маңызды.</w:t>
+        <w:t>-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддаются лечению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A581C" w:rsidRPr="00D61E86" w:rsidRDefault="009A581C" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00F02FBA" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00351211" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...8 lines deleted...]
-        <w:t>Д-р Дэймур жасөспірімдерге өздерін нашар сезінгенде немесе вирусқа қатысты алаңдағанда, ересектерден көмек алу үшін ата-анасына немесе өзге ересек адамға айтуға кеңес береді.</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Д-р Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендует подросткам уведомить родителей или </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другого </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>взрослого</w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человека</w:t>
+      </w:r>
+      <w:r w:rsidR="0098476E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, которому они доверяют</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>своем плохом самочувствии</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или обеспокоенности в связи с вирусом, с тем чтобы получить от взрослых помощь. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C10AB9" w:rsidRPr="00D61E86" w:rsidRDefault="00C10AB9" w:rsidP="00D61E86">
+    <w:p w:rsidR="0098476E" w:rsidRPr="006D1E2E" w:rsidRDefault="0098476E" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0098476E" w:rsidRPr="00D61E86" w:rsidRDefault="002C35AD" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="0098476E" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> екеніне сенімді болудың көптеген тиімді тәсілдері бар. Оларға келесілер жатады: жиі қол жуу, бетті қолмен ұстамау және адамдардан алшақ жүру».</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ипомните: «</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Есть</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>много</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эффективных</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>способов</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защитить</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>себя</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окружающих</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1D37" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>испытать</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уверенность в том, что ситуация находится под контролем. К ним относятся следующие:</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>часто</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мыть</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руки, не</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прикасаться</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лицу</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7584" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>практиковать</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7584" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>социальное</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7584" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дистанцирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00AF618F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="None"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rStyle w:val="None"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>&gt;&gt;</w:t>
       </w:r>
+      <w:r w:rsidR="00D81750" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rStyle w:val="None"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="1BABE1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подробнее о наших </w:t>
+      </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="002C35AD" w:rsidRPr="00D61E86">
+        <w:r w:rsidR="00D81750" w:rsidRPr="006D1E2E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink1"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="1BABE1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:color="1BABE1"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>Қол жууға қатысты кеңестеріміз</w:t>
+          <w:t>советах по мытью рук</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002C35AD" w:rsidRPr="00D61E86">
-[...13 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00AF618F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="001C270F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00D3516C" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Көңілді басқаға аудар</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> әдістері </w:t>
+        <w:t>Методы отвлечения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00055FF4" w:rsidRPr="00D61E86" w:rsidRDefault="00055FF4" w:rsidP="00D61E86">
+    <w:p w:rsidR="00055FF4" w:rsidRPr="006D1E2E" w:rsidRDefault="00055FF4" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C1191" w:rsidRPr="00D61E86" w:rsidRDefault="00AB1B7D" w:rsidP="00D61E86">
+    <w:p w:rsidR="00AB1B7D" w:rsidRPr="006D1E2E" w:rsidRDefault="00AB1B7D" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...2 lines deleted...]
-          <w:color w:val="303030"/>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Психологам известно</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, что</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попав</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в длительны</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сложны</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ежизненные обстоятельства</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, очень полезно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разделить проблему </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на две</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к первой относится то, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мы можем</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделать, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>«</w:t>
-[...10 lines deleted...]
-        <w:t>Психологтарға мәлім, ұзаққа созылатын өмірлік қиын жағдайға түскенде, мәселені екі санатқа бөлудің пайдасы мол: біріншісіне мәселені шешу үшін қолымыздан келетін істер, ал екіншісіне біздің бақылауымыздан тыс құбылыстар жатады», - дейді д-р Дэймур.</w:t>
+        <w:t xml:space="preserve">чтобы решить проблему, а ко второй – то, что не поддается </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нашему</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>», - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C1191" w:rsidRPr="00D61E86" w:rsidRDefault="003C1191" w:rsidP="00D61E86">
+    <w:p w:rsidR="002C0C7E" w:rsidRPr="006D1E2E" w:rsidRDefault="002C0C7E" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB1B7D" w:rsidRPr="00D61E86" w:rsidRDefault="009F78CD" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AB1B7D" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...8 lines deleted...]
-        <w:t>Қазір көбісі екінші санатқа түседі, бұл – қалыпты жайт. Бірақ, мәселені шешуге көмектесе алатын әдіс бар – көңілді басқаға бұру әдісі. Д-р Дэймур күнделікті өмірде сабырға келу және тепе-теңдікке жету үшін келесі тәсілдерді ұсынады: үй шаруасымен айналысу, сүйікті фильмді көру немесе төсекте жатып роман оқу.</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сейчас многое </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попадает во вторую категори</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, и это нормально</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есть </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>метод, который поможет справиться с проблемой</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– это </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">метод отвлечения. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дэймур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предлагает</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">следующие способы, чтобы успокоиться и обрести баланс в повседневной жизни: занятьсядомашними </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дела</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">смотреть любимый фильм или </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>почитать в постели роман</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0C7E" w:rsidRPr="00D61E86" w:rsidRDefault="002C0C7E" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="002F05D8" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00216826" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Достармен байланы</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">та болудың жаңа жолдарын табыңыздар </w:t>
+        <w:t xml:space="preserve">Найдите новые способы общения с друзьями </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00216826" w:rsidRPr="00D61E86" w:rsidRDefault="00216826" w:rsidP="00D61E86">
+    <w:p w:rsidR="00216826" w:rsidRPr="006D1E2E" w:rsidRDefault="00216826" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00683834" w:rsidRPr="00D61E86" w:rsidRDefault="00683834" w:rsidP="00D61E86">
+    <w:p w:rsidR="00EC3A6D" w:rsidRPr="006D1E2E" w:rsidRDefault="00EC3A6D" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Егер әлеуметтік алшақтық әдісін қолдана отырып, достарыңызбен бірге уақыт өткізгілеріңіз келсе, әлеуметтік желілер – керемет байланыс тәсілі.Шығармашылық қабілеттеріңізді паш етіңіздер: мысалы, </w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если вы хотите проводить время с друзьями, практикуя метод социального дистанцирования, социальные сети –</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отличный способ общения. Проявите творческий подход: </w:t>
+      </w:r>
+      <w:r w:rsidR="003566D4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">примите участие в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игре </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Tik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Tok</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, например </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00D61E86">
+        <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>#</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D61E86">
+        <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>қауіпсізқолдар</w:t>
+          <w:t>безопасныеруки</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D61E86">
-[...125 lines deleted...]
-        <w:t xml:space="preserve"> табады деп ойлаймын».</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Я</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ни в коей мерене склонна </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ооценивать </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>творческий потенциал подростков</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отмечает</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д-р Дэймур. - </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="000800A1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>огу предположить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что они найдут </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">новые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>способы [</w:t>
+      </w:r>
+      <w:r w:rsidR="000800A1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общения</w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>] друг с другом в и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нтернете, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые будут отличаться от тех, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>они использовали раньше»</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FF4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683834" w:rsidRPr="00D61E86" w:rsidRDefault="00683834" w:rsidP="00D61E86">
+    <w:p w:rsidR="00EC3A6D" w:rsidRPr="006D1E2E" w:rsidRDefault="00EC3A6D" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E43D5F" w:rsidRPr="00D61E86" w:rsidRDefault="00EC3A6D" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00EC3A6D" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«[</w:t>
       </w:r>
-      <w:r w:rsidR="00E43D5F" w:rsidRPr="00D61E86">
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Однако</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
-      <w:r w:rsidR="00E43D5F" w:rsidRPr="00D61E86">
-[...8 lines deleted...]
-        <w:t>үнемі монитор алдында және/немесе әлеуметтік желілерде отыра беру – жақсы шешім емес. Бұл денсаулыққа зиян, тиімсіз және үрей сезімін өршіте түсуі мүмкін», - деп жалғастырады д-р Дэймур және жасөспірімдерге ата-аналарымен бірге отырып, компьютер алдында өткізетін уақыт кестесін жасауға кеңес береді.</w:t>
+      <w:r w:rsidR="00963C64" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постоянное время</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пре</w:t>
+      </w:r>
+      <w:r w:rsidR="00963C64" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">провождение </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перед </w:t>
+      </w:r>
+      <w:r w:rsidR="00963C64" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>монитор</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidR="00963C64" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в социальных сетях</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не самое лучшее решение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Это</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вредно</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF23AE" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для здоровья</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, нерациональн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC24DA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может </w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">усугубить чувство тревоги», - </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>продолжает</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур и советует</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подросткам </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вместе с родителями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составить </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>расписание часов, которые они будут проводить</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE476E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за компьютером</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E43D5F" w:rsidRPr="00D61E86" w:rsidRDefault="00E43D5F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="006A1EA4" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="001C37A0" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Өздеріңізге көңіл бөліңіздер</w:t>
+        <w:t xml:space="preserve">Сосредоточьтесь </w:t>
+      </w:r>
+      <w:r w:rsidR="00511994" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на себе </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00A03573" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A1EA4" w:rsidRPr="00D61E86" w:rsidRDefault="00277691" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00511994" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> істі үйренгілеріңіз келіп пе еді? Жаңа кітап оқығыларыңыз келе ме? Әлде музыкалық аспапта ойнап көргілеріңіз келе ме? Қазір – ең қолайлы уақыт. Өздеріңізге көңіл бөлу және пайда болған бос уақытты өздеріңізге пайдалы етіп өткізу жолдарын іздеу – психикалық денсаулықтарыңыздың қамын ойлаудың жемісті жолы. «Осындай жағдайларда мен оқығым келген кітаптардың және тындырғым келген істердің тізімін жасайтынмын», - дейді д-р Дэймур.</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вы хотели научиться чему-то новому, начать читать новую книгу или попрактиковаться </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игре на музыкальном инструменте? Сейчас </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для этого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">самое </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подходящее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сосредоточенность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на себе и поиск способов провести с </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35997" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пользой</w:t>
+      </w:r>
+      <w:r w:rsidR="00512F64" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для себя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> появившееся свободное время –</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>это</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">продуктивный способ </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позаботиться о сво</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м психическом здоровье. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00293908" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подобных ситуациях</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>составлял</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00293908" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> список всех книг, которые хотела</w:t>
+      </w:r>
+      <w:r w:rsidR="001C37A0" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прочесть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>всех дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35997" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хотела </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сделать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>», - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A1EA4" w:rsidRPr="00D61E86" w:rsidRDefault="006A1EA4" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="303030"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PT Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00AF618F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="0030674C" w:rsidRPr="00D61E86">
+      <w:r w:rsidR="002B7C5F" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сезімдеріңізді толығымен сезініңіздер </w:t>
+        <w:t xml:space="preserve">Проживите </w:t>
+      </w:r>
+      <w:r w:rsidR="007B58EE" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свои </w:t>
+      </w:r>
+      <w:r w:rsidR="008D41EE" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чувства </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00A03573" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009035CA" w:rsidRPr="00D61E86" w:rsidRDefault="00163A3F" w:rsidP="00D61E86">
+    <w:p w:rsidR="009E12AD" w:rsidRPr="006D1E2E" w:rsidRDefault="002B7C5F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> Түңілуді жеңудің үздік тәсілі қандай? Өздеріңізге түңілу сезімін толығымен сезініп көрінуге рұқсат етіңіздер. «Жанға жара салатын уайым сөз болғанда, жағдайдан шығар жалғыз жол – сол эмоцияны толығымен сезіну. Егер мұңайып тұрсаңыздар, өздеріңізге мұңаюға рұқсат беріңіздер, сонда өздеріңізді тезірек жақсы сезінетін боласыздар».</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Человек испытывает сильное разочарование, когда он не может принимать </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участие в мероприятиях с друзьями, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заниматься </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>своим хобби или посещать спортивные матчи</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7F70" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. «Это </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– масштабные потери, которые </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по-настоящему огорчают подростков»</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Что же является лучшим способом справиться с разочарованием?</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Разрешите</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0492F" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себе</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прожить его</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0492F" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD28CE" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Когда </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">речь идет опричиняющем боль переживании, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4A54" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>то</w:t>
+      </w:r>
+      <w:r w:rsidR="002C507E" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> единственный выход </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из ситуации – </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прочувствовать</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данную эмоцию. </w:t>
+      </w:r>
+      <w:r w:rsidR="002575A4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если вам грустно</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002575A4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – позвольте себе грустить</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51920" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и вы быстрее почувствуете себя лучше»</w:t>
+      </w:r>
+      <w:r w:rsidR="002575A4" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009658D4" w:rsidRPr="00D61E86" w:rsidRDefault="009658D4" w:rsidP="00D61E86">
+    <w:p w:rsidR="00C91629" w:rsidRPr="006D1E2E" w:rsidRDefault="00C91629" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00163A3F" w:rsidRPr="00D61E86" w:rsidRDefault="006E2FD0" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="003E4455" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждый с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F548B5" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правляется с</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2548" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о своими эмоциями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по-</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разному. «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51920" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Одни</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>могут заняться</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">искусством, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43822" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другие </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>захотят поговорить со своими друзьями</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2548" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и разделить </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с ними </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2548" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общую грусть</w:t>
+      </w:r>
+      <w:r w:rsidR="00F548B5" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">испытав при этом чувство сопричастности </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4B2A" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и единения</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в период, когда личное общение невозможно. </w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кто-то</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> захо</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>че</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC24DA" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пополнить банк продовольстия», </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>д-р Дэймур. Маңыздысы, өздеріңізді жақсы сезінуге көмектесетін істермен айналысу қажет.</w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>продолжает д-р Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно, чтобы вы занимались тем, что помогает вам чувствовать себя лучше. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163A3F" w:rsidRPr="00D61E86" w:rsidRDefault="00163A3F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00AF618F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
-      <w:r w:rsidR="00754FEF" w:rsidRPr="00D61E86">
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Өздеріңізге және өзгелерге мейірімді болыңыздар </w:t>
+        <w:t>Будьте</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>добры</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>себе</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00447606" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>другим</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00A03573" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00145433" w:rsidRPr="00D61E86" w:rsidRDefault="00145433" w:rsidP="00D61E86">
+    <w:p w:rsidR="00B66E19" w:rsidRPr="006D1E2E" w:rsidRDefault="00B66E19" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Некоторые подростки сталкиваются с травлей и насилием в школе из-за коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00121D9B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. «Активная позициясвидетелей </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>таких нарушений</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– наилучший </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">способ справиться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>келген қудалау түрін жеңудің үздік тәсілі, - деп атап өтті д-р Дэймур </w:t>
-[...10 lines deleted...]
-        <w:t>–қудалау нысанына айналған балалар мен жасөспірімдер жәбірлеушілеріне қарсылық көрсетеді деп күтпеген жөн; керісінше, сондай балаларды достарынан немесе ересектерден көмек пен қолдау сұрауға ынталандыру қажет».</w:t>
+        <w:t xml:space="preserve">с любым видом травли, - </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отмечает д-р Дэймур -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не следует ожидать, что дети и подростки, </w:t>
+      </w:r>
+      <w:r w:rsidR="00215A89" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставшие </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>объект</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> травли,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будут противостоять</w:t>
+      </w:r>
+      <w:r w:rsidR="00215A89" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обидчикам</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>напротив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нам необходимо поощрять таких детей обращаться за помощью и поддержкой к друзьям или взрослым». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00145433" w:rsidRPr="00D61E86" w:rsidRDefault="00145433" w:rsidP="00D61E86">
+    <w:p w:rsidR="006806EF" w:rsidRPr="006D1E2E" w:rsidRDefault="006806EF" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD67C0" w:rsidRPr="00D61E86" w:rsidRDefault="00AD67C0" w:rsidP="00D61E86">
+    <w:p w:rsidR="00B66E19" w:rsidRPr="006D1E2E" w:rsidRDefault="00B66E19" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...8 lines deleted...]
-        <w:t>Егер әлдекімнің достарыңызға жәбір көрсеткеніне куә болсаңыздар, онымен сөйлесіп, қолдау көрсетуге тырысыңыздар. Әрекетсіздік адамды бүкіл әлем оған қарсы шықты және ешкімнің онымен шаруасы жоқ деп ойлауға мәжбүрлейді. Сіздердің сөздеріңіз жағдайды жақсы жағына қарай өзгертуге көмектеседі.</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если вы стали свидетелем издевательств над другом, </w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поговорите</w:t>
+      </w:r>
+      <w:r w:rsidR="00841670" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ним </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и попытайтесь предложить поддержку. </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бездействие может заставить человека думать, что целый мир ополчился против него и что никому нет до него дела. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ваши слова</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>помогут изменить ситуацию к лучшему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD67C0" w:rsidRPr="00D61E86" w:rsidRDefault="00AD67C0" w:rsidP="00D61E86">
+    <w:p w:rsidR="006806EF" w:rsidRPr="006D1E2E" w:rsidRDefault="006806EF" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD67C0" w:rsidRPr="00D61E86" w:rsidRDefault="00AD67C0" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00B66E19" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
-[...32 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И помните: сейчас как никогда </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0C19" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мы должны думать о том, что информация, которой мы делимся, или слова, которые мы говорим, могут причинить боль другим людям. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006806EF" w:rsidRPr="00D61E86" w:rsidRDefault="006806EF" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00A03573" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00D61E86" w:rsidRDefault="00AF618F" w:rsidP="00D61E86">
+    <w:p w:rsidR="00A03573" w:rsidRPr="006D1E2E" w:rsidRDefault="00AF618F" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="None"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D61E86">
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rStyle w:val="None"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>&gt;&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00AD67C0" w:rsidRPr="00D61E86">
+      <w:r w:rsidR="00985C03" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rStyle w:val="None"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="1BABE1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Читайте п</w:t>
+      </w:r>
+      <w:r w:rsidR="0065605B" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rStyle w:val="None"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="303030"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:color="1BABE1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одробнее о наших </w:t>
+      </w:r>
+      <w:r w:rsidR="00985C03" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1BABE1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Киберқудалаумен күресу туралы кеңестеріміз</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D61E86">
+        <w:t>советах</w:t>
+      </w:r>
+      <w:r w:rsidR="0065605B" w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1BABE1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="None"/>
+        <w:t xml:space="preserve"> о </w:t>
+      </w:r>
+      <w:r w:rsidR="00985C03" w:rsidRPr="006D1E2E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="303030"/>
+          <w:color w:val="1BABE1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>жайлы толығырақ оқыңыздар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D61E86">
+        <w:t>том, как справиться с кибертравлей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1E2E">
         <w:rPr>
           <w:rStyle w:val="None"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:color="1BABE1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00985C03" w:rsidRPr="00D61E86" w:rsidRDefault="00985C03" w:rsidP="00D61E86">
+    <w:p w:rsidR="00985C03" w:rsidRPr="006D1E2E" w:rsidRDefault="00985C03" w:rsidP="006D1E2E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00985C03" w:rsidRPr="00D61E86" w:rsidSect="00815019">
+    <w:sectPr w:rsidR="00985C03" w:rsidRPr="006D1E2E" w:rsidSect="00F72B74">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="004C16C2" w:rsidRDefault="004C16C2">
+    <w:p w:rsidR="00484E6A" w:rsidRDefault="00484E6A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="004C16C2" w:rsidRDefault="004C16C2">
+    <w:p w:rsidR="00484E6A" w:rsidRDefault="00484E6A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="00A03573" w:rsidRDefault="00A03573"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="004C16C2" w:rsidRDefault="004C16C2">
+    <w:p w:rsidR="00484E6A" w:rsidRDefault="00484E6A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="004C16C2" w:rsidRDefault="004C16C2">
+    <w:p w:rsidR="00484E6A" w:rsidRDefault="00484E6A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p w:rsidR="00A03573" w:rsidRDefault="00A03573"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0965280C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C247DFC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -2615,261 +7040,226 @@
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A03573"/>
     <w:rsid w:val="00005675"/>
     <w:rsid w:val="000344E9"/>
     <w:rsid w:val="00047480"/>
     <w:rsid w:val="00055FF4"/>
     <w:rsid w:val="00060210"/>
     <w:rsid w:val="00062058"/>
-    <w:rsid w:val="00072697"/>
     <w:rsid w:val="000800A1"/>
     <w:rsid w:val="0008233D"/>
     <w:rsid w:val="00095DD2"/>
     <w:rsid w:val="000C6307"/>
     <w:rsid w:val="00121D9B"/>
-    <w:rsid w:val="00145433"/>
     <w:rsid w:val="001464B0"/>
     <w:rsid w:val="00151134"/>
-    <w:rsid w:val="00163A3F"/>
     <w:rsid w:val="00174486"/>
     <w:rsid w:val="0018428A"/>
-    <w:rsid w:val="001C270F"/>
     <w:rsid w:val="001C37A0"/>
     <w:rsid w:val="001F240A"/>
     <w:rsid w:val="001F7E8E"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="00216826"/>
     <w:rsid w:val="0024015E"/>
     <w:rsid w:val="002448DD"/>
     <w:rsid w:val="002575A4"/>
-    <w:rsid w:val="00277691"/>
     <w:rsid w:val="00293908"/>
     <w:rsid w:val="002B5763"/>
     <w:rsid w:val="002B7C5F"/>
     <w:rsid w:val="002C0C7E"/>
-    <w:rsid w:val="002C35AD"/>
     <w:rsid w:val="002C4A54"/>
     <w:rsid w:val="002C507E"/>
-    <w:rsid w:val="002F05D8"/>
     <w:rsid w:val="002F3EFF"/>
-    <w:rsid w:val="0030674C"/>
     <w:rsid w:val="00345554"/>
     <w:rsid w:val="00351211"/>
     <w:rsid w:val="003566D4"/>
     <w:rsid w:val="00395C01"/>
     <w:rsid w:val="00396302"/>
     <w:rsid w:val="003A4453"/>
     <w:rsid w:val="003A6332"/>
     <w:rsid w:val="003B152D"/>
-    <w:rsid w:val="003C1191"/>
     <w:rsid w:val="003E4455"/>
     <w:rsid w:val="003F20F6"/>
     <w:rsid w:val="003F7584"/>
     <w:rsid w:val="00447606"/>
+    <w:rsid w:val="00484E6A"/>
     <w:rsid w:val="004A7386"/>
-    <w:rsid w:val="004C16C2"/>
-    <w:rsid w:val="004D042F"/>
     <w:rsid w:val="004D2216"/>
     <w:rsid w:val="00511994"/>
     <w:rsid w:val="00512F64"/>
     <w:rsid w:val="0051521F"/>
     <w:rsid w:val="0053323A"/>
     <w:rsid w:val="00536AE2"/>
     <w:rsid w:val="00550065"/>
     <w:rsid w:val="00550C29"/>
     <w:rsid w:val="00582924"/>
     <w:rsid w:val="005917B3"/>
     <w:rsid w:val="005970D5"/>
     <w:rsid w:val="005A7535"/>
     <w:rsid w:val="005C17FB"/>
     <w:rsid w:val="005C7BBE"/>
     <w:rsid w:val="005C7F08"/>
     <w:rsid w:val="005D6E1C"/>
     <w:rsid w:val="005E3B32"/>
     <w:rsid w:val="005E67BF"/>
     <w:rsid w:val="005F538A"/>
-    <w:rsid w:val="006300C2"/>
     <w:rsid w:val="00655D17"/>
     <w:rsid w:val="0065605B"/>
     <w:rsid w:val="00666E17"/>
     <w:rsid w:val="00677D6E"/>
     <w:rsid w:val="006806EF"/>
-    <w:rsid w:val="00683834"/>
     <w:rsid w:val="00687EFB"/>
-    <w:rsid w:val="0069319D"/>
     <w:rsid w:val="00695FF3"/>
-    <w:rsid w:val="006A1EA4"/>
     <w:rsid w:val="006A7F70"/>
-    <w:rsid w:val="006B7392"/>
+    <w:rsid w:val="006D1E2E"/>
     <w:rsid w:val="006E0957"/>
-    <w:rsid w:val="006E2FD0"/>
     <w:rsid w:val="006F0C19"/>
     <w:rsid w:val="00747C5B"/>
-    <w:rsid w:val="00754FEF"/>
     <w:rsid w:val="00786AB4"/>
     <w:rsid w:val="007B58EE"/>
     <w:rsid w:val="007E7417"/>
-    <w:rsid w:val="00815019"/>
     <w:rsid w:val="008346F0"/>
     <w:rsid w:val="00836B7D"/>
     <w:rsid w:val="008405C7"/>
     <w:rsid w:val="00841670"/>
     <w:rsid w:val="00842F8E"/>
-    <w:rsid w:val="00850A9D"/>
     <w:rsid w:val="008C65C6"/>
     <w:rsid w:val="008D01D7"/>
-    <w:rsid w:val="008D0221"/>
     <w:rsid w:val="008D41EE"/>
-    <w:rsid w:val="009035CA"/>
     <w:rsid w:val="00931F11"/>
-    <w:rsid w:val="00942FFA"/>
     <w:rsid w:val="00946D16"/>
-    <w:rsid w:val="00953EA8"/>
     <w:rsid w:val="00963C64"/>
-    <w:rsid w:val="009658D4"/>
     <w:rsid w:val="00966155"/>
     <w:rsid w:val="0098476E"/>
     <w:rsid w:val="00985C03"/>
     <w:rsid w:val="009869C2"/>
     <w:rsid w:val="00990B8A"/>
-    <w:rsid w:val="009A581C"/>
     <w:rsid w:val="009B66A0"/>
     <w:rsid w:val="009B68BF"/>
     <w:rsid w:val="009E12AD"/>
-    <w:rsid w:val="009F78CD"/>
     <w:rsid w:val="00A03573"/>
     <w:rsid w:val="00A0492F"/>
     <w:rsid w:val="00A168ED"/>
-    <w:rsid w:val="00A302B5"/>
     <w:rsid w:val="00A3104C"/>
     <w:rsid w:val="00A3756E"/>
     <w:rsid w:val="00A42FA4"/>
     <w:rsid w:val="00A55FDA"/>
     <w:rsid w:val="00A8000B"/>
     <w:rsid w:val="00A954DF"/>
     <w:rsid w:val="00AA1E0F"/>
     <w:rsid w:val="00AA2057"/>
     <w:rsid w:val="00AA2499"/>
     <w:rsid w:val="00AA7A90"/>
     <w:rsid w:val="00AB1B7D"/>
     <w:rsid w:val="00AC24DA"/>
     <w:rsid w:val="00AC55CE"/>
-    <w:rsid w:val="00AD2D9C"/>
-    <w:rsid w:val="00AD67C0"/>
     <w:rsid w:val="00AF23AE"/>
     <w:rsid w:val="00AF618F"/>
     <w:rsid w:val="00B02E61"/>
     <w:rsid w:val="00B11935"/>
     <w:rsid w:val="00B123E0"/>
     <w:rsid w:val="00B20A6C"/>
     <w:rsid w:val="00B257E3"/>
     <w:rsid w:val="00B3742F"/>
     <w:rsid w:val="00B43822"/>
     <w:rsid w:val="00B66E19"/>
     <w:rsid w:val="00B9088C"/>
     <w:rsid w:val="00BA2548"/>
     <w:rsid w:val="00BD0B36"/>
     <w:rsid w:val="00BE1D37"/>
     <w:rsid w:val="00C059F1"/>
-    <w:rsid w:val="00C10AB9"/>
     <w:rsid w:val="00C35997"/>
-    <w:rsid w:val="00C806DB"/>
     <w:rsid w:val="00C90C78"/>
     <w:rsid w:val="00C91629"/>
     <w:rsid w:val="00CA5AE9"/>
     <w:rsid w:val="00CD5780"/>
     <w:rsid w:val="00CE544C"/>
     <w:rsid w:val="00D04264"/>
     <w:rsid w:val="00D05BB5"/>
     <w:rsid w:val="00D3516C"/>
     <w:rsid w:val="00D60D28"/>
-    <w:rsid w:val="00D61E86"/>
     <w:rsid w:val="00D66195"/>
     <w:rsid w:val="00D81750"/>
     <w:rsid w:val="00D915BA"/>
     <w:rsid w:val="00DC0DAC"/>
     <w:rsid w:val="00DD28CE"/>
     <w:rsid w:val="00DF0881"/>
     <w:rsid w:val="00E2607D"/>
-    <w:rsid w:val="00E43D5F"/>
     <w:rsid w:val="00E51920"/>
     <w:rsid w:val="00E52C5C"/>
-    <w:rsid w:val="00E75EE1"/>
     <w:rsid w:val="00E87EC9"/>
-    <w:rsid w:val="00E90CA8"/>
     <w:rsid w:val="00E95042"/>
     <w:rsid w:val="00E968DB"/>
     <w:rsid w:val="00EC3A6D"/>
     <w:rsid w:val="00EC66E1"/>
     <w:rsid w:val="00EE476E"/>
     <w:rsid w:val="00EF27D1"/>
     <w:rsid w:val="00EF6413"/>
-    <w:rsid w:val="00F02FBA"/>
-    <w:rsid w:val="00F05CDF"/>
     <w:rsid w:val="00F26946"/>
     <w:rsid w:val="00F32604"/>
     <w:rsid w:val="00F548B5"/>
+    <w:rsid w:val="00F72B74"/>
     <w:rsid w:val="00FB10DA"/>
     <w:rsid w:val="00FD3260"/>
     <w:rsid w:val="00FD4B2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3020,142 +7410,142 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Numbered">
     <w:name w:val="Numbered"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="None">
     <w:name w:val="None"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink0">
     <w:name w:val="Hyperlink.0"/>
     <w:basedOn w:val="None"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:rPr>
       <w:color w:val="1BABE1"/>
       <w:u w:val="single" w:color="1BABE1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink1">
     <w:name w:val="Hyperlink.1"/>
     <w:basedOn w:val="a3"/>
-    <w:rsid w:val="00815019"/>
+    <w:rsid w:val="00F72B74"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F240A"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001F240A"/>
@@ -4230,72 +8620,72 @@
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1048</Words>
-  <Characters>5976</Characters>
+  <Words>1045</Words>
+  <Characters>5963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7010</CharactersWithSpaces>
+  <CharactersWithSpaces>6995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ekaterina Zimianina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>