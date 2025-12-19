--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,522 +1,12985 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мұғалім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">Как учителю эффективно использовать дистанционное обучение? </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...24 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>Дистанционное, или удаленное, обучение — это обучение на расстоянии с использованием информационных технологий. Такая форма обучения применима для проектной работы и дополнительного контроля знаний. Также удаленное обучение — это возможность полноценно учиться для детей с инвалидностью. Благодаря дистанционным занятиям можно заниматься с детьми во время болезни или карантина. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүгедектігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толыққанды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> карантин </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Мүмкіндіктерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>Убедитесь, что ученики имеют техническую возможность перейти на дистанционное обучение — должно быть необходимое оборудование и выход в интернет. Узнайте у родителей, готовы ли они оставить детей дома и контролировать процесс.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Oқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екеніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жабдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернетке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіншілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-аналардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалдыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақылауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екендігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрап-біліңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өзіңізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рылу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>Удаленное обучение отличается от очных занятий в школе. Если вы решили использовать его, для вас это будет новый опыт, своего рода эксперимент. Не расстраивайтесь, если что-то пойдет не так или не будет получаться. Дайте себе время адаптироваться и перестроить учебный процесс. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектептегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнделікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеленеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдасаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәрсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> я </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шықпай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көңіліңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсірмеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдерісіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейімделуіңізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылуың</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Мақсаттарды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...8 lines deleted...]
-        <w:t>? Или вам нужно занять детей в первой половине дня? Выстраивайте обучение исходя из целей и задач, которые стоят перед вами. Меняйте подходы, инструменты и приемы, если видите, что они не работают.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қашықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күтесіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> онлайн-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>платформалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалануды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйренуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жартысындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдыңызда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсат-міндеттеріңізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сүйене</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтиже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бермейтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>амалдарыңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдеріңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгертіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейімдеңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>В начальной школе по возможности сведите к минимуму изучение нового и сосредоточьтесь на повторении. Если решили дать новый материал, выберите доступный и комфортный для вас и учеников формат занятия. Например, покажите короткое видео или организуйте урок в режиме видеоконференции. Обязательно запишите все это, чтобы ученики могли в любой момент пересмотреть. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аз </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аударып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайталауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көңіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөліңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шешім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдасаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлығына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолжетімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыңғайлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форматын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таңдаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнеролик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видеоконференция </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Теорияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> практика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...16 lines deleted...]
-          <w:u w:val="none"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>теорияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгергенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тексеріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қараңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Яндекс</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D671EF">
-[...5 lines deleted...]
-        <w:t>.У</w:t>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.О</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D671EF">
-[...12 lines deleted...]
-        <w:t> показывает учителю результаты выполнения заданий. На основе результатов можно организовать видеоконференцию и разобрать характерные ошибки. После чего полезно будет дать самостоятельную работу на повторение. Так вы сможете определить, работают ли ваши объяснения и инструменты или что-то в процессе обучения следует изменить.</w:t>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мқғалімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нәтижелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видеоконференцияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатемен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айталау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осылайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсіліңіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаншалықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істейтіндігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгерту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керектігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>Выберите время для проведения дистанционных уроков. Лучше заниматься в первой половине дня. Расскажите детям и родителям, что занятия будут проходить каждый день в обозначенные часы. Так вы сможете планировать свое расписание, а ученики и их родители — свое. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дистанциондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таңдаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сабақпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күннің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жартысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнделікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгіленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтетіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарлаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осылайша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытыңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қадағалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>Наверняка дети захотят начинать занятия чуть позже, чем в школе. Не лишайте их такой возможности — выспавшиеся ученики будут работать лучше.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастағысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіншіліктен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айырмаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйқысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қандырған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйреншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмытыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қашықтықтағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауысуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибенің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мол </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көлемді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...3 lines deleted...]
-        <w:t>8. Установите сроки выполнения заданий</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрастырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: видео </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-10 минут, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 минут </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хат </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 минут.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D671EF">
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>леңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Онлайн-сервисы</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> мгновенно показывают результаты выполнения заданий, поэтому вам не нужно тратить время на проверку тетрадей. Остается только определить, какие результаты вы хотите увидеть сейчас, а что можно оценить позже. Пусть часть заданий ученики выполняют в течение часа, домашнее задание сделают до завтра, а на проект дайте неделю. Чтобы оставить детям больше времени на самостоятельную работу, можно разделить класс на группы и работать с каждой группой отдельно.</w:t>
+        <w:t xml:space="preserve">Онлайн - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сервистер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәптерлерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тексеруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмсаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дәл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көргіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келетіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайсысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінірек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тапсырманын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күнге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>апта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көбірек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сыныпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>топтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>топпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмытпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t xml:space="preserve">Обратная связь позволяет контролировать процесс обучения и эмоциональное </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенділігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t>состояние</w:t>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылау</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t xml:space="preserve"> и включенность учеников. По возможности организуйте две еженедельные встречи в режиме видеоконференции — с родителями и учениками. Заранее сообщите время, формат и тематику общения. Спросите у детей, с какими трудностями они сталкиваются, что нравится больше всего. С родителями обсудите организационные вопросы.</w:t>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мүмкіндігінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видеоконференция </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режимінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>апта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кездесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уақытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>форматты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тақырыбын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарлаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кездесетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қиыншылықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұнайтындығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әселелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талқылаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нұсқауларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D671EF" w:rsidRPr="00D671EF" w:rsidRDefault="00D671EF" w:rsidP="00D671EF">
+    <w:p w:rsidR="00D94BE2" w:rsidRPr="007F3634" w:rsidRDefault="00D94BE2" w:rsidP="00D94BE2">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D671EF">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D671EF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қашықтықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тудырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ішіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маңыздыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауабы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жадынама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрастырыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үй</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видеолар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>Skype</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D671EF">
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> онлайн-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жиналысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жадынаманы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чатқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D671EF">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> и отправьте памятку в общий чат.</w:t>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D671EF">
-        <w:t xml:space="preserve"> Родителям станет спокойнее, а вам не придется тратить время на объяснения каждому отдельно.</w:t>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іберіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осылай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыныш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адамға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсіктеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмсаудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F3634">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004477C1" w:rsidRDefault="004477C1"/>
-    <w:sectPr w:rsidR="004477C1">
+    <w:p w:rsidR="00CD2560" w:rsidRPr="007F3634" w:rsidRDefault="00CD2560">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00CD2560" w:rsidRPr="007F3634">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D671EF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D671EF"/>
+    <w:rsidRoot w:val="00D809A2"/>
+    <w:rsid w:val="007F3634"/>
+    <w:rsid w:val="00CD2560"/>
+    <w:rsid w:val="00D809A2"/>
+    <w:rsid w:val="00D94BE2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -635,132 +13098,562 @@
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D671EF"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-[...12 lines deleted...]
-    <w:basedOn w:val="a0"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D671EF"/>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1647588690">
+    <w:div w:id="1957178715">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1791438571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="343243431">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="91320365">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="205486779">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="355470485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="955327537">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="133374329">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1109474042">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="638418812">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1893344572">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="305551622">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1434517927">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1614511434">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="825366788">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1236743220">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1400900695">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1661041214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1451434219">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1844205142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1333486439">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="46614037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="796921881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="497428589">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -794,84 +13687,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1006,55 +13901,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3886</Characters>
+  <Pages>1</Pages>
+  <Words>702</Words>
+  <Characters>4008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4558</CharactersWithSpaces>
+  <CharactersWithSpaces>4701</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Динара</dc:creator>
+  <dc:creator>Dinara Sarsenbaevna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>