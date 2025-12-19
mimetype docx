--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,599 +1,695 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00AC33B9" w:rsidRDefault="00AC33B9" w:rsidP="00AC33B9">
-      <w:pPr>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="540" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00AC33B9" w:rsidRDefault="00AC33B9" w:rsidP="00AC33B9">
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карантиннен қалай аман қалуға болады: психологтан отбасына кеңес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC33B9">
-[...99 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Бүкіл әлем құлайтындай көрінген жағдайда тыныштық сақтау қиын. Экономикалық жағдай өзгеруде, басқа елдерден жағымсыз жаңалықтар келеді. Бұдан кейін не болады? Дағдарыстан кейін өмір қандай болады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Адамның травматикалық оқиғаға реакциясы толқуды, өткір қорқынышты, бақыланбайтын дүрбелең реакциясын, өзін-өзі толықтай жоғалтқанға дейін көрінуі мүмкін. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазір көпшілігіміз жаңалықтарды үнемі қадағалап отырамыз, ауру статистикасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қадағалап отырамыз, пікір алмасып, пайда болатын қауіпке қарсы тұру әдістерін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>талқылаймыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көптеген адамдар бірнеше апта бойы үйде жақын адамдарымен шектелген жерде өткізуге мәжбүр болады, әрине бұл жаңа тәжірибе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осыған байланысты отбасылық, тұлғааралық қатынастарда бұрыннан құтылуға болатын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаңа қиындықтардың пайда болуын болжауға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл жағдай біздер үшін бір сынақтың түрі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:hAnsi="inherit"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="42"/>
+          <w:szCs w:val="42"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біреу оның қасында керемет адамдардың өмір сүретініне және отбасы мүшелеріне, жақын адамдарына жақындай түсетініне сенімді болады және бұл жағдайдың кейбіреуі бір-бірінен алыстауы мүмкін. Біздің жұмысымыз көп жағдайда бізге, даналығымызға, берілу қабілетімізге, ымыраға келу қабілетімізге байланысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00AC33B9">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00AC33B9">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Не істеуге болады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Тоқта!» Ережесі. Күрделі стресстік жағдайда «Тоқта!» Деген бұйрықпен тоқтаған пайдалы. Содан кейін эмоцияларды, сезімдерді және байсалдылықты тастауға тырысыңыз, жағдайға жан-жақты қараңыз. Жағдайды драматизациялау нәтижелі емес екенін түсінуге тырысыңыз, өйткені бұл туындаған мәселелерді шешуге әкелмейді. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрі қарай, байыпты ойлаңыз және ықтимал қолайсыз салдарды азайту үшін жасаған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әрекеттеріңізді есептеңіз, қисынға жүгініңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRPr="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Жоспар.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Талдаудан кейін барлық жағдайларды нақты бағалай отырып, жоспар құрыңыз. Әр заттың салдары туралы ойланыңыз. Бұл сіз жағдайды басқара алатындығыңызға және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC33B9">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00AC33B9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сіз өзіңізді жеңу үшін бәрін жасап жатқандығыңызға түсінік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRPr="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Үйдегі жағдай.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отбасыда қауіпсіз, қолдау көрсететін, тыныш, достық атмосфераны құрып ,сақтаңыз. Бір-біріңді мақтап, мадақтаңдар, әзілдесіңдер. Бір-біріңе ұқыпты қара.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC33B9">
-[...200 lines deleted...]
-    <w:sectPr w:rsidR="00356AA6" w:rsidSect="00FE12D4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отбасылық рәсімдерді қолданыңыз,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сізді біріктіретін жаңаларын ойлап табыңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD50C8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Отбасының әр мүшесіне өзімен өзі бола алатын және демалуға болатын орын тауып беруге тырысыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD50C8" w:rsidRDefault="00BD50C8" w:rsidP="00BD50C8">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00925DF7" w:rsidRPr="00BD50C8" w:rsidRDefault="00925DF7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00925DF7" w:rsidRPr="00BD50C8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AC33B9"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FE12D4"/>
+    <w:rsidRoot w:val="00BD50C8"/>
+    <w:rsid w:val="00925DF7"/>
+    <w:rsid w:val="00BD50C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -718,263 +814,134 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE12D4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00356AA6"/>
+    <w:rsid w:val="00BD50C8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
     <w:name w:val="Стандартный HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00356AA6"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD50C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="223833116">
-[...129 lines deleted...]
-    <w:div w:id="1981035392">
+    <w:div w:id="179206258">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -1242,69 +1209,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>349</Words>
-  <Characters>1991</Characters>
+  <Words>331</Words>
+  <Characters>1887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2336</CharactersWithSpaces>
+  <CharactersWithSpaces>2214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Динара</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>