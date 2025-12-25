--- v0 (2025-12-07)
+++ v1 (2025-12-25)
@@ -2,949 +2,7466 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00550B6F">
+    <w:p w:rsidR="00F34897" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-737235</wp:posOffset>
+              <wp:posOffset>-813435</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-253365</wp:posOffset>
+              <wp:posOffset>-110490</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2343150" cy="1743075"/>
+            <wp:extent cx="2348230" cy="1504950"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="-176" y="0"/>
-[...3 lines deleted...]
-                <wp:lineTo x="-176" y="0"/>
+                <wp:start x="-175" y="0"/>
+                <wp:lineTo x="-175" y="21327"/>
+                <wp:lineTo x="21553" y="21327"/>
+                <wp:lineTo x="21553" y="0"/>
+                <wp:lineTo x="-175" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2343150" cy="1743075"/>
+                      <a:ext cx="2348230" cy="1504950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A600CD">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Рекомендации родителям детей, находящихся временно на дистанционном обучении</w:t>
-      </w:r>
+        <w:t>Уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00A600CD">
+    <w:p w:rsidR="00286769" w:rsidRPr="00F34897" w:rsidRDefault="00F34897" w:rsidP="00F34897">
       <w:pPr>
-        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F34897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F34897" w:rsidRDefault="00F34897" w:rsidP="00F34897">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">(время сна и бодрствования, время начала уроков, их продолжительность, «переменки» и пр.). Резкие изменения режима дня могут вызвать существенные перестройки адаптивных возможностей ребенка и привести к излишнему напряжению и стрессу. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үшін үйреншікті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">күн тәртібі мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғағын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ояну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басталуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ұзақтығы, «үзілістер» және т.б.) сақтағаныңыз дұрыс. Күн тәртібінде күрт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндіктерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтарлықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзгеруіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шамадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шиеленіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стреске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкелуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. Эмоциональное состояние ребенка напрямую зависит от состояния взрослого (родителей, близких). Опыт родителей из других стран показывает, что потребуется некоторое время на адаптацию к режиму самоизоляции, и это нормальный процесс. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дай</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабырлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзқараспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эмоционалдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тікелей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәжірибесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсеткендей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқшаулау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>режиміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біраз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...12 lines deleted...]
-        <w:t>не погружайтесь в длительные обсуждения ситуации пандем</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сабырлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұстамды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вирус </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беруден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пандемиялық жағдай мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қауі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...5 lines deleted...]
-        <w:t>ии и ее</w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пікірталасқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бармаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ғаламтор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұмдықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>толық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, которую Вы получаете от классного руководителя и администрации школы. Школе также нужно время на то, чтобы организовать этот процесс. В настоящее время существует целый ряд ресурсов, помогающих и родителям, и педагогам в дистанционном обучении </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектептен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тү</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-        <w:rPr>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інуге тырысыңыз. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әкімшілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшіден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпаратқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аударыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қашықтан оқытуға көмектесетін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатар ресурс бар (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Билимленд</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-        <w:rPr>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күнделік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, U-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>study</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т.б.). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> и др.).</w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Многие родители уже используют эти платформы, поскольку они содержательно связаны с образовательными программами. </w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарламаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мазмұнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болғандықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазірдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...22 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейбіреулерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баласымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меңгеруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туыстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қашықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тартымдылығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қойып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...4 lines deleted...]
-        <w:t>,е</w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> попробуют «освоить» некоторые из них вместе с ребенком. Например, можно задать ребенку вопросы, поучаствовать в дискуссии и тогда урок превратится в увлекательную, познавательную игру-занятие. Для ребенка — это возможность повысить мотивацию, а для родителей — лучше узнать и понять своих детей. </w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ікірталас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тудырсаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойын-сабаққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мотивацияны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғарылату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсырақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түсіну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкіндігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...35 lines deleted...]
-        <w:t xml:space="preserve">(новости, ленты в социальных сетях). </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәжбү</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ортада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (телефон, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мессенджер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>байланыста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ағынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңалықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желілердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азайту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңалықтардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабардар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңалықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңдап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реттен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңертең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңертеңгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00A600CD">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:pageBreakBefore/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">то время побыть в покое — и вечером, но не позже чем за 2 часа до сна), это поможет снизить уровень тревоги. </w:t>
+        <w:t>шаруалардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әсімдерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біраз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кешке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыныштықта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйқыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сағат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұрын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мазасыздықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азайтуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көмектеседі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Для общения с </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жақын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адамдармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шу», </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарататын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>желілерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аулақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болуға кеңес беріңіз. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өзіңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-[...22 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мессенджерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таңдаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Viber</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әңгімені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ауыстыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тырысыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Әлемдегі </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жиі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>талқылайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чаттардан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аулақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болған жөн. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күніне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 – 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеткілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жедел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алмасушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үнсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>режимге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қоюға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жә</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> можно поставить на бесшумный режим и лишь при необходимости заходить туда. </w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A600CD" w:rsidRPr="00A600CD" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F166A2" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A600CD">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">(не надо его все время развлекать и занимать) и совместные </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бетінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A600CD">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A600CD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> взрослым дела, которые давно откладывались. Главная идея состоит в том, что пребывание дома — не «наказание», а ресурс для освоения новых навыков, получения знаний, для новых интересных дел. </w:t>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сүру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңдерін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(үнемі оның көңілін көтеріп, шұғылдандырудың қажеті жоқ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уақытқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кейінге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалдырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идеясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>игеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>істермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айналысудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F166A2">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA7104" w:rsidRPr="00D07BD7" w:rsidRDefault="00A600CD" w:rsidP="00D07BD7">
+    <w:p w:rsidR="00F34897" w:rsidRPr="00CD18A1" w:rsidRDefault="00F34897" w:rsidP="00CD18A1">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00D07BD7">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сыныптастарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D07BD7">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қоңыраулар, ВК, топтық чат) қарым – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> на интересующую тему (спорт, музыка, кино, кулинария). </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қатынасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалғастыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>виртуалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идеяларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естеліктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және т.б.) және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>белсенділікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Жасөспі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">імдерге өздерін қызықтыратын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыпта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (спорт, музыка, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фильмдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> блог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүргізе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD18A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E0210" w:rsidRDefault="007E0210" w:rsidP="00A600CD">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00F34897" w:rsidRDefault="00F34897" w:rsidP="00F34897">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E0210" w:rsidRDefault="007E0210" w:rsidP="00A600CD">
+    <w:p w:rsidR="00F34897" w:rsidRDefault="00F34897" w:rsidP="00F34897">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E0210" w:rsidRPr="00A600CD" w:rsidRDefault="007E0210" w:rsidP="007E0210">
+    <w:p w:rsidR="00F34897" w:rsidRDefault="00F34897" w:rsidP="00F34897">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F34897" w:rsidRPr="00F34897" w:rsidRDefault="00F34897" w:rsidP="00F34897">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E0210">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4296750" cy="2730712"/>
             <wp:effectExtent l="19050" t="0" r="8550" b="0"/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4300641" cy="2733185"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007E0210" w:rsidRPr="00A600CD" w:rsidSect="00AA7104">
+    <w:sectPr w:rsidR="00F34897" w:rsidRPr="00F34897" w:rsidSect="00286769">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0E1D27C8"/>
+    <w:nsid w:val="043A4E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9B36F198"/>
+    <w:tmpl w:val="87207E26"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -1011,53 +7528,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C876BA1"/>
+    <w:nsid w:val="5B7847B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5568EE3A"/>
+    <w:tmpl w:val="7F2ADC5E"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -1143,56 +7660,57 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A600CD"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D07BD7"/>
+    <w:rsidRoot w:val="00F34897"/>
+    <w:rsid w:val="0002042B"/>
+    <w:rsid w:val="00286769"/>
+    <w:rsid w:val="00743803"/>
+    <w:rsid w:val="00CD18A1"/>
+    <w:rsid w:val="00F166A2"/>
+    <w:rsid w:val="00F34897"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1335,131 +7853,131 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AA7104"/>
+    <w:rsid w:val="00286769"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A600CD"/>
+    <w:rsid w:val="00F34897"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A600CD"/>
+    <w:rsid w:val="00F34897"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00A600CD"/>
+    <w:rsid w:val="00F34897"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D07BD7"/>
+    <w:rsid w:val="00CD18A1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1913,55 +8431,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3047</Characters>
+  <Pages>1</Pages>
+  <Words>539</Words>
+  <Characters>3074</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3574</CharactersWithSpaces>
+  <CharactersWithSpaces>3606</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Динара</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>