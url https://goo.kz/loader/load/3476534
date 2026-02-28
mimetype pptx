--- v0 (2025-12-23)
+++ v1 (2026-02-28)
@@ -1,86 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="287" r:id="rId4"/>
     <p:sldId id="291" r:id="rId5"/>
     <p:sldId id="271" r:id="rId6"/>
     <p:sldId id="281" r:id="rId7"/>
     <p:sldId id="292" r:id="rId8"/>
     <p:sldId id="293" r:id="rId9"/>
     <p:sldId id="294" r:id="rId10"/>
     <p:sldId id="259" r:id="rId11"/>
     <p:sldId id="285" r:id="rId12"/>
     <p:sldId id="286" r:id="rId13"/>
-    <p:sldId id="260" r:id="rId14"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="12192000" cy="6858000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -252,85 +249,85 @@
           <a:insideV>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15621" autoAdjust="0"/>
     <p:restoredTop sz="94532" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr>
         <p:scale>
-          <a:sx n="47" d="100"/>
-          <a:sy n="47" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="-2184" y="-954"/>
+        <p:origin x="-1308" y="-462"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2880"/>
         <p:guide pos="2160"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="300"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title Slide">
@@ -448,82 +445,85 @@
           <p:cNvPr id="5" name="Holder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
+              <a:pPr/>
               <a:t>4/2/2020</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -625,82 +625,85 @@
           <p:cNvPr id="5" name="Holder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
+              <a:pPr/>
               <a:t>4/2/2020</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -839,82 +842,85 @@
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
+              <a:pPr/>
               <a:t>4/2/2020</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Holder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
   <p:cSld name="Title Only">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
@@ -1145,82 +1151,85 @@
           <p:cNvPr id="4" name="Holder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
+              <a:pPr/>
               <a:t>4/2/2020</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Holder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
   <p:cSld name="Blank">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
@@ -1522,82 +1531,85 @@
           <p:cNvPr id="3" name="Holder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="6"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
+              <a:pPr/>
               <a:t>4/2/2020</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Holder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
@@ -1751,92 +1763,95 @@
             <a:off x="609600" y="6377940"/>
             <a:ext cx="2804160" cy="342900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US"/>
+              <a:pPr/>
               <a:t>4/2/2020</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8778240" y="6377940"/>
             <a:ext cx="2804160" cy="342900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{B6F15528-21DE-4FAA-801E-634DDDAF4B2B}" type="slidenum">
+              <a:rPr/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr>
         <a:defRPr>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
@@ -1969,113 +1984,109 @@
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8058911" y="0"/>
-            <a:ext cx="4133215" cy="6858000"/>
+            <a:off x="8229600" y="152400"/>
+            <a:ext cx="3962526" cy="6705600"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="4133215" h="6858000">
                 <a:moveTo>
                   <a:pt x="0" y="6858000"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="4133088" y="6858000"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="4133088" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="6858000"/>
                 </a:lnTo>
                 <a:close/>
@@ -2084,206 +2095,301 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8519478" y="1524000"/>
+            <a:off x="8667559" y="4800600"/>
             <a:ext cx="3054985" cy="443711"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="12700">
+            <a:pPr marL="12700" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2800" spc="-10" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="2800" spc="-10" dirty="0" smtClean="0"/>
+              <a:t>ҰСЫНЫСТАР</a:t>
+            </a:r>
+            <a:endParaRPr sz="2800" spc="-10" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 4"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8229600" y="2566353"/>
-            <a:ext cx="3634740" cy="2240998"/>
+            <a:off x="8229600" y="2209800"/>
+            <a:ext cx="3634740" cy="2253822"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2400" spc="-5" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="2400" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>по</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2400" spc="-5" dirty="0">
+              <a:t>«Павлодар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2400" spc="-10" dirty="0">
+              <a:t>қаласының </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>организации  дистанционного </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2400" spc="-10" dirty="0" err="1">
+              <a:t>№ 20 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>обучения</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="2400" spc="-10" dirty="0">
+              <a:t>лицей-мектебі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> </a:t>
-[...20 lines deleted...]
-            </a:r>
+              <a:t>»ММ </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" spc="-5" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0">
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>с</a:t>
-            </a:r>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="12700" marR="5080" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="95"/>
+              </a:spcBef>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> 6.04.- 22.05.2020</a:t>
+              <a:t>6.04.- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>22.05</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>.2020 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>қашықтықтан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>оқытуды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>ұйымдастыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr sz="2400" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1981200"/>
             <a:ext cx="8689848" cy="4558284"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
@@ -2433,51 +2539,61 @@
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>2020</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t> год</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>жыл</a:t>
             </a:r>
             <a:endParaRPr dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="object 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FF23EF71-F2D6-4C43-AE2D-9CBCD0C12801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1600200" y="420877"/>
@@ -2490,73 +2606,81 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400" b="1" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="Arial"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" kern="0" spc="-20" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx2"/>
-[...2 lines deleted...]
-              <a:t>ГУ «Школа-лицей №20 города Павлодара» </a:t>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> «Павлодар қаласының №20 лицей-мектебі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" kern="0" spc="-20" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>» ММ </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" kern="0" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="tx2"/>
+                <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="228600" y="207263"/>
             <a:ext cx="1247775" cy="952500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
@@ -2817,106 +2941,78 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="691387" y="567943"/>
-            <a:ext cx="7956550" cy="360680"/>
+            <a:ext cx="7956550" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2200" spc="-15" dirty="0">
-[...33 lines deleted...]
-            <a:endParaRPr sz="2200">
+              <a:rPr lang="kk-KZ" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Қашықтықтан оқытуды ұйымдастыру моделі</a:t>
+            </a:r>
+            <a:endParaRPr sz="2200" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
@@ -2941,162 +3037,175 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1048870" y="1447800"/>
-            <a:ext cx="3744000" cy="602729"/>
+            <a:ext cx="3744000" cy="356508"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="160655" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="860"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="1600" spc="-10" dirty="0">
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Электронный </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-10" dirty="0" err="1">
+              <a:t>Электрон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
+              <a:t>ды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-10" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>журнал</a:t>
             </a:r>
             <a:r>
-              <a:rPr sz="1600" spc="35" dirty="0">
+              <a:rPr sz="1600" spc="35" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-5" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" spc="35" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>и </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-5" dirty="0" err="1">
+              <a:t> және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>дневник</a:t>
-[...5 lines deleted...]
-              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>kundelik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="1600" spc="-10" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>kz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" spc="-10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr sz="1600" spc="-10" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -3154,214 +3263,164 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1035840" y="5971733"/>
             <a:ext cx="3671570" cy="505267"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="427355" marR="280670" indent="-140335">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="1600" spc="-25" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Ресурсы </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-5" dirty="0">
+              <a:t>М</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>социальных </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-20" dirty="0">
+              <a:t>обиль</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>сетей </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" dirty="0">
+              <a:t>ді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-25" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>и  </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-5" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr sz="1600" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>мобильных</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-25" dirty="0">
+              <a:t>мессенджер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...9 lines deleted...]
-              <a:t>мессенджеров</a:t>
+              <a:t>лер мен әлеуметтік желі ресурстары</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="object 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1047983" y="5357211"/>
             <a:ext cx="3744000" cy="357789"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="110489" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr sz="1600" spc="-5" dirty="0" err="1">
+              <a:rPr lang="kk-KZ" sz="1600" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Личный</a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1600" spc="-5" dirty="0">
+              <a:t>Мұғалімнің </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" spc="-20" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...39 lines deleted...]
-              <a:t>учителя</a:t>
+              <a:t>жеке сайты</a:t>
             </a:r>
             <a:endParaRPr sz="1600" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4914900" y="1447800"/>
             <a:ext cx="7134225" cy="5149597"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
@@ -3388,342 +3447,1492 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="object 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4994275" y="1432029"/>
-            <a:ext cx="6910120" cy="5106526"/>
+            <a:ext cx="6910120" cy="4691028"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="119380" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="1227455">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="940"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="1350" b="1" spc="-10" dirty="0">
+              <a:rPr sz="1350" b="1" spc="-10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ЦИФРОВЫЕ </a:t>
-[...2 lines deleted...]
-              <a:rPr sz="1350" b="1" spc="-30" dirty="0">
+              <a:t>ЦИФР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1350" b="1" spc="-10" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ОБРАЗОВАТЕЛЬНЫЕ</a:t>
-[...20 lines deleted...]
-            </a:r>
+              <a:t>ЛЫ  БІЛІМ БЕРУ РЕСУРСТАРЫ </a:t>
+            </a:r>
+            <a:endParaRPr sz="1350" b="1" spc="-15" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1350" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Бәрі үшін:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1350" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«Coursera» — проект в сфере массового онлайн-образования. Стоит отметить, что компания обратилась в Министерство образования и науки РК с предложением открыть бесплатный доступ к информации.https://www.coursera.org/</a:t>
+              <a:t>«Coursera» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>—бұқаралық онлайн</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жобасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> . </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Атап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өту керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ,компания ҚР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>және ғылым министрлігіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ақпаратқа тегін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қол жеткізу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>туралы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ұсыныспен шықты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>://www.coursera.org/</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Хана </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>академиясы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Академия Хана — некоммерческая образовательная организация. Для школьников также открыт бесплатный доступ к ресурсу.https://ru.khanacademy.org/</a:t>
+              <a:t>— </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>коммерциялық емес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ұйымы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оқушылар үшін ресурстарға  тегін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қол жетімді.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>://ru.khanacademy.org/</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1350" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оқушылар үшін </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1350" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«Bilim media Group». Огромная база с образовательным контентом, в которой более 40 тыс. материалов. Казахстанской компанией все ресурсы открыты бесплатно.https://bilimland.kz</a:t>
+              <a:t>«Bilim media Group». </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>40 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мыңнан астам</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> материал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>орналасқан  білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>контенті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> бар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>үлкен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>база.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан компаниясы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы барлық ресурстар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тегін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>орналасқан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>://bilimland.kz</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«Daryn Online». Молодые ребята с хорошим образовательным ресурсом обнулили свои тарифы. Весь контент соответствует ГОСО.https://daryn.online</a:t>
+              <a:t>«Daryn </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Online</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>». </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Жас</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>балалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жақсы білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> беру </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ресурстарымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өз тарифтерін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нөл қалпына </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>келтірді.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Барлық </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>контент</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЖББМС </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сәйкес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.https</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>://daryn.online</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Платформа Opiq. Интерактивный ресурс содержит школьные учебники. Большая часть учебников издательства «Алматыкітап баспасы». Ожидаем, что к данному эстонскому проекту подключатся и другие издательства.www.opiq.kz</a:t>
-            </a:r>
+              <a:t>Платформа Opiq. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Интерактивті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ресурсқа мектеп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқулықтары кіреді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>содержит школьные учебники. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оқулықтардың басым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>көпшілігі  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>«Алматыкітап баспасы». </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Осы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>эстон</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жобасына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>басқа </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>да </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>баспалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қосыладыдеп ойлаймыз.www.opiq.kz</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1350" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1350" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ҰБТ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>дайындық бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>виртуалды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> тренажер </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>іTest.www.itest.kz</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1350" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Студенттер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқушылар үшін білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> беру  порталы .https</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Образовательной портал для школьников и студентов.https://100ballov.kz/</a:t>
+              <a:t>://100ballov.kz/</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>NIS Play http://play.nis.edu.kz/application/registration</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Академия STEM. Стоит отметить, что казахстанские ребята хорошо справляются с популяризацией STEM образования.https://stem-academia.com/</a:t>
-[...9 lines deleted...]
-              <a:t>en</a:t>
+              <a:t>Академия STEM. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Атап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өту керек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қазақстандық жастар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> STEM </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білімін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жақсы танымал</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>етуде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1350" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>/</a:t>
-[...19 lines deleted...]
-              <a:t>/</a:t>
+              <a:t>iMektep.www.imektep.kz</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1350" dirty="0">
-[...21 lines deleted...]
-              <a:t>Платформа для изучения STEM.http://makeathon.kazneuro.kz/</a:t>
+              <a:rPr lang="ru-RU" sz="1350" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПлатформаSTEM.http://makeathon.kazneuro.kz/Бәрі үшін</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1350" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="object 18"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="391668" y="1573461"/>
             <a:ext cx="598932" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3898,638 +5107,738 @@
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="160655" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="860"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Streaming, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Платформалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="kk-KZ" sz="1600" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="160655" algn="ctr">
               <a:spcBef>
                 <a:spcPts val="860"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Bilimland.kz, sabak.kz, aitube.kz, youtube.com </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1600" dirty="0">
-[...6 lines deleted...]
-              <a:t>и приложения </a:t>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Zoom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> қосымшасы, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Skype</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Zoom, Skype, Moodle, Opiq.kz</a:t>
+              <a:t>, Moodle, Opiq.kz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FE33593C-11B5-4162-9AF2-527A0FA0AE7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1053210" y="3476828"/>
-            <a:ext cx="3744000" cy="1095172"/>
+            <a:ext cx="3744000" cy="848950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Aitube</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>kz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> республикалық телеарналардан жүргізілетін бейнесабақтар  орналастырылады,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
-            </a:r>
-[...8 lines deleted...]
-              <a:t>будут размещены разработанные видеоуроки, транслируемые на республиканских телеканалах.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="object 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D334415B-1EFC-4EE6-B30E-9D2675507765}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1042973" y="4655071"/>
             <a:ext cx="3744000" cy="602729"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="109220" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
-[...61 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мектеп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> сайты , </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>әлеуметтік желілер:т.б</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1600" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
-              <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="1219200"/>
-            <a:ext cx="10912246" cy="5124993"/>
+            <a:ext cx="10912246" cy="4801314"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>знакомится с расписанием, темами, содержанием онлайн-уроков через доступные средства связи;</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Қол жетімді жабдықтар арқылы онлайн-сабақтың мазмұнымен,тақырыппен,кестемен танысады;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>обязан ежедневно просматривать трансляцию ТВ-уроков согласно расписания, а также все доступные электронные платформы, указанные учителем-предметником;</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Кестеге сәйкес ТВ-сабақтарды күнделікті қарауға міндетті,сол сияқты пән мұғалімі ұсынған  қолжетімді электронды платформаларды;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>ежедневно самостоятельно выполняет задания, в том числе через доступные средства связи, которые установлены организацией среднего образования;</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Күн сайын  орта білім беру ұйымы орнатқан желілер арқылы  тапсырмаларды өздігінен орындайды;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>находится на ежедневной связи с классным руководителем и учителями-предметниками;</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Сынып жетекшісі және пән мұғалімдерімен күн сайын байланыста болады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>выполняет работу над ошибками после комментария учителя-предметника; </a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Пән мұғалімінің талдауынан кейін  қатемен жұмысты орындайды ; </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>ежедневно заходит в личный кабинет в электронном дневнике, в электронную почту и другие системы и технологии связи для получения учебного материала для самостоятельного изучения;</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Электронды күнделіктегі жеке кабинетіне ,электронды поштаға және басқа да желелерге өздігінен білімдену үшін оқу материалдарын алуға күн сайын кіреді;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Мұғалімнің талаптарына сай күн сайын орындаған тапсырмасын ұсынады,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>қолжетімді байланыстар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>арқылы орындаған тапсырмасын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>скан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ирование арқылы (немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>фото</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>) жібереді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>электронды күнделік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>пошта</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>W</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ежедневно </a:t>
+              <a:t>hats</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>п</a:t>
+              <a:t>pp </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>және</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>представляет </a:t>
-[...96 lines deleted...]
-            </a:r>
+              <a:t> т.б.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>соблюдает правила академической честности и принципы самоконтроля при выполнении учебных заданий;</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Адалдық ережесін сақтайды және оқу тапсырмасын орындау кезінде өзін-өзібақылау прициптерін ұстанады;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" dirty="0">
-[...4 lines deleted...]
-              <a:t>использует дополнительные  электронные образовательные ресурсы</a:t>
+              <a:rPr lang="kk-KZ" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Қосымша электронды білімдену ресурстарын қолданады</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="152400"/>
             <a:ext cx="11791315" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -4679,53 +5988,54 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="381000"/>
             <a:ext cx="11402467" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
+              <a:t>БІЛІМ АЛУШЫЛАР:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="152400"/>
             <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -4778,212 +6088,177 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1447800"/>
-            <a:ext cx="10912246" cy="4444486"/>
+            <a:ext cx="10912246" cy="4524315"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
-[...4 lines deleted...]
-              <a:t>создают условия для обучения;</a:t>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>білім алу үшін жағдай жасайды;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...12 lines deleted...]
-              <a:t>я</a:t>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>оқу-тәрбие жұмысын ұйымдастыру процесімен,сабақ кестесімен,жұмыс кестесімен</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ться </a:t>
-[...31 lines deleted...]
-              <a:t>учебно-</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>воспитательно</a:t>
+              <a:t>танысады</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
-                <a:solidFill>
-[...6 lines deleted...]
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2800" dirty="0">
-[...13 lines deleted...]
-            </a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>оқушының үй тапсырмасын орындауын бақылауды жүзеге асырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="285750">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="kk-KZ" sz="2800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>поддерживают связь с классным руководителем и учителями-предметниками.</a:t>
+              <a:t>с</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ынып жетекшісі және пән мұғалімдерімен үнемі байланыста болады.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="152400"/>
             <a:ext cx="11791315" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -5133,53 +6408,62 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="381000"/>
             <a:ext cx="11402467" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
+              <a:t>ОҚУШЫЛАРДЫҢ АТА-АНАЛАРЫ </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
-              <a:t>РОДИТЕЛИ (ЗАКОННЫЕ ПРЕДСТАВИТЕЛИ) ОБУЧАЮЩИХСЯ:</a:t>
-            </a:r>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-5" dirty="0" smtClean="0"/>
+              <a:t>ЗАҢДЫ ӨКІЛДЕРІ) :</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" spc="-5" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="152400"/>
             <a:ext cx="71755" cy="792000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -5195,511 +6479,50 @@
                 <a:lnTo>
                   <a:pt x="0" y="647700"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1815716613"/>
       </p:ext>
     </p:extLst>
-  </p:cSld>
-[...459 lines deleted...]
-    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -5901,58 +6724,68 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="793191" y="821758"/>
             <a:ext cx="8875395" cy="321242"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ҚАШЫҚТЫҚТАН БІЛІМ БЕРУ ТЕХНОЛОГИЯЛАРЫ(ҚБТ</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ДИСТАНЦИОННЫЕ ОБРАЗОВАТЕЛЬНЫЕ ТЕХНОЛОГИИ (ДОТ)</a:t>
+              <a:t>)</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="562355"/>
             <a:ext cx="71755" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
@@ -5983,264 +6816,447 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="605129" y="1880270"/>
-            <a:ext cx="11358271" cy="936154"/>
+            <a:ext cx="11358271" cy="1243930"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="100"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Бұл оқыту,ақпаратты-коммуникациялық технологиялар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> мен  </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Это обучение, осуществляемое с применением информационно-коммуникационных технологий и телекоммуникационных средств на расстоянии, </a:t>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>телекоммуникациялық  құралдарды  қашықтықтан қолдануымен немесе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білімденуші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>педагогтың толығынан өзара әрекетімен жүзеге асырылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2000" b="0" spc="-5" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...8 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" b="0" spc="-15" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1205330" y="3352800"/>
             <a:ext cx="5881269" cy="627736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab pos="3383915" algn="l"/>
                 <a:tab pos="3687445" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>осуществляется путем взаимодействия педагога и обучающегося между собой на расстоянии</a:t>
+              <a:t>Білімденуші</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>педагогтың қашықтықтан өз </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ара </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>әрекеттенуі жолымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жүзеге асырылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1216660" y="4324713"/>
             <a:ext cx="5336540" cy="752129"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="135255" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:tabLst>
                 <a:tab pos="1745614" algn="l"/>
                 <a:tab pos="3429635" algn="l"/>
                 <a:tab pos="4080510" algn="l"/>
                 <a:tab pos="5217795" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>с помощью телевизионных уроков (телеуроков</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" spc="-5" dirty="0">
+              <a:t>Телеарна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сабақтарының көмегімен(телесабақтар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr sz="1900" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1204061" y="5334000"/>
             <a:ext cx="5334000" cy="627736"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="960"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" dirty="0">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>сетевых и кейс-технологий</a:t>
-[...5 lines deleted...]
-              </a:rPr>
               <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кейс-технологиялары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> желі көмегімен жүзеге асырылады</a:t>
             </a:r>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="530351" y="3429000"/>
             <a:ext cx="571500" cy="529703"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId3" cstate="print"/>
             <a:stretch>
@@ -6334,95 +7350,122 @@
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1053562" y="4419600"/>
-            <a:ext cx="3671570" cy="1390124"/>
+            <a:off x="1066800" y="4419600"/>
+            <a:ext cx="3671570" cy="1113125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" spc="-5" dirty="0">
+              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Посредством заранее подготовленного плана урока на бумажном носителе (нарочно)</a:t>
-            </a:r>
+              <a:t>Алдын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> ала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-5" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>қағаз  жүзінде жоспарланған сабақтың көмегімен</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" spc="-5" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:latin typeface="Arial"/>
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr spc="-5" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -6630,68 +7673,56 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="637438" y="609346"/>
             <a:ext cx="8113395" cy="360680"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr sz="2200" spc="-25" dirty="0"/>
-[...16 lines deleted...]
-              <a:t>Е ПРОВОДИТСЯ</a:t>
+              <a:rPr lang="kk-KZ" sz="2200" spc="-25" dirty="0" smtClean="0"/>
+              <a:t>ҚАШЫҚТЫҚТАН ОҚЫТУДЫ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-25" dirty="0" smtClean="0"/>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="647700"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
@@ -6733,78 +7764,58 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1053562" y="3491230"/>
             <a:ext cx="3899438" cy="559127"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="334F89"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="5080" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="635" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="1800" spc="-5" dirty="0">
+              <a:rPr lang="kk-KZ" sz="1800" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>Посредством телеуроков, в т.ч. </a:t>
-[...19 lines deleted...]
-              <a:t>удиоуроков на радио </a:t>
+              <a:t> Телесабақтар  көмегімен, оның ішінде аудиосабақтар</a:t>
             </a:r>
             <a:endParaRPr sz="1800" dirty="0">
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5115074" y="2796672"/>
             <a:ext cx="6569930" cy="3489827"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
@@ -6882,59 +7893,96 @@
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{619182C5-3A4C-47A6-8292-5DFE8A3C3EC3}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="1076676" y="2200133"/>
               <a:ext cx="4038398" cy="646331"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="ru-RU" dirty="0">
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
-                <a:t>Учителем самостоятельно посредством интернет платформ</a:t>
+                <a:t>Интернет </a:t>
               </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>платформалары</a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t> </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                  <a:solidFill>
+                    <a:schemeClr val="bg1"/>
+                  </a:solidFill>
+                  <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                </a:rPr>
+                <a:t>көмегімен мұғалім өздігінен</a:t>
+              </a:r>
+              <a:endParaRPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499094337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -7111,68 +8159,58 @@
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="793191" y="821758"/>
             <a:ext cx="10973233" cy="321242"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0">
+              <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>УРОК ПОСРЕДСТВОМ </a:t>
-[...9 lines deleted...]
-              <a:t>ИНТЕРНЕТ-ПЛАТФОРМ </a:t>
+              <a:t>САБАҚ ИНТЕРНЕТ-ПЛАТФОРМА  АРҚЫЛЫ</a:t>
             </a:r>
             <a:endParaRPr lang="kk-KZ" sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="562355"/>
             <a:ext cx="71755" cy="913130"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
@@ -7199,130 +8237,193 @@
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="61C3EE"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1207871" y="3886200"/>
-            <a:ext cx="5332730" cy="314960"/>
+            <a:ext cx="5332730" cy="304571"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab pos="3383915" algn="l"/>
                 <a:tab pos="3687445" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" spc="-10" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сабақтың ұзақтығы </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1900" spc="-10" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Продолжительность урока – </a:t>
+              <a:t>– </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" b="1" u="sng" spc="-10" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="kk-KZ" sz="1900" b="1" u="sng" spc="-10" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>до 30 минут</a:t>
+              <a:t>30 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" b="1" u="sng" spc="-10" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>минутқа дейін</a:t>
             </a:r>
             <a:endParaRPr sz="1900" b="1" u="sng" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="object 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1204061" y="3124200"/>
             <a:ext cx="5336540" cy="721351"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="135255" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1065"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0">
-[...3 lines deleted...]
-              <a:t>По расписанию уроков, утвержденному директором школы. </a:t>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мектеп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> директоры </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бекіткен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сабақ кестесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
             </a:r>
             <a:endParaRPr sz="1900" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="491904" y="2258822"/>
             <a:ext cx="571500" cy="529703"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
@@ -7412,119 +8513,228 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0A959043-7704-4933-BB8D-7A2F50B90142}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1208848" y="2133600"/>
             <a:ext cx="5332730" cy="889346"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="2" indent="0" algn="just" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0">
-[...3 lines deleted...]
-              <a:t>Самостоятельно на основе поурочного планирования (КТП) с использованием доступных интернет-платформ</a:t>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сабақ жоспары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>негізінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (КТЖ)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өздігінен қолжетімді  интернет-платформаларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қолдану арқылы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A2A6A1A-E629-4741-9918-8433D585732F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1146986" y="4495800"/>
             <a:ext cx="6096000" cy="969496"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="1065"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0">
-[...18 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мұғалім сабақты алдын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жазуға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>стриминг</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>режимінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өткізуіне болады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нақты уақыт режимінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="object 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BEDCB0FE-B546-4365-8361-ECCCE26A0786}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7268151" y="2133600"/>
             <a:ext cx="4355038" cy="3310128"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId5" cstate="print"/>
@@ -7555,63 +8765,116 @@
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1159256" y="5655721"/>
             <a:ext cx="6096000" cy="677108"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="1065"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0">
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Кері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>байланыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>kundelik.kz</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> журналы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>арқылы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="object 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9A72B71E-D0CB-4440-864D-4B40C089ACE3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="587756" y="5730159"/>
             <a:ext cx="571500" cy="529703"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
@@ -7825,106 +9088,130 @@
           <p:cNvPr id="6" name="object 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="793191" y="695070"/>
             <a:ext cx="10973233" cy="962443"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="13335" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="kk-KZ" sz="2000" b="1" spc="-5" dirty="0">
-[...18 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>8-11 </a:t>
-[...10 lines deleted...]
-            </a:r>
+              <a:t>8-11сыныптарда  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқу пәндері бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқытылатын тілдерде</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(қазақ,орыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) БЕЙНЕСАБАҚТАР</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="12700" marR="5080">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="105"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr sz="2000" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -7964,193 +9251,339 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 8"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="574673" y="1749444"/>
-            <a:ext cx="11109249" cy="628377"/>
+            <a:ext cx="11109249" cy="936154"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12700" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="2" algn="ctr" hangingPunct="0"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақ тілінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>үшін бейнесабақтарды тарату</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Трансляция видеоуроков для обучающихся на казахском языке - на телеканале </a:t>
+              <a:t>- на телеканале </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>«</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Балапан</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>»</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>телеарнасында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2000" dirty="0">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>орыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тілінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>үшін бейнесабақтарды тарату</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> -</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>«Ел-</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" err="1">
+              <a:t>«</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>арна</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0">
+              <a:t>Ел-арна</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" spc="-15" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="334F89"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>»</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr sz="2000" b="0" spc="-15" dirty="0">
+              <a:t>» </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="334F89"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>телеарнасында</a:t>
+            </a:r>
+            <a:endParaRPr sz="2000" spc="-15" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1182155" y="4279591"/>
-            <a:ext cx="5332730" cy="314960"/>
+            <a:ext cx="5332730" cy="304571"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
               <a:tabLst>
                 <a:tab pos="3383915" algn="l"/>
                 <a:tab pos="3687445" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
+              <a:rPr lang="kk-KZ" sz="1900" spc="-10" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ТВ-сабақтың ұзақтығы– </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" sz="1900" spc="-10" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Продолжительность ТВ-урока – 10 минут</a:t>
+              <a:t>10 минут</a:t>
             </a:r>
             <a:endParaRPr sz="1900" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="491904" y="2905125"/>
             <a:ext cx="571500" cy="529703"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:blipFill>
             <a:blip r:embed="rId2" cstate="print"/>
             <a:stretch>
@@ -8226,495 +9659,977 @@
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="https://kievstreet.net/uploads/posts/2014-08/1408119259_tv.jpg">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9DD8EEA6-DF8F-4D5C-8931-4D94C3B16292}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6972772" y="2689030"/>
             <a:ext cx="4762500" cy="3371850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="object 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0A959043-7704-4933-BB8D-7A2F50B90142}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1208848" y="2779903"/>
-            <a:ext cx="5332730" cy="1135567"/>
+            <a:ext cx="5332730" cy="1412566"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="2" indent="0" algn="just" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0">
-[...3 lines deleted...]
-              <a:t>Эфирное время уроков </a:t>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сабақтардың эфирлік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>уақыты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>с 09-00 до 15-00 часов</a:t>
-[...12 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" spc="-15" dirty="0">
+              <a:t>09-00 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Информатика, Английский </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" b="1" spc="-15" dirty="0" smtClean="0">
+              <a:t>-15-00 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>языки </a:t>
-[...13 lines deleted...]
-              <a:t>в школьное расписание</a:t>
+              <a:t>сағатқа дейін</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="C00000"/>
               </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="2" algn="just" hangingPunct="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оқу пәндері </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" spc="-15" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Информатика, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ағылшын тілі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" spc="-15" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мектеп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кестесіне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>енбейді</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="2" indent="0" algn="just" hangingPunct="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" b="1" dirty="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Прямоугольник 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A2A6A1A-E629-4741-9918-8433D585732F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1139248" y="4942049"/>
-            <a:ext cx="6096000" cy="1846659"/>
+            <a:ext cx="6096000" cy="1554272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:spcBef>
                 <a:spcPts val="1065"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0">
-[...20 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0">
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сабақ көрсетіліп болған соң мұғалім оқушыларға өздігінен оқу үшін тапсырма,өздігінен орындау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>үшін ұсынады,орындалуын тексереді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" b="1" u="sng" dirty="0" err="1" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>kundelik.kz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1900" dirty="0">
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>журналының көмегімен кері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>байланысты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жүзеге асырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1900" dirty="0" smtClean="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1900" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955535259"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="365354" y="1644063"/>
-            <a:ext cx="11674246" cy="3577646"/>
+            <a:ext cx="11674246" cy="3609193"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқулық,анықтамалар, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тезис </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>құру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>конспектілеу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жұмыстары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>схем</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>вычерчивание схем, эскизов, графиков;</a:t>
-            </a:r>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>эскиз, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>графиктерді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>сызу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жазбаша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жұмыс </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тесті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырмалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>есеп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>және мысалдар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>шығару </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>формулаларды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қорытындылау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>шығарма, шығармашылық жұмыстар жазу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жағдаяттық мәселелерді шешу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="457200"/>
             <a:ext cx="11791315" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="11791315" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -8867,56 +10782,102 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="567943"/>
             <a:ext cx="11506199" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>алушылардың өздігінен жұмысына келесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>түрлер енуі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мүмкін:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -8972,263 +10933,595 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="365354" y="1644063"/>
-            <a:ext cx="11674246" cy="3577646"/>
+            <a:ext cx="11674246" cy="3506601"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Берілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқалардың бірі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқушы орындаған тапсырмасын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>орналастырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>а) в электронный журнал (при наличии доступа); </a:t>
-            </a:r>
+              <a:t>а) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>журналға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қолжетімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>болған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ); </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>б) доставляет на бумажном носителе (оператор по определению школы);</a:t>
-            </a:r>
+              <a:t>б) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қағаз түрінде жеткізеді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мектептің анықтауы бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> оператор );</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>в) на электронную почту;</a:t>
-            </a:r>
+              <a:t>в) на </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>поштаға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="-285750" algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>г)  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>whatsapp</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>- сообщение.</a:t>
-            </a:r>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>хабарлама</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> .</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...67 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Мұғалім  оқушылардың өздігінен жұмысын тексеріп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қорытынды жасайды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>формативті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" u="sng" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бағалауды жүргізеді.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" u="sng" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="457200"/>
             <a:ext cx="11791315" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="11791315" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -9381,56 +11674,123 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="567943"/>
             <a:ext cx="11506199" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Кері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>байланысты</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жүзеге асыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>нұсқаулық </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -9486,235 +11846,651 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="365354" y="1644063"/>
-            <a:ext cx="11674246" cy="4441472"/>
+            <a:ext cx="11674246" cy="4066754"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" dirty="0">
-[...7 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқулықтар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2) учебно-методические пособия;</a:t>
-            </a:r>
+              <a:t>2) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқу-әдістемелік құралдар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>3) компьютерные обучающие системы в обычном и мультимедийном вариантах, СМК;</a:t>
+              <a:t>3) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>жай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>және мультимедиялық нұсқадағы компьютерлік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқыту жүйелері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СМК;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>4)  аудио учебно-информационные материалы;</a:t>
-            </a:r>
+              <a:t>4)  аудио </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқу-ақпараттық  материалдар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>5)  видео учебно-информационные материалы;</a:t>
-            </a:r>
+              <a:t>5)  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>бейне</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқу-ақпараттық  материалдар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>6)  лабораторные дистанционные практикумы;</a:t>
-            </a:r>
+              <a:t>6)  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>лабораторлық  қашықтық  практикумдар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>7)  учебные тренажеры с удаленным доступом;</a:t>
-            </a:r>
+              <a:t>7)  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қашықтықтан жетімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>оқу  тренажерлары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>8)  базы данных и знаний с удаленным доступом;</a:t>
-            </a:r>
+              <a:t>8) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қашықтықтан жетімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>базалық білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>9)  электронные библиотеки с удаленным доступом и т.д.</a:t>
-            </a:r>
+              <a:t>9) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>қашықтықтан жетімді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>кітапхана</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>және </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>т.б.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="457200"/>
             <a:ext cx="11791315" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="11791315" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -9867,56 +12643,67 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="567943"/>
             <a:ext cx="11506199" cy="350737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Сабақты қашықтықтан оқыту оқу құралдарына жатады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" spc="-15" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -9972,124 +12759,184 @@
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="342582" y="2514600"/>
-            <a:ext cx="11674246" cy="1930785"/>
+            <a:ext cx="11674246" cy="1828193"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="400"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" dirty="0">
-[...46 lines deleted...]
-              <a:t>и заносятся в базу электронного </a:t>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Төртінші тоқсанда бір</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>журнала.</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>БЖБ,оқу жылының соңында </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ТЖБ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіліп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>электронды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> журнал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>базасына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>енгізіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="object 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400811" y="457200"/>
             <a:ext cx="11791315" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
@@ -10250,56 +13097,60 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="533400" y="567943"/>
             <a:ext cx="11506199" cy="566181"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="0" tIns="12065" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="12700">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="95"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" spc="-15" dirty="0">
-[...4 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="3600" spc="-15" dirty="0" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>БАҒАЛАУ</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3600" spc="-15" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329184" y="457200"/>
             <a:ext cx="71755" cy="900000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
               <a:path w="71754" h="647700">
                 <a:moveTo>
                   <a:pt x="0" y="647700"/>
                 </a:moveTo>
@@ -10612,91 +13463,90 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>925</Words>
+  <Words>807</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Произвольный</PresentationFormat>
-  <Paragraphs>100</Paragraphs>
-  <Slides>13</Slides>
+  <Paragraphs>95</Paragraphs>
+  <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Office Theme</vt:lpstr>
-      <vt:lpstr>РЕКОМЕНДАЦИИ</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>ДИСТАНЦИОННОЕ ОБУЧЕНИЕ ПРОВОДИТСЯ</vt:lpstr>
+      <vt:lpstr>ҰСЫНЫСТАР</vt:lpstr>
+      <vt:lpstr>Бұл оқыту,ақпаратты-коммуникациялық технологиялар мен  и телекоммуникациялық  құралдарды  қашықтықтан қолдануымен немесе білімденуші мен педагогтың толығынан өзара әрекетімен жүзеге асырылады. </vt:lpstr>
+      <vt:lpstr>ҚАШЫҚТЫҚТАН ОҚЫТУДЫ :</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Трансляция видеоуроков для обучающихся на казахском языке - на телеканале «Балапан», Трансляция видеоуроков для обучающихся на русском языке - на телеканале «Ел-арна»</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>По вопросам организации дистанционного обучения  обращаться  в CALL-ЦЕНТР   ГУ «Школа-лицей №20 города Павлодара» </vt:lpstr>
+      <vt:lpstr>Қазақ тілінде білім алушылар үшін бейнесабақтарды тарату - на телеканале «Балапан» телеарнасында, орыс тілінде білім алушылар үшін бейнесабақтарды тарату -«Ел-арна» телеарнасында</vt:lpstr>
+      <vt:lpstr>Білім алушылардың өздігінен жұмысына келесі түрлер енуі мүмкін:</vt:lpstr>
+      <vt:lpstr>Кері байланысты жүзеге асыру бойынша нұсқаулық : </vt:lpstr>
+      <vt:lpstr>Сабақты қашықтықтан оқыту оқу құралдарына жатады:</vt:lpstr>
+      <vt:lpstr>БАҒАЛАУ</vt:lpstr>
+      <vt:lpstr>Қашықтықтан оқытуды ұйымдастыру моделі</vt:lpstr>
+      <vt:lpstr>БІЛІМ АЛУШЫЛАР:</vt:lpstr>
+      <vt:lpstr>ОҚУШЫЛАРДЫҢ АТА-АНАЛАРЫ (ЗАҢДЫ ӨКІЛДЕРІ) :</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Презентация PowerPoint</dc:title>
   <dc:creator>Надежда Алексеевна Филипповна</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-03-20T00:00:00Z</vt:filetime>
   </property>