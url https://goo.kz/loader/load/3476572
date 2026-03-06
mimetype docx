--- v0 (2025-12-07)
+++ v1 (2026-03-06)
@@ -1,394 +1,1280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+    <w:p w:rsidR="00F408C9" w:rsidRDefault="00F408C9">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+    <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нұсқаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0075781D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0075781D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Инструкция:</w:t>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>форм</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>маршрутный лист может быть заполнен в электронном формате и отправлен на проверку учителю посредством системы «</w:t>
+        <w:t>атта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Кунделiк</w:t>
+        <w:t>толтырылуы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>» или любого доступного мессенджера. При отсутствии такой возможности задания выполняются в тетради, фотографируются и отправляются учителю на проверку посредством доступного мессенджера.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кунделік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолжетімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мессенджер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тексеруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберілуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0075781D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мұндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болмаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсырмалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәптерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>суретке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мессенджер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тексеруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F408C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0075781D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="7655"/>
       </w:tblGrid>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Предмет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пән</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ф.И.О. учителя</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімнің Т.А.Ә.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Учебник</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқулық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Урок №  , тема урока</w:t>
+              <w:t xml:space="preserve">№  </w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтың тақырыбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту мақсаты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(кратко)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қысқаша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9" w:rsidP="00F408C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Ф.И. учащегося </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушының Т.А.</w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>(заполняется учеником)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушы толтырады</w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -400,366 +1286,560 @@
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="3190"/>
         <w:gridCol w:w="4218"/>
       </w:tblGrid>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>І</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>әрекет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәртібі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ресурсы</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>Ресурс</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>(заполняется учителем)</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұғалім толтырады</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орындалу</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(заполняется учеником)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқушы толтырады</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үйрен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="007B0F36" w:rsidP="0020759D">
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9" w:rsidP="0020759D">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0020759D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0020759D">
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007B0F36" w:rsidRPr="0020759D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
+            <w:r w:rsidR="007B0F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>видео</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0020759D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ға сілтемелер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F408C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>лки на видео, интернет-ресурсы, презентационный</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0020759D">
+              <w:t>, интернет-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ресурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0020759D">
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>»</w:t>
+              </w:rPr>
+              <w:t>презентациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> материал </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kundelik.kz»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сайтында</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0020759D" w:rsidRPr="0020759D" w:rsidRDefault="0020759D" w:rsidP="0020759D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="007B0F36" w:rsidP="0020759D">
-[...36 lines deleted...]
-            <w:r w:rsidRPr="007B0F36">
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9" w:rsidP="0020759D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интернет болмаған жағдайда</w:t>
+            </w:r>
+            <w:r w:rsidR="007B0F36" w:rsidRPr="007B0F36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0091656D" w:rsidRPr="007B0F36" w:rsidRDefault="007B0F36">
-[...28 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқулықтан теориялық материалды оқыңыз</w:t>
+            </w:r>
+            <w:r w:rsidR="007B0F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> § ..., стр....</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="007B0F36" w:rsidP="0020759D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -831,450 +1911,364 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0020759D" w:rsidRDefault="0020759D" w:rsidP="0020759D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0020759D" w:rsidRDefault="0020759D" w:rsidP="0020759D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0020759D" w:rsidRPr="007B0F36" w:rsidRDefault="0020759D" w:rsidP="0020759D">
+          <w:p w:rsidR="0020759D" w:rsidRPr="007B0F36" w:rsidRDefault="00F408C9" w:rsidP="00F408C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Отметить знаком «+» материал, с которым ознакомился (лась)</w:t>
+              <w:t xml:space="preserve">Танысқан материалды «+» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>белгісімен белгілеу</w:t>
+            </w:r>
+            <w:r w:rsidR="0020759D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="0091656D" w:rsidRPr="00DC5AC2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Ответь</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауап бер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...36 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытылған материал бойынша мұғалімнің сұрақтары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="0091656D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0091656D">
+      <w:tr w:rsidR="0091656D" w:rsidRPr="00DC5AC2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Выполни</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0035370C">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интернет болған жағдайда:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интернет-ресурстарға, интерактивті тесттерге, оқулықтан жасалған жаттығуларға сілтемелер</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0035370C" w:rsidRPr="00F408C9" w:rsidRDefault="00F408C9" w:rsidP="0035370C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Интернет болмаған жағдайда</w:t>
+            </w:r>
+            <w:r w:rsidR="0035370C" w:rsidRPr="007B0F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r>
-[...166 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="0091656D" w:rsidRPr="0035370C" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқылған тақырып бойынша тапсырмаларды, оқулықтан жаттығулар, тесттер, есептер және т. б. жазу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="0091656D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Рефлексия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Теперь я знаю…</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Енді мен білемін</w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0091656D" w:rsidTr="0075781D">
         <w:trPr>
           <w:trHeight w:val="588"/>
@@ -1290,713 +2284,750 @@
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
+          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Енді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>істей</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>аламын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>критерийлерден</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
               </w:rPr>
-              <w:t>(из критериев)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="0091656D" w:rsidRPr="00F408C9" w:rsidRDefault="0075781D" w:rsidP="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Поставь знаки «+» или «-»</w:t>
+              <w:t xml:space="preserve"> «+» </w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> белгісін қой</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="7371"/>
       </w:tblGrid>
       <w:tr w:rsidR="0091656D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0091656D" w:rsidRDefault="0075781D">
-[...34 lines deleted...]
-              <w:t>(словесная оценка и/или комментарий)</w:t>
+          <w:p w:rsidR="0091656D" w:rsidRDefault="00F408C9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ұстаздан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ауызша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00F408C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>түсініктеме</w:t>
+            </w:r>
+            <w:r w:rsidR="0075781D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0091656D" w:rsidRDefault="0091656D">
+    <w:p w:rsidR="0091656D" w:rsidRPr="00DC5AC2" w:rsidRDefault="0091656D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0091656D">
+    <w:sectPr w:rsidR="0091656D" w:rsidRPr="00DC5AC2" w:rsidSect="00DC5AC2">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="720" w:bottom="568" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0091656D"/>
     <w:rsid w:val="0020759D"/>
     <w:rsid w:val="0035370C"/>
     <w:rsid w:val="0075781D"/>
     <w:rsid w:val="007B0F36"/>
     <w:rsid w:val="0091656D"/>
+    <w:rsid w:val="00DC5AC2"/>
+    <w:rsid w:val="00F408C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C33D257"/>
-  <w15:docId w15:val="{0E0428F5-E3B4-4657-A1AA-FDF840D0BAA2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
@@ -2130,138 +3161,550 @@
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0075781D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0075781D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="TableNormal"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0075781D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0075781D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1045254012">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2545,65 +3988,65 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>186</Words>
-  <Characters>1063</Characters>
+  <Words>194</Words>
+  <Characters>1108</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1247</CharactersWithSpaces>
+  <CharactersWithSpaces>1300</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>