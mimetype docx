--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,838 +1,1320 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00660382" w:rsidRDefault="00660382" w:rsidP="00AF56BE">
+    <w:p w:rsidR="008E13B6" w:rsidRDefault="008E13B6" w:rsidP="00760FC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00760FC9" w:rsidRDefault="0031374F" w:rsidP="00760FC9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Со</w:t>
+      </w:r>
+      <w:r w:rsidR="00760FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вещани</w:t>
+      </w:r>
+      <w:r w:rsidR="001E6051">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00760FC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при директоре</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00924C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52D21">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ГУ «СОПШДО №17»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F4F26" w:rsidRDefault="008F6375" w:rsidP="005F4F26">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>август</w:t>
+      </w:r>
+      <w:r w:rsidR="0031374F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6051" w:rsidRPr="007D6DDC" w:rsidRDefault="001E6051" w:rsidP="001E6051">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> О дистанционном обучении учащихся школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E6051" w:rsidRPr="007D6DDC" w:rsidRDefault="001E6051" w:rsidP="001E6051">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аубакирова М.Б., ЗДУВР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00760FC9" w:rsidRPr="007D6DDC" w:rsidRDefault="001E6051" w:rsidP="00760FC9">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00760FC9" w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00760FC9" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00845069" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-          <w:b/>
+        <w:t>О ведении электронного журнала «Күнделік»</w:t>
+      </w:r>
+      <w:r w:rsidR="003057B7" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00845069" w:rsidRPr="007D6DDC" w:rsidRDefault="00845069" w:rsidP="00845069">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аубакирова М.Б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD4E32" w:rsidRPr="007D6DDC" w:rsidRDefault="00845069" w:rsidP="00FD4E32">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баринова О.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C04019" w:rsidRPr="007D6DDC" w:rsidRDefault="008F6375" w:rsidP="00C04019">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Директормен жиналыс</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04019" w:rsidRPr="004C4B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04019" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031374F" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организация работы по завершению учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031374F" w:rsidRPr="007D6DDC" w:rsidRDefault="0031374F" w:rsidP="0031374F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ниязбекова Г.М.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0031374F" w:rsidRPr="007D6DDC" w:rsidRDefault="0031374F" w:rsidP="00C04019">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C04019" w:rsidRPr="007D6DDC" w:rsidRDefault="008F6375" w:rsidP="00C04019">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04019" w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04019" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Работа школы </w:t>
+      </w:r>
+      <w:r w:rsidR="0031374F" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по повышению качества успеваемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C04019" w:rsidRPr="007D6DDC" w:rsidRDefault="0031374F" w:rsidP="00C04019">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗДУВР</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07A58" w:rsidRPr="007D6DDC" w:rsidRDefault="008F6375" w:rsidP="00F07A58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F07A58" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Самообразование учителей школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07A58" w:rsidRPr="007D6DDC" w:rsidRDefault="00F07A58" w:rsidP="00F07A58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                   Сәуір, 2020ж.</w:t>
-[...8 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00AF56BE" w:rsidRPr="00DE4266" w:rsidRDefault="00AF56BE" w:rsidP="00AF56BE">
+        <w:t>Баринова О.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E347C" w:rsidRPr="007D6DDC" w:rsidRDefault="008F6375" w:rsidP="005E347C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00660382">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005E347C" w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk36750823"/>
-      <w:r w:rsidRPr="00DE4266">
+      <w:r w:rsidR="005E347C" w:rsidRPr="007D6DDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мектеп оқушыларын қашықтықтан оқыту туралы.</w:t>
-[...327 lines deleted...]
-    <w:p w:rsidR="00AF56BE" w:rsidRPr="00DE4266" w:rsidRDefault="00AF56BE" w:rsidP="00AF56BE">
+        <w:t>Пути формирования гражданственности и патриотизма у учащихся  через воспитательные мероприятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E347C" w:rsidRPr="007D6DDC" w:rsidRDefault="005E347C" w:rsidP="005E347C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="525"/>
-        <w:rPr>
-[...48 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00AF56BE" w:rsidRPr="00DE4266" w:rsidRDefault="00AF56BE" w:rsidP="00AF56BE">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нугманова А.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00021A86" w:rsidRPr="007D6DDC" w:rsidRDefault="008F6375" w:rsidP="00021A86">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A86" w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00021A86" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Работа с молодыми специалистами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F6375" w:rsidRDefault="008F6375" w:rsidP="00021A86">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="525"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00021A86" w:rsidRPr="007D6DDC" w:rsidRDefault="00021A86" w:rsidP="00021A86">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="525"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баринова О.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E347C" w:rsidRPr="007D6DDC" w:rsidRDefault="008F6375" w:rsidP="005E347C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="005E347C" w:rsidRPr="004C4B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E347C" w:rsidRPr="007D6DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Разное</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E347C" w:rsidRPr="007D6DDC" w:rsidRDefault="005E347C" w:rsidP="00C04019">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031374F" w:rsidRPr="007D6DDC" w:rsidRDefault="0031374F" w:rsidP="00C04019">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0031374F" w:rsidRPr="007D6DDC" w:rsidRDefault="0031374F" w:rsidP="0031374F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...134 lines deleted...]
-    <w:sectPr w:rsidR="009D6D3F" w:rsidSect="006678C5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0031374F" w:rsidRPr="007D6DDC" w:rsidSect="00E9740D">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="65C743B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="80F6D4D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="688D2C30"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ED1E167E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="525" w:hanging="525"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="30"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="525" w:hanging="525"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="724351EC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="22A47090"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.0"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="525" w:hanging="525"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1233" w:hanging="525"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2136" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3204" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3912" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4980" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5688" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6756" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7824" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00C0404B"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00DE4266"/>
+    <w:rsidRoot w:val="00CE2AD1"/>
+    <w:rsid w:val="00021A86"/>
+    <w:rsid w:val="00037387"/>
+    <w:rsid w:val="00062BF1"/>
+    <w:rsid w:val="000632A8"/>
+    <w:rsid w:val="000745BD"/>
+    <w:rsid w:val="00075C99"/>
+    <w:rsid w:val="00085761"/>
+    <w:rsid w:val="000B7ED7"/>
+    <w:rsid w:val="000C0ED2"/>
+    <w:rsid w:val="000E50C7"/>
+    <w:rsid w:val="000F5261"/>
+    <w:rsid w:val="00105CDD"/>
+    <w:rsid w:val="0011364D"/>
+    <w:rsid w:val="00125286"/>
+    <w:rsid w:val="001433F5"/>
+    <w:rsid w:val="0015785E"/>
+    <w:rsid w:val="00171CDE"/>
+    <w:rsid w:val="00190347"/>
+    <w:rsid w:val="001A6F13"/>
+    <w:rsid w:val="001B35CE"/>
+    <w:rsid w:val="001B5C45"/>
+    <w:rsid w:val="001E6051"/>
+    <w:rsid w:val="00213BA2"/>
+    <w:rsid w:val="00242FFD"/>
+    <w:rsid w:val="00253302"/>
+    <w:rsid w:val="002666A5"/>
+    <w:rsid w:val="00274B84"/>
+    <w:rsid w:val="0028445E"/>
+    <w:rsid w:val="002961C3"/>
+    <w:rsid w:val="00296499"/>
+    <w:rsid w:val="002D6C81"/>
+    <w:rsid w:val="003015DE"/>
+    <w:rsid w:val="003057B7"/>
+    <w:rsid w:val="0031374F"/>
+    <w:rsid w:val="00320DB2"/>
+    <w:rsid w:val="00334321"/>
+    <w:rsid w:val="00334F28"/>
+    <w:rsid w:val="00351263"/>
+    <w:rsid w:val="003564C6"/>
+    <w:rsid w:val="003A3EA5"/>
+    <w:rsid w:val="003B4639"/>
+    <w:rsid w:val="003C2D5C"/>
+    <w:rsid w:val="003D420F"/>
+    <w:rsid w:val="00413868"/>
+    <w:rsid w:val="0041566E"/>
+    <w:rsid w:val="004413D3"/>
+    <w:rsid w:val="00462743"/>
+    <w:rsid w:val="00473A8F"/>
+    <w:rsid w:val="004C1A19"/>
+    <w:rsid w:val="004C4B3B"/>
+    <w:rsid w:val="004E69A5"/>
+    <w:rsid w:val="004F23C2"/>
+    <w:rsid w:val="004F3AE5"/>
+    <w:rsid w:val="00527D71"/>
+    <w:rsid w:val="00546E73"/>
+    <w:rsid w:val="005553D4"/>
+    <w:rsid w:val="00575AD2"/>
+    <w:rsid w:val="0058448A"/>
+    <w:rsid w:val="00584BFD"/>
+    <w:rsid w:val="00590785"/>
+    <w:rsid w:val="005972DF"/>
+    <w:rsid w:val="005A1D54"/>
+    <w:rsid w:val="005A3657"/>
+    <w:rsid w:val="005A4DAA"/>
+    <w:rsid w:val="005E347C"/>
+    <w:rsid w:val="005F4F26"/>
+    <w:rsid w:val="005F50F5"/>
+    <w:rsid w:val="00637D86"/>
+    <w:rsid w:val="00647665"/>
+    <w:rsid w:val="006815B3"/>
+    <w:rsid w:val="0069779A"/>
+    <w:rsid w:val="006A5023"/>
+    <w:rsid w:val="006C2E4F"/>
+    <w:rsid w:val="006D7BC2"/>
+    <w:rsid w:val="006F6630"/>
+    <w:rsid w:val="00706BC9"/>
+    <w:rsid w:val="00715548"/>
+    <w:rsid w:val="00756889"/>
+    <w:rsid w:val="00760FC9"/>
+    <w:rsid w:val="00764505"/>
+    <w:rsid w:val="00784985"/>
+    <w:rsid w:val="007D6B0A"/>
+    <w:rsid w:val="007D6DDC"/>
+    <w:rsid w:val="007D7732"/>
+    <w:rsid w:val="007F4B38"/>
+    <w:rsid w:val="007F58B3"/>
+    <w:rsid w:val="007F5FBD"/>
+    <w:rsid w:val="008122BF"/>
+    <w:rsid w:val="00824C7E"/>
+    <w:rsid w:val="008279DD"/>
+    <w:rsid w:val="008361A9"/>
+    <w:rsid w:val="00845069"/>
+    <w:rsid w:val="0085134E"/>
+    <w:rsid w:val="00863C0E"/>
+    <w:rsid w:val="00870E4C"/>
+    <w:rsid w:val="00870E89"/>
+    <w:rsid w:val="00871A4A"/>
+    <w:rsid w:val="008A7EDB"/>
+    <w:rsid w:val="008E13B6"/>
+    <w:rsid w:val="008F0054"/>
+    <w:rsid w:val="008F6375"/>
+    <w:rsid w:val="00924C60"/>
+    <w:rsid w:val="00936014"/>
+    <w:rsid w:val="00956603"/>
+    <w:rsid w:val="009723F4"/>
+    <w:rsid w:val="00990231"/>
+    <w:rsid w:val="00990975"/>
+    <w:rsid w:val="00995A57"/>
+    <w:rsid w:val="009D713A"/>
+    <w:rsid w:val="00A24FF0"/>
+    <w:rsid w:val="00A25439"/>
+    <w:rsid w:val="00A3655D"/>
+    <w:rsid w:val="00A36A3C"/>
+    <w:rsid w:val="00A44967"/>
+    <w:rsid w:val="00A53D59"/>
+    <w:rsid w:val="00A72438"/>
+    <w:rsid w:val="00AB1258"/>
+    <w:rsid w:val="00B61BB6"/>
+    <w:rsid w:val="00B92D25"/>
+    <w:rsid w:val="00BC10F5"/>
+    <w:rsid w:val="00BF0BE2"/>
+    <w:rsid w:val="00C04019"/>
+    <w:rsid w:val="00C051DE"/>
+    <w:rsid w:val="00C115CB"/>
+    <w:rsid w:val="00C15452"/>
+    <w:rsid w:val="00C45B28"/>
+    <w:rsid w:val="00C518DE"/>
+    <w:rsid w:val="00C60ACF"/>
+    <w:rsid w:val="00CA7DB4"/>
+    <w:rsid w:val="00CB2CC4"/>
+    <w:rsid w:val="00CD622D"/>
+    <w:rsid w:val="00CE2AD1"/>
+    <w:rsid w:val="00D56851"/>
+    <w:rsid w:val="00DA1D4C"/>
+    <w:rsid w:val="00DB0032"/>
+    <w:rsid w:val="00DC06A3"/>
+    <w:rsid w:val="00DC27B6"/>
+    <w:rsid w:val="00DC7ECA"/>
+    <w:rsid w:val="00DE28A8"/>
+    <w:rsid w:val="00DE4386"/>
+    <w:rsid w:val="00E07841"/>
+    <w:rsid w:val="00E10C93"/>
+    <w:rsid w:val="00E24668"/>
+    <w:rsid w:val="00E256CD"/>
+    <w:rsid w:val="00E32C86"/>
+    <w:rsid w:val="00E52D21"/>
+    <w:rsid w:val="00E554CD"/>
+    <w:rsid w:val="00E83891"/>
+    <w:rsid w:val="00E9740D"/>
+    <w:rsid w:val="00EB23FB"/>
+    <w:rsid w:val="00EB7E11"/>
+    <w:rsid w:val="00EF00CD"/>
+    <w:rsid w:val="00F07A58"/>
+    <w:rsid w:val="00F221F0"/>
+    <w:rsid w:val="00F23DFF"/>
+    <w:rsid w:val="00F31E9D"/>
+    <w:rsid w:val="00F61ABA"/>
+    <w:rsid w:val="00F641DD"/>
+    <w:rsid w:val="00FA1805"/>
+    <w:rsid w:val="00FC50D8"/>
+    <w:rsid w:val="00FC7792"/>
+    <w:rsid w:val="00FD4E32"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="33794"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -932,259 +1414,433 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D357CC"/>
+    <w:rsid w:val="00C518DE"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D357CC"/>
+    <w:rsid w:val="00473A8F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008E13B6"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1291,74 +1947,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1213CD34-9CB2-41C9-AF41-207511F63C7F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>233</Words>
-  <Characters>1333</Characters>
+  <Words>82</Words>
+  <Characters>473</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1563</CharactersWithSpaces>
+  <CharactersWithSpaces>554</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Admin</dc:creator>
+  <dc:creator>пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>