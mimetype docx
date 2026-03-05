--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -6,19128 +6,6671 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00F05CDF" w:rsidRPr="00770D47" w:rsidRDefault="00F05CDF" w:rsidP="00770D47">
+    <w:p w:rsidR="00747C5B" w:rsidRPr="007135BB" w:rsidRDefault="00747C5B" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Как подростки могут защитить сво</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001464B0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психическое здоровье во время пандемии </w:t>
+      </w:r>
+      <w:r w:rsidR="001F240A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>короновируса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">-19) </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t>-19)</w:t>
+      </w:r>
+      <w:r w:rsidR="0053323A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>пандемиясы</w:t>
-[...50 lines deleted...]
-        <w:t>асөспірімдер психикалық денсаулығын қалай қорғай алады?</w:t>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00747C5B" w:rsidRPr="00770D47" w:rsidRDefault="00747C5B" w:rsidP="00770D47">
+    <w:p w:rsidR="00747C5B" w:rsidRPr="007135BB" w:rsidRDefault="00747C5B" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C806DB" w:rsidRPr="00770D47" w:rsidRDefault="00C806DB" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00747C5B" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Жаңа</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+        <w:t>6 стратегий для подростков, сталкивающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="005970D5" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>уақытша</w:t>
-[...153 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>с новой (временной) нормой</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00747C5B" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Serif" w:hAnsi="PT Serif"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PT Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...24 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00942FFA" w:rsidRPr="00770D47" w:rsidRDefault="00942FFA" w:rsidP="00770D47">
+    <w:p w:rsidR="00A55FDA" w:rsidRPr="007135BB" w:rsidRDefault="00747C5B" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Serif" w:eastAsia="PT Serif" w:hAnsi="PT Serif" w:cs="PT Serif"/>
-          <w:i/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подростковый </w:t>
+      </w:r>
+      <w:r w:rsidR="001F240A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возраст </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- сложный</w:t>
+      </w:r>
+      <w:r w:rsidR="001F240A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жизни</w:t>
+      </w:r>
+      <w:r w:rsidR="005970D5" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человека</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а коронавирусная инфекция (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>COVID</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-19) делает его еще более трудным. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с закрытием школ и отменой мероприятий многие подростки </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вынуждены</w:t>
+      </w:r>
+      <w:r w:rsidR="005F538A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B68BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отказаться от многих </w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>значимых</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> событий</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">юной </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жизни, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>включая</w:t>
+      </w:r>
+      <w:r w:rsidR="009B68BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ежедневное общение </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с друзьями и </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>посещение школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Подростк</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ам</w:t>
+      </w:r>
+      <w:r w:rsidR="00345554" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">привычный ход жизни которых меняется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>из-за</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">распространяющегося </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3B32" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>заболевания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F538A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые испытывают тревогу</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, разочарование</w:t>
+      </w:r>
+      <w:r w:rsidR="005E67BF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>увствуют себя изолированными</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует помнить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="000344E9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">они </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не одиноки. Мы </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">побеседовали </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">со </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>специалистом</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>психологом</w:t>
+      </w:r>
+      <w:r w:rsidR="000344E9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, работающим с подростками</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, автором бестселлеров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">колумнистом ежемесячного издания </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>New</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>York</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Times</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ром Лизой Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00842F8E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эй</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мур</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, чтобы узнать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>как</w:t>
+      </w:r>
+      <w:r w:rsidR="003A6332" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подростки могут самостоятельно позаботиться о себе и </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о сво</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001464B0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м психическом здоровье.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A55FDA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004D042F" w:rsidRPr="00770D47" w:rsidRDefault="004D042F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A55FDA" w:rsidRPr="007135BB" w:rsidRDefault="00A55FDA" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...2232 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00AD2D9C" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A55FDA" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Алаңдау</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t>Признайте, что ваше беспокойство</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>толығымен</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t>абсолютно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>қалыпты</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> нормальная реакция </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A55FDA" w:rsidRPr="00770D47" w:rsidRDefault="00A55FDA" w:rsidP="00770D47">
+    <w:p w:rsidR="00A55FDA" w:rsidRPr="007135BB" w:rsidRDefault="00A55FDA" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00072697" w:rsidRPr="00770D47" w:rsidRDefault="00072697" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="008346F0" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если закрытие школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и тревожные заголовки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вызывают у вас </w:t>
+      </w:r>
+      <w:r w:rsidR="00D915BA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беспокойство</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D915BA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">знайте, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вы не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одиноки</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. На самом деле</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20A6C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, именно такие эмоции вы и должны испытывать.</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FF4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Психологам давно известно</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00055FF4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чувство тревоги</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - это нормальная и </w:t>
+      </w:r>
+      <w:r w:rsidR="00095DD2" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>здоровая реакция</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которая предупреждает нас об угрозах и помогает нам принимать меры для </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>само</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защиты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. -</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ваш</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00536AE2" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беспокойство </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">поможет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вам </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принять решение, которое является </w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">единственно </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правильным в конкретный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> момент</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>например</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не проводить время с другими людьми или в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>больших группах, мыть руки и не притрагиваться к своему лицу</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC66E1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Такие </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чувства </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">помогут </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>защитить не только вас</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3104C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самих</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, но и других.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00EC66E1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Мы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подобным</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC66E1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проявляем заботу и </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в отношении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">других членов </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нашего сообщества. Мы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">также думаем об </w:t>
+      </w:r>
+      <w:r w:rsidR="00D915BA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окружающих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нас людях</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8000B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1942 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00072697" w:rsidRPr="00770D47" w:rsidRDefault="00072697" w:rsidP="00770D47">
+    <w:p w:rsidR="008346F0" w:rsidRPr="007135BB" w:rsidRDefault="008346F0" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="006B7392" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="008346F0" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Хотя беспокойство </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в связи с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ситуацией</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вокруг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00770D47">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-19 вполне </w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>понятно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, убедитесь, что вы по</w:t>
+      </w:r>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учаете информацию из «</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>над</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001464B0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жных источников [</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>например,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...259 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на сайтах </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00770D47">
+        <w:r w:rsidRPr="007135BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink0"/>
-            <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>ЮНИСЕФ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00770D47">
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
         <w:rPr>
           <w:rStyle w:val="Hyperlink0"/>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Всемирной организации здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>], или проверяйте любую информацию, получаемую вами из</w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> других, возможно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> менее над</w:t>
+      </w:r>
+      <w:r w:rsidR="001464B0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жных</w:t>
+      </w:r>
+      <w:r w:rsidR="00151134" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> источников», -  рекомендует д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3756E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00582924" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...649 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00A03573" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A581C" w:rsidRPr="00770D47" w:rsidRDefault="009A581C" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00655D17" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если вы обеспокоены тем, что у вас</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1D37" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...119 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">появились симптомы болезни, </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поговорить об этом с</w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вашими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителями. «Имейте в виду, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болезнь, связанная с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>COVID</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-19, обычно</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> протекает в л</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>ала</w:t>
+      <w:r w:rsidR="001464B0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00770D47">
-[...168 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гкой форме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, особенно у детей и молодых людей</w:t>
+      </w:r>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>», - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1D37" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Также важно помнить, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">многие симптомы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>COVID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00770D47">
-[...302 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="003F20F6" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00351211" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поддаются лечению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...233 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009A581C" w:rsidRPr="00770D47" w:rsidRDefault="009A581C" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00F02FBA" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00351211" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...44 lines deleted...]
-        <w:t>жасөспі</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Д-р Дэймур </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рекомендует подросткам уведомить родителей или </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другого </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>взрослого</w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> человека</w:t>
+      </w:r>
+      <w:r w:rsidR="0098476E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, которому они доверяют</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2499" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00550065" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>своем плохом самочувствии</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или обеспокоенности в связи с вирусом, с </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тем</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00770D47">
-[...498 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чтобы получить от взрослых помощь. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C10AB9" w:rsidRPr="00770D47" w:rsidRDefault="00C10AB9" w:rsidP="00770D47">
+    <w:p w:rsidR="0098476E" w:rsidRPr="007135BB" w:rsidRDefault="0098476E" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0098476E" w:rsidRPr="00770D47" w:rsidRDefault="002C35AD" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="0098476E" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:t>Ә</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>И помните: «</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Есть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">много эффективных способов </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">защитить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">себя и </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">окружающих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1D37" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>испытать</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уверенность в том, что ситуация находится под контролем. К ним относятся следующие:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">часто мыть руки, не </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прикасаться к лицу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7584" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">практиковать </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidR="003F7584" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>социальное</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00770D47">
-[...698 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:r w:rsidR="003F7584" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанцирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00AF618F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AF618F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="001C270F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00D3516C" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Көңілді</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t>Методы отвлечения</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00AB1B7D" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>басқағ</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002448DD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00055FF4" w:rsidRPr="00770D47" w:rsidRDefault="00055FF4" w:rsidP="00770D47">
+    <w:p w:rsidR="00055FF4" w:rsidRPr="007135BB" w:rsidRDefault="00055FF4" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C1191" w:rsidRPr="00770D47" w:rsidRDefault="00AB1B7D" w:rsidP="00770D47">
+    <w:p w:rsidR="00AB1B7D" w:rsidRPr="007135BB" w:rsidRDefault="00AB1B7D" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Психологам известно</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, что</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попав</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в длительны</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сложны</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жизненные обстоятельства</w:t>
+      </w:r>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, очень полезно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разделить проблему на две</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00966155" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...580 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к первой относится то, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мы можем</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сделать, чтобы решить проблему, а ко второй – то, что не поддается </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нашему</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контролю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>», - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Дэймур</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C1191" w:rsidRPr="00770D47" w:rsidRDefault="003C1191" w:rsidP="00770D47">
+    <w:p w:rsidR="002C0C7E" w:rsidRPr="007135BB" w:rsidRDefault="002C0C7E" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB1B7D" w:rsidRPr="00770D47" w:rsidRDefault="009F78CD" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AB1B7D" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сейчас многое </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>попадает во вторую категори</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, и это нормально</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">есть </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0C7E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>метод, который поможет справиться с проблемой</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90C78" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– это </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">метод отвлечения. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дэймур </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предлагает</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>следующие способы, чтобы успокоиться и обрести баланс в повседневной жизни: заняться</w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">домашними </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дела</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...84 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">смотреть любимый фильм или </w:t>
+      </w:r>
+      <w:r w:rsidR="00B257E3" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>почитать в постели роман</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...812 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002C0C7E" w:rsidRPr="00770D47" w:rsidRDefault="002C0C7E" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AF618F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="002F05D8" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00216826" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Достармен</w:t>
-[...194 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Найдите новые способы общения с друзьями </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00216826" w:rsidRPr="00770D47" w:rsidRDefault="00216826" w:rsidP="00770D47">
+    <w:p w:rsidR="00216826" w:rsidRPr="007135BB" w:rsidRDefault="00216826" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00683834" w:rsidRPr="00770D47" w:rsidRDefault="00683834" w:rsidP="00770D47">
+    <w:p w:rsidR="00EC3A6D" w:rsidRPr="007135BB" w:rsidRDefault="00EC3A6D" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если вы хотите проводить время с друзьями, практикуя метод </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>социального</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанцирования, социальные сети –</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отличный способ общения. Проявите творческий подход: </w:t>
+      </w:r>
+      <w:r w:rsidR="003566D4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">примите участие в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игре </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>Егер</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Tik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>әлеуметтік</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Tok</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00770D47">
-[...510 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, например </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00770D47">
+        <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink0"/>
-            <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>#</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00770D47">
+        <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink0"/>
-            <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <w:t>қауіпсізқолдар</w:t>
+          <w:t>безопасныеруки</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00770D47">
-[...6 lines deleted...]
-          <w:u w:val="none"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. «Я</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ни в коей мере</w:t>
+      </w:r>
+      <w:r w:rsidR="00836B7D" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...164 lines deleted...]
-        <w:t xml:space="preserve"> табады деп ойлаймын».</w:t>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не склонна </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недооценивать </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>творческий потенциал подростков</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отмечает</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д-р Дэймур. - </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3260" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="000800A1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>огу предположить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что они найдут </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">новые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>способы [</w:t>
+      </w:r>
+      <w:r w:rsidR="000800A1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общения</w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>] друг с другом в и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нтернете, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">которые будут отличаться от тех, что </w:t>
+      </w:r>
+      <w:r w:rsidR="00C059F1" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>они использовали раньше»</w:t>
+      </w:r>
+      <w:r w:rsidR="00055FF4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683834" w:rsidRPr="00770D47" w:rsidRDefault="00683834" w:rsidP="00770D47">
+    <w:p w:rsidR="00EC3A6D" w:rsidRPr="007135BB" w:rsidRDefault="00EC3A6D" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E43D5F" w:rsidRPr="00770D47" w:rsidRDefault="00EC3A6D" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00EC3A6D" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>«[</w:t>
       </w:r>
-      <w:r w:rsidR="00E43D5F" w:rsidRPr="00770D47">
-[...17 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Однако</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
-      <w:r w:rsidR="00E43D5F" w:rsidRPr="00770D47">
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00963C64" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>постоянное время</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пре</w:t>
+      </w:r>
+      <w:r w:rsidR="00963C64" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">провождение </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перед </w:t>
+      </w:r>
+      <w:r w:rsidR="00963C64" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>монитор</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3516C" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidR="00963C64" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в социальных сетях</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не самое лучшее решение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Это</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вредно</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF23AE" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для здоровья</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, нерациональн</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC24DA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может </w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">усугубить чувство тревоги», - </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>продолжает</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00E43D5F" w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>аналарымен бірге отырып, компьютер алдында өткізетін уақыт кестесін жасауға кеңес береді.</w:t>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур и советует</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A4453" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подросткам </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вместе с родителями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составить </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5AE9" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>расписание часов, которые они будут проводить</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF23AE" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE476E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за компьютером</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF23AE" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E43D5F" w:rsidRPr="00770D47" w:rsidRDefault="00E43D5F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AF618F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="006A1EA4" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="001C37A0" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Өздеріңізге</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t xml:space="preserve">Сосредоточьтесь </w:t>
+      </w:r>
+      <w:r w:rsidR="00511994" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...58 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">на себе </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00A03573" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A1EA4" w:rsidRPr="00770D47" w:rsidRDefault="00277691" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00511994" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вы хотели научиться чему-то новому, начать читать новую книгу или попрактиковаться </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">игре на музыкальном инструменте? Сейчас </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для этого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">самое </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подходящее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сосредоточенность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на себе и поиск способов провести с </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35997" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пользой</w:t>
+      </w:r>
+      <w:r w:rsidR="00512F64" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для себя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> появившееся свободное время – это</w:t>
+      </w:r>
+      <w:r w:rsidR="00512F64" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:t>бі</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">продуктивный способ </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>позаботиться о сво</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001464B0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="006A1EA4" w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м психическом здоровье. «</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00293908" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подобных ситуациях</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> я </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>составлял</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00293908" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> список всех книг, которые хотела</w:t>
+      </w:r>
+      <w:r w:rsidR="001C37A0" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прочесть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>всех дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35997" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые</w:t>
+      </w:r>
+      <w:r w:rsidR="00C35997" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хотела </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сделать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>», - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32604" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1314 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006A1EA4" w:rsidRPr="00770D47" w:rsidRDefault="006A1EA4" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="PT Serif" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00AF618F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AF618F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="002B7C5F" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Сезімдеріңізді</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t xml:space="preserve">Проживите </w:t>
+      </w:r>
+      <w:r w:rsidR="007B58EE" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+        <w:t xml:space="preserve">свои </w:t>
+      </w:r>
+      <w:r w:rsidR="008D41EE" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>толығымен</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">чувства </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00A03573" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009035CA" w:rsidRPr="00770D47" w:rsidRDefault="00163A3F" w:rsidP="00770D47">
+    <w:p w:rsidR="009E12AD" w:rsidRPr="007135BB" w:rsidRDefault="002B7C5F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Человек испытывает сильное разочарование, когда он не может принимать </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участие в мероприятиях с друзьями, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заниматься </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>своим хобби или посещать спортивные матчи</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7F70" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. «Это </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– масштабные потери, которые </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по-настоящему огорчают подростков»</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, - говорит д</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">р </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Что же является лучшим способом справиться с разочарованием?</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4A54" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Разрешите</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0492F" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> себе</w:t>
+      </w:r>
+      <w:r w:rsidR="0018428A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прожить его</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0492F" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD28CE" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Когда </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>речь идет о</w:t>
+      </w:r>
+      <w:r w:rsidR="002C507E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1236 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">причиняющем боль переживании, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4A54" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>то</w:t>
+      </w:r>
+      <w:r w:rsidR="002C507E" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> единственный выход </w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из ситуации – </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5780" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прочувствовать</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данную эмоцию. </w:t>
+      </w:r>
+      <w:r w:rsidR="002575A4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Если вам грустно</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002575A4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – позвольте себе грустить</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51920" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91629" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и вы быстрее почувствуете себя лучше»</w:t>
+      </w:r>
+      <w:r w:rsidR="002575A4" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...334 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="009658D4" w:rsidRPr="00770D47" w:rsidRDefault="009658D4" w:rsidP="00770D47">
+    <w:p w:rsidR="00C91629" w:rsidRPr="007135BB" w:rsidRDefault="00C91629" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00163A3F" w:rsidRPr="00770D47" w:rsidRDefault="006E2FD0" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="003E4455" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждый с</w:t>
+      </w:r>
+      <w:r w:rsidR="00F548B5" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>правляется с</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2548" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о своими эмоциями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по-</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>разному. «</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51920" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Одни</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>могут заняться</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43822" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">искусством, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43822" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другие </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>захотят поговорить со своими друзьями</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2548" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и разделить </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с ними </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2548" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>общую грусть</w:t>
+      </w:r>
+      <w:r w:rsidR="00F548B5" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...660 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">испытав при этом чувство сопричастности </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4B2A" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и единения</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в период, когда личное общение невозможно. </w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кто-то</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> захо</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>че</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC24DA" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пополнить банк продовольстия», </w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>продолжает д-р Дэймур</w:t>
+      </w:r>
+      <w:r w:rsidR="009E12AD" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...189 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно, чтобы вы занимались тем, что помогает вам чувствовать себя лучше. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00163A3F" w:rsidRPr="00770D47" w:rsidRDefault="00163A3F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AF618F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00AF618F" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00AF618F" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00770D47">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00447606" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Өздеріңізге</w:t>
-[...153 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Будьте добры к себе и к другим </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A03573" w:rsidRPr="00770D47" w:rsidRDefault="00A03573" w:rsidP="00770D47">
+    <w:p w:rsidR="00A03573" w:rsidRPr="007135BB" w:rsidRDefault="00A03573" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00145433" w:rsidRPr="00770D47" w:rsidRDefault="00145433" w:rsidP="00770D47">
+    <w:p w:rsidR="00B66E19" w:rsidRPr="007135BB" w:rsidRDefault="00B66E19" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Некоторые подростки сталкиваются с травлей и насилием в школе из-за коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="00121D9B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. «Активная позиция</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...584 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="00121D9B" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">свидетелей </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>таких нарушений</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– наилучший </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">способ справиться с любым видом травли, - </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отмечает д-р Дэймур -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не следует ожидать, что дети и подростки, </w:t>
+      </w:r>
+      <w:r w:rsidR="00215A89" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставшие </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>объект</w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> травли,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будут противостоять</w:t>
+      </w:r>
+      <w:r w:rsidR="00215A89" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обидчикам</w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>напротив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00770D47">
-[...689 lines deleted...]
-        <w:t>».</w:t>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нам необходимо поощрять таких детей обращаться за помощью и поддержкой к друзьям или взрослым». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00145433" w:rsidRPr="00770D47" w:rsidRDefault="00145433" w:rsidP="00770D47">
+    <w:p w:rsidR="006806EF" w:rsidRPr="007135BB" w:rsidRDefault="006806EF" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD67C0" w:rsidRPr="00770D47" w:rsidRDefault="00AD67C0" w:rsidP="00770D47">
+    <w:p w:rsidR="00B66E19" w:rsidRPr="007135BB" w:rsidRDefault="00B66E19" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если вы стали свидетелем издевательств над другом, </w:t>
+      </w:r>
+      <w:r w:rsidR="00005675" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поговорите</w:t>
+      </w:r>
+      <w:r w:rsidR="00841670" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с ним </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и попытайтесь предложить поддержку. </w:t>
+      </w:r>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бездействие может заставить человека думать, что целый мир </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ополчился против него и что никому нет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до него дела. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ваши слова</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4A54" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...819 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+      <w:r w:rsidR="006806EF" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>помогут изменить ситуацию к лучшему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD67C0" w:rsidRPr="00770D47" w:rsidRDefault="00AD67C0" w:rsidP="00770D47">
+    <w:p w:rsidR="006806EF" w:rsidRPr="007135BB" w:rsidRDefault="006806EF" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD67C0" w:rsidRPr="00770D47" w:rsidRDefault="00AD67C0" w:rsidP="00770D47">
+    <w:p w:rsidR="00985C03" w:rsidRPr="007135BB" w:rsidRDefault="00B66E19" w:rsidP="007135BB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Helvetica" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:t>Ә</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">И помните: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00770D47">
-[...8 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сейчас</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00770D47">
-[...522 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> как никогда </w:t>
+      </w:r>
+      <w:r w:rsidR="006F0C19" w:rsidRPr="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мы должны думать о том, что информация, которой мы делимся, или слова, которые мы говорим, мог</w:t>
+      </w:r>
+      <w:r w:rsidR="007135BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ут причинить боль другим людям.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006806EF" w:rsidRPr="00770D47" w:rsidRDefault="006806EF" w:rsidP="00770D47">
-[...25 lines deleted...]
-    <w:sectPr w:rsidR="00985C03" w:rsidRPr="00770D47" w:rsidSect="00770D47">
+    <w:sectPr w:rsidR="00985C03" w:rsidRPr="007135BB" w:rsidSect="007135BB">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="850" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00002A9D" w:rsidRDefault="00002A9D">
+    <w:p w:rsidR="007E5617" w:rsidRDefault="007E5617">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00002A9D" w:rsidRDefault="00002A9D">
+    <w:p w:rsidR="007E5617" w:rsidRDefault="007E5617">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="PT Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A03573" w:rsidRDefault="00A03573"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00002A9D" w:rsidRDefault="00002A9D">
+    <w:p w:rsidR="007E5617" w:rsidRDefault="007E5617">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00002A9D" w:rsidRDefault="00002A9D">
+    <w:p w:rsidR="007E5617" w:rsidRDefault="007E5617">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A03573" w:rsidRDefault="00A03573"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0965280C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C247DFC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -19458,258 +7001,224 @@
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A03573"/>
-    <w:rsid w:val="00002A9D"/>
     <w:rsid w:val="00005675"/>
     <w:rsid w:val="000344E9"/>
     <w:rsid w:val="00047480"/>
     <w:rsid w:val="00055FF4"/>
     <w:rsid w:val="00060210"/>
     <w:rsid w:val="00062058"/>
-    <w:rsid w:val="00072697"/>
     <w:rsid w:val="000800A1"/>
     <w:rsid w:val="0008233D"/>
     <w:rsid w:val="00095DD2"/>
     <w:rsid w:val="000C6307"/>
     <w:rsid w:val="00121D9B"/>
-    <w:rsid w:val="00145433"/>
     <w:rsid w:val="001464B0"/>
     <w:rsid w:val="00151134"/>
-    <w:rsid w:val="00163A3F"/>
     <w:rsid w:val="00174486"/>
     <w:rsid w:val="0018428A"/>
-    <w:rsid w:val="001C270F"/>
     <w:rsid w:val="001C37A0"/>
     <w:rsid w:val="001F240A"/>
     <w:rsid w:val="001F7E8E"/>
     <w:rsid w:val="00215A89"/>
     <w:rsid w:val="00216826"/>
     <w:rsid w:val="0024015E"/>
     <w:rsid w:val="002448DD"/>
     <w:rsid w:val="002575A4"/>
-    <w:rsid w:val="00277691"/>
     <w:rsid w:val="00293908"/>
     <w:rsid w:val="002B5763"/>
     <w:rsid w:val="002B7C5F"/>
     <w:rsid w:val="002C0C7E"/>
-    <w:rsid w:val="002C35AD"/>
     <w:rsid w:val="002C4A54"/>
     <w:rsid w:val="002C507E"/>
-    <w:rsid w:val="002F05D8"/>
     <w:rsid w:val="002F3EFF"/>
-    <w:rsid w:val="0030674C"/>
     <w:rsid w:val="00345554"/>
     <w:rsid w:val="00351211"/>
     <w:rsid w:val="003566D4"/>
     <w:rsid w:val="00395C01"/>
     <w:rsid w:val="00396302"/>
     <w:rsid w:val="003A4453"/>
     <w:rsid w:val="003A6332"/>
     <w:rsid w:val="003B152D"/>
-    <w:rsid w:val="003C1191"/>
     <w:rsid w:val="003E4455"/>
     <w:rsid w:val="003F20F6"/>
     <w:rsid w:val="003F7584"/>
     <w:rsid w:val="00447606"/>
     <w:rsid w:val="004A7386"/>
-    <w:rsid w:val="004D042F"/>
     <w:rsid w:val="004D2216"/>
     <w:rsid w:val="00511994"/>
     <w:rsid w:val="00512F64"/>
     <w:rsid w:val="0051521F"/>
     <w:rsid w:val="0053323A"/>
     <w:rsid w:val="00536AE2"/>
     <w:rsid w:val="00550065"/>
     <w:rsid w:val="00550C29"/>
     <w:rsid w:val="00582924"/>
     <w:rsid w:val="005917B3"/>
     <w:rsid w:val="005970D5"/>
     <w:rsid w:val="005A7535"/>
     <w:rsid w:val="005C17FB"/>
     <w:rsid w:val="005C7BBE"/>
     <w:rsid w:val="005C7F08"/>
     <w:rsid w:val="005D6E1C"/>
     <w:rsid w:val="005E3B32"/>
     <w:rsid w:val="005E67BF"/>
     <w:rsid w:val="005F538A"/>
     <w:rsid w:val="00655D17"/>
     <w:rsid w:val="0065605B"/>
     <w:rsid w:val="00666E17"/>
     <w:rsid w:val="00677D6E"/>
     <w:rsid w:val="006806EF"/>
-    <w:rsid w:val="00683834"/>
     <w:rsid w:val="00687EFB"/>
-    <w:rsid w:val="0069319D"/>
     <w:rsid w:val="00695FF3"/>
-    <w:rsid w:val="006A1EA4"/>
     <w:rsid w:val="006A7F70"/>
-    <w:rsid w:val="006B7392"/>
     <w:rsid w:val="006E0957"/>
-    <w:rsid w:val="006E2FD0"/>
     <w:rsid w:val="006F0C19"/>
+    <w:rsid w:val="007135BB"/>
     <w:rsid w:val="00747C5B"/>
-    <w:rsid w:val="00754FEF"/>
-    <w:rsid w:val="00770D47"/>
     <w:rsid w:val="00786AB4"/>
     <w:rsid w:val="007B58EE"/>
+    <w:rsid w:val="007E5617"/>
     <w:rsid w:val="007E7417"/>
     <w:rsid w:val="008346F0"/>
     <w:rsid w:val="00836B7D"/>
     <w:rsid w:val="008405C7"/>
     <w:rsid w:val="00841670"/>
     <w:rsid w:val="00842F8E"/>
-    <w:rsid w:val="00850A9D"/>
     <w:rsid w:val="008C65C6"/>
     <w:rsid w:val="008D01D7"/>
-    <w:rsid w:val="008D0221"/>
     <w:rsid w:val="008D41EE"/>
-    <w:rsid w:val="009035CA"/>
     <w:rsid w:val="00931F11"/>
-    <w:rsid w:val="00942FFA"/>
     <w:rsid w:val="00946D16"/>
-    <w:rsid w:val="00953EA8"/>
     <w:rsid w:val="00963C64"/>
-    <w:rsid w:val="009658D4"/>
     <w:rsid w:val="00966155"/>
     <w:rsid w:val="0098476E"/>
     <w:rsid w:val="00985C03"/>
     <w:rsid w:val="009869C2"/>
     <w:rsid w:val="00990B8A"/>
-    <w:rsid w:val="009A581C"/>
     <w:rsid w:val="009B66A0"/>
     <w:rsid w:val="009B68BF"/>
     <w:rsid w:val="009E12AD"/>
-    <w:rsid w:val="009F78CD"/>
     <w:rsid w:val="00A03573"/>
     <w:rsid w:val="00A0492F"/>
     <w:rsid w:val="00A168ED"/>
-    <w:rsid w:val="00A302B5"/>
     <w:rsid w:val="00A3104C"/>
     <w:rsid w:val="00A3756E"/>
     <w:rsid w:val="00A42FA4"/>
     <w:rsid w:val="00A55FDA"/>
     <w:rsid w:val="00A8000B"/>
     <w:rsid w:val="00A954DF"/>
     <w:rsid w:val="00AA1E0F"/>
     <w:rsid w:val="00AA2057"/>
     <w:rsid w:val="00AA2499"/>
     <w:rsid w:val="00AA7A90"/>
     <w:rsid w:val="00AB1B7D"/>
     <w:rsid w:val="00AC24DA"/>
     <w:rsid w:val="00AC55CE"/>
-    <w:rsid w:val="00AD2D9C"/>
-    <w:rsid w:val="00AD67C0"/>
     <w:rsid w:val="00AF23AE"/>
     <w:rsid w:val="00AF618F"/>
     <w:rsid w:val="00B02E61"/>
     <w:rsid w:val="00B11935"/>
     <w:rsid w:val="00B123E0"/>
     <w:rsid w:val="00B20A6C"/>
     <w:rsid w:val="00B257E3"/>
     <w:rsid w:val="00B3742F"/>
     <w:rsid w:val="00B43822"/>
     <w:rsid w:val="00B66E19"/>
     <w:rsid w:val="00B9088C"/>
     <w:rsid w:val="00BA2548"/>
     <w:rsid w:val="00BD0B36"/>
     <w:rsid w:val="00BE1D37"/>
     <w:rsid w:val="00C059F1"/>
-    <w:rsid w:val="00C10AB9"/>
     <w:rsid w:val="00C35997"/>
-    <w:rsid w:val="00C806DB"/>
     <w:rsid w:val="00C90C78"/>
     <w:rsid w:val="00C91629"/>
     <w:rsid w:val="00CA5AE9"/>
     <w:rsid w:val="00CD5780"/>
     <w:rsid w:val="00CE544C"/>
     <w:rsid w:val="00D04264"/>
     <w:rsid w:val="00D05BB5"/>
     <w:rsid w:val="00D3516C"/>
     <w:rsid w:val="00D60D28"/>
     <w:rsid w:val="00D66195"/>
     <w:rsid w:val="00D81750"/>
     <w:rsid w:val="00D915BA"/>
     <w:rsid w:val="00DC0DAC"/>
     <w:rsid w:val="00DD28CE"/>
     <w:rsid w:val="00DF0881"/>
     <w:rsid w:val="00E2607D"/>
-    <w:rsid w:val="00E43D5F"/>
     <w:rsid w:val="00E51920"/>
     <w:rsid w:val="00E52C5C"/>
-    <w:rsid w:val="00E75EE1"/>
     <w:rsid w:val="00E87EC9"/>
-    <w:rsid w:val="00E90CA8"/>
     <w:rsid w:val="00E95042"/>
     <w:rsid w:val="00E968DB"/>
     <w:rsid w:val="00EC3A6D"/>
     <w:rsid w:val="00EC66E1"/>
     <w:rsid w:val="00EE476E"/>
     <w:rsid w:val="00EF27D1"/>
     <w:rsid w:val="00EF6413"/>
-    <w:rsid w:val="00F02FBA"/>
-    <w:rsid w:val="00F05CDF"/>
     <w:rsid w:val="00F26946"/>
     <w:rsid w:val="00F32604"/>
     <w:rsid w:val="00F548B5"/>
     <w:rsid w:val="00FB10DA"/>
     <w:rsid w:val="00FD3260"/>
     <w:rsid w:val="00FD4B2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -21346,72 +8855,72 @@
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1012</Words>
-  <Characters>5772</Characters>
+  <Words>1017</Words>
+  <Characters>5799</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6771</CharactersWithSpaces>
+  <CharactersWithSpaces>6803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ekaterina Zimianina</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>