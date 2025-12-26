--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,100 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10325" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3936"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="4263"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00267767" w:rsidTr="00E7644B">
+      <w:tr w:rsidR="00267767" w:rsidTr="005F6A38">
         <w:trPr>
           <w:trHeight w:val="1348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
             <w:pPr>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
             <w:pPr>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
@@ -117,171 +118,171 @@
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="1F497D"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10115538" wp14:editId="03FEFD9E">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49F52372" wp14:editId="5C5DB157">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>234314</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-109856</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="866778" cy="857250"/>
                   <wp:effectExtent l="0" t="0" r="9522" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Рисунок 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:blip r:embed="rId8" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="866778" cy="857250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                             <a:prstDash/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00267767" w:rsidRDefault="007B2331" w:rsidP="00E7644B">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00ED272A" w:rsidP="005F6A38">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="4294967293" distB="4294967293" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-3985895</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="page">
                         <wp:posOffset>828039</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6411595" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
                       <wp:wrapNone/>
@@ -355,61 +356,50 @@
     </w:tbl>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">             БҰЙРЫҚ                                                                                                    ПРИКАЗ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
-          <w:color w:val="1F497D"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">№  ____________________                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00BE39F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="20"/>
@@ -441,11673 +431,16062 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Нұр-Сұлтан қаласы                                                                                                                  город Нур-Султан                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:color w:val="3A7234"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00831B8F" w:rsidRDefault="007B2331">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00ED272A" w:rsidRDefault="00ED272A" w:rsidP="00ED272A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0C0000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>08.04.2020-ғы № 135 шығыс хаты</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00831B8F" w:rsidRDefault="00831B8F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE39F2" w:rsidRDefault="00BE39F2" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00267767">
+    <w:p w:rsidR="000E3C71" w:rsidRDefault="000E3C71" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00670C54" w:rsidRPr="00267767" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D84632">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267767">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>О дополнительных мерах по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267767">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> корон</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> обеспечению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267767">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>вирустық инфекция кезеңінде</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+        <w:t>качества образования при переходе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00267767">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+        <w:t>учебного процесса на дистанционные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00585ECF" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00267767">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>оқу</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00502C28">
+        <w:t>образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="002E395C">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> процесін көш</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>іру</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00502C28">
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="002E395C">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> кезінде</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+        <w:t xml:space="preserve"> период пандемии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00585ECF" w:rsidRDefault="00EA27F1" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00502C28">
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру сапасын қамтамасыз ету жөнінде</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>корона</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
         <w:rPr>
           <w:b/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>гі</w:t>
-[...57 lines deleted...]
-    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+        <w:t>вирусной инфекции COVID-19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...237 lines deleted...]
-    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRDefault="00C27373" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00186833" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve">обеспечения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1) р</w:t>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>качества образования при переходе учебного процесса на дистанционные образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұқсат және (немесе) рұқсатқа қосымша берілгенге дейін жүргізілетін өтініш берушінің біліктілік немесе рұқсат беру талаптарына сәйкестігіне рұқсаттық бақылау жүргізуді </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008A2FA5">
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00C94D63">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>период</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пандемии</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00585ECF">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корона</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вирусной инфекции COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94D63">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пандемия</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00186833">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тоқтатсын;</w:t>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>объявленной Всемирной организацией здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основании постановления Главного государственного санитарного врача</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12 марта 2020 года № 20, во исполнение протокол</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1 от 16 марта</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0B5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 года и</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 от 17 марта </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0B5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 года </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="000D6753">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заседани</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0B5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной комиссии по обеспечению режима чрезвычайного положения при Президенте Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186833">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00D84632" w:rsidRDefault="00267767" w:rsidP="00D84632">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:ind w:right="139" w:firstLine="567"/>
-[...1375 lines deleted...]
-        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="567"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590368">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комитету по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87487">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590368">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94D63">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">территориальным </w:t>
+      </w:r>
+      <w:r w:rsidR="002E395C" w:rsidRPr="00C94D63">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подразделениям</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...27 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:t>на период пандемии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00C27373">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приостановить проведение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        <w:widowControl/>
+        <w:t xml:space="preserve">разрешительного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контроля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>соответствия заявителя квалификационным или разрешительным требованиям</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA781D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, проводимого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до выдачи разрешения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и (или) приложения к разрешению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00AB3B63" w:rsidRDefault="00267767" w:rsidP="00C27373">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens w:val="0"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">запретить истребование от </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органов управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B6625">
-[...12 lines deleted...]
-        <w:widowControl/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образованием</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C28">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>отчетности и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364F41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE39F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вопросам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>организации дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB3B63" w:rsidRPr="003E7408" w:rsidRDefault="00AB3B63" w:rsidP="00AB3B63">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:suppressAutoHyphens w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7408">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>применять все предусмотренные законодательством меры в отношении руководителей органов управления образованием, организаций образования, нарушающих требования Закона «О статусе педагога» в части недопустимости истребования отчетности и информации, не предусмотренн</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7408">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством, а также нарушающих иные права и законные интересы педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B87487" w:rsidRDefault="002E395C" w:rsidP="00B87487">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="003E7408">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        2. Управлениям</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> образования областей, городов Нур-Султан, Алматы, Шымкент (по согласованию), </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отделам образования районов, городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B6625">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>интернет-платформаларды пайдалану;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:t xml:space="preserve">(по согласованию) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на период пандемии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E395C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E395C" w:rsidRPr="000E3C71" w:rsidRDefault="002E395C" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
-        <w:widowControl/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) запретить истребование от организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="00964E00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964E00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>отчетности и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информации по вопросам организации дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3C71" w:rsidRDefault="002E395C" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94D63" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приостановить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проведение различных проверочных</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5C2D" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мониторинговых)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятий с выездом в организации образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3C71" w:rsidRDefault="00AB3B63" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) проводить разьяснительную и иную работу с руководителями организаций образования для прекращения незаконной практики истребования отчетности и информации от педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B87487" w:rsidRPr="000E3C71" w:rsidRDefault="003E7408" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывать максимальное содействие организациям образования и обеспечивать защиту прав и законных интересов педагогов с целью безболезненного и эффективного перехода учебного процесса на дистанционные </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE39F2" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0668" w:rsidRPr="00B87487" w:rsidRDefault="003842FC" w:rsidP="00FB0668">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7408" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87487" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">незамедлительно реагировать на возникающие проблемы перехода учебного процесса на </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE39F2" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дистанционные образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="0026545F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, по необходимости</w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инициировать</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассмотрение вопросов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>требующ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>их срочного решения соответственно Министерством</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и наук</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, местными</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительными органами</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF231D" w:rsidRPr="00DF231D" w:rsidRDefault="00953949" w:rsidP="00DF231D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвердить </w:t>
+      </w:r>
+      <w:r w:rsidR="004F481F" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прилагаемые </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E44" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Методические р</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF231D" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екомендации по организации дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF231D" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00DF231D" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки </w:t>
+      </w:r>
+      <w:r w:rsidR="00271F49" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан Каринову Ш.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00DF231D" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Настоящий приказ вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00C27373" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00C27373" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRDefault="00C27373" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр                                                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D108B6" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А. Аймагамбетов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0668" w:rsidRDefault="00FB0668" w:rsidP="0026545F">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026545F" w:rsidRDefault="0026545F" w:rsidP="0026545F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B480D" w:rsidRDefault="009B480D" w:rsidP="0026545F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026545F" w:rsidRDefault="0026545F" w:rsidP="0026545F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026545F" w:rsidRDefault="0026545F" w:rsidP="0026545F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026545F" w:rsidRDefault="0026545F" w:rsidP="0026545F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026545F" w:rsidRPr="00267767" w:rsidRDefault="0026545F" w:rsidP="0026545F"/>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    к приказу Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от «__» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 года № _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00187E44" w:rsidRDefault="00187E44" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Методические р</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екомендации по</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515AC1" w:rsidRDefault="00515AC1" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:suppressAutoHyphens w:val="0"/>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как организовать дистанционное обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Выб</w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ирается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формат дистанционного обучения</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-        <w:widowControl/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00A8739B" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучение </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посредством телеуроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
-[...451 lines deleted...]
-          <w:numId w:val="14"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...57 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использование интернет-платформ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передача заданий через </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8739B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почту или нарочно на бумажных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающиеся и их родители</w:t>
+      </w:r>
+      <w:r w:rsidR="00273285" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информируются</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, что организация процесса дистанционного обучения будет </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не по традиционному, жестко фиксированному для всей школы расписанию, а по гибкому, индивидуальному графику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, </w:t>
+      </w:r>
+      <w:r w:rsidR="00085433">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>какое количество занятий и по каким учебным предметам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007002D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно Рабочему  учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidR="007002D9" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будет выноситься  на</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4186C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждый день, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри этом время занятий по предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="0009044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дифференцированно по классам</w:t>
+      </w:r>
+      <w:r w:rsidR="0009044D" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не будет указано</w:t>
+      </w:r>
+      <w:r w:rsidR="00942F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о том, что продолжительность занятия по одному предмету не указывается</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, она зависит от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достиже</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния целей обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демонстрации телеуроков по телеканалам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EL</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ARNA</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...94 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alapan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписани</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, что </w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повтор телеуроков</w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>можно</w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">просмотреть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в любое удобное время на платформах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BilimLand, телевизионных </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>outube</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-каналах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможностях интернет</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ресурсов для организации дистанционного обучения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>BilimLand, K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ndelik.к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>z, Dar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n.online, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Microsoft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TEAMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Google</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ClassRoom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об индивиду</w:t>
+      </w:r>
+      <w:r w:rsidR="00E934F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>альном графике обучения в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о методах и средствах получения учебного задания на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждый день и их выполнении в удобное для обучающегося время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о предоставлении обратной связи через электронные журналы или иные определенные учителем доступные виды связи, в том числе мессенджеры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о том, что в электронный дневник не будет вноситься</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E934F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информация о посещаемости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, что занятия в дистанционном формате требуют </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддержки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и участия родителей, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятель</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ной работы школьника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="000E5A2E" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        </w:rPr>
+        <w:t>3. Согласно рабочему учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы проводятся занятия по всем учебным предметам</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включая занятия по предметам «</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физ</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ическая </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>культура</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3789" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3789" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и </w:t>
+      </w:r>
+      <w:r w:rsidR="00677999">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>др.</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D28C9" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. При организации работы необходимо учитывать, ч</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3789">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>то в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период проведения занятий в дистанционном режиме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нельзя требовать от родителей фото</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50AC6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50AC6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалы, подтверждающие  выполнение</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьниками заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заполнение электронных журналов проводится по необходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не требуется заполнение и сдача учителями дополнительных видов отчетов, касающихся дистанционного обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...42 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объём учебных заданий для обучающихся не должен превышать объема, рекомендуемого  Министерством образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidR="00414893">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращается особое внимание на</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психо-эмоциональное состояние участников образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00414893">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагогическ</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidR="00414893" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность </w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организовывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом приемлемого, доступного и удобного формата дистанционного обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Использ</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ование формата телеурока (аудио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>урока)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При использ</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овании формата телеурока (аудио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>урока)</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а основе поурочного планирования рекомендовать обязательный просмотр телеуроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставить обучающимся задания для самостоятельного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зучения/выполнения после просмотра телеуроков, ссылки на ЦОРы на доступных платформах и каналах (п</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ри наличии технических средств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставить задание на самостоятельное выполнение в системе электронных журналов, через электронную почту, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00670C54">
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> другие мессенджеры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять обратную связь по</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>средством электронного журнала «</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>undelik.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, систем </w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ilimal.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ektep.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», в случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отсутствия электронных журналов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через доступные виды связи на усмотрение педагога (периодичность предоставления обратной связи учитель определяет самостоятельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация о телеуроках:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елеканал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>alapan»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (дополнительно транслируются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиоуроки на </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қазақ радиосы») </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телеуроки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся на казахском языке (Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асписание уроков</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00F81C92">
           <w:rPr>
             <w:rStyle w:val="aa"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-            <w:color w:val="auto"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
-            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://balapan.kaztrk.kz/ru/program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елеканал «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1509F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ARNA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительно транслируются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиоуроки на </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1509F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Радио Классик») </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телеуроки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дл</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я обучающихся на русском языке (Расписание уроков) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00F81C92">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>https://elarna.kz/ru/programma</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00670C54">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="16"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елеуроки в ряде регионов будут ретранслироваться через</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местные региональные каналы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="16"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="207"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елеуроки (аудиоуроки) проводятся 5 дней в неделю по 10 минут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждый урок по учебным предметам 1-11 (12) классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D205AC">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Структура телеурока:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00757550" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...53 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объяснение нового учебного материала учителем – 6 (шесть) минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-3 вопроса для закрепления на экране крупным шрифтом – 1 (одна) минута; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-3 учебных задания для закрепления на экране крупным шрифтом – 1 (одна) минута; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00757550" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-2 дополнительных цифровых ресурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по теме – 1 (одна) минута;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="15"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
-[...99 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Теледидардан көрсетілетін пәндердің тізімі:   </w:t>
-[...787 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="00842547" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:t>ссылки на дополнительные ресурсы для самостоятель</w:t>
+      </w:r>
+      <w:r w:rsidR="00757550">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ного изучения – 1 (одна) минута.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00091A5D" w:rsidP="00BA7043">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень учебных предметов, по которым будут транслироваться телеуроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 предметов (Сауат ашу, Математика,  Жаратылыстану, Дүниетану, Ағылшын тілі, Орыс тілі, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком  обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 предметов (Обучение грамоте, Математика, Естествознание, Познание мира, Английский язык, Казахский язык, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 предметов (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 предметов (Русский язык, Математика, Естествознание, Познание мира, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Английский язык, Самопознание).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 предметов (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, АКТ, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 предметов (Русский язык, Математика, Естествознание, Познание мира, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Английский язык, ИКТ, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>с казахским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 предметов (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, АКТ, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 предметов (Русский язык, Математика, Естествознание, Познание мира, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Английский язык, ИКТ, Самопознание).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов  (Қазақ тілі, Қазақ әдебиеті,  Математика, Қазақстан тарихы,  Дүниежүзі тарихы, Жаратылыстану, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов (Русский язык, Русская литература, Математика, История Казахстана, Всемирная история, Естествознание, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов (Қазақ тілі, Қазақ әдебиеті, Математика, Қазақстан тарихы, Дүниежүзі тарихы, Жаратылыстану, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов (Русский язык, Русская литература, Математика,  История Казахстана, Всемирная история, Естествознание, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Қазақ тілі,   Қазақ әдебиеті, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96AFC">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Қазақ тілі, Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения  –  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Қазақ тілі, Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ағылшын тілі, Информатика, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения – 14 предметов (Қазақ тілі,  Қазақ әдебиеті, Алгебра және анализ бастамалары, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ағылшын тілі, Информатика, Өзін -өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра и начала анализа, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с казахским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения – 14 предметов (Қазақ тілі, Қазақ әдебиеті, Алгебра және анализ бастамалары, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физ</w:t>
+      </w:r>
+      <w:r w:rsidR="004D28C9">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ика, Химия, Биология, Орыс тілі мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ағылшын тілі, Информатика, Өзін-өзі тану ); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра и начала анализа, Геометрия, История Казахстана, Всемирная история, География, Физика, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D28C9">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Химия, Биология, Казахский язык и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37D3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По учебным предметам, не вошедшим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в перечень </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37D3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам, по которым транслируются телеуроки</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1" w:rsidRPr="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Музыка, Художественный труд, Физическая культура, Начальная в</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оен</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ная и технологическая подготовка),</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37D3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">дистанционном режиме организуются школами </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение занятий через интернет-платформы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="568"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="ac"/>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-[...18 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На основе поурочного планирования педагог предоставляет обучающимся учебный материал для самостоятельного изучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/ выполнения заданий из учебника, кроме этого</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рекомендует занятия, размещенные на интернет-платформах, а также использование  доступных цифровых образовательных ресурсов.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендуемые интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>BilimLand;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ndelik.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>z;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Dar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цифровые образовательные ресурсы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mektep.OnLine; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>QaradomalakStudio;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
-[...1 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>О</w:t>
       </w:r>
-      <w:r w:rsidRPr="00247C09">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>piq.kz</w:t>
-[...24 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:t xml:space="preserve">piq.kz </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00247C09">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Microsoft TEAMS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00247C09">
-[...12 lines deleted...]
-        <w:pStyle w:val="ac"/>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00247C09">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>GoogleClassRoom</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> GoogleClassRoom</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данные интернет-платформы не предназначены для организации учебного процесса в онлайн</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режиме.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00531B4E" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставить учебное задание для самостоятельного выполнения</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можно в системе электронных журналов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-пл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атформы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронную почту, </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00EE3751">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aitu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другие мессенджеры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществлять обратную связь рекомендуется посредством </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">журналов </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">undelik.kz, </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ilimal.kz, </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ektep.edu.kz, в случаях отсутствия электронных журналов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через доступные виды связи по усмотрению учителя (периодичность предоставления обратной связи учитель определяет самостоятельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алгоритм разработки контента и </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведение дистанционного урока</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое. Определить тему и тип урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (изучение новой темы, повторение, углубление, контроль и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе. Проработать организационную модель урока</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третье. Определить перечень учебных средств</w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...39 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертое. Обеспечить доступность учебных материалов обучающемуся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
-[...324 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронная почта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="567"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">групповые/индивидуальные чаты в мессенджерах и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетях WhatsApp,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3751">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9276A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00247C09">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др. («Дистанционное обучение</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9276A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, класс, литер»; «У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>становление правил работы в Whats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp для всех его участников</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9276A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пятое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Использовать различные информационные обучающие материалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текстовые, презентации, графические, медиа, рисунки, таблицы, инфографика и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шестое. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Применять различные методы организации занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частично-поисковой, эвристический с проблемным изложением материала, исследовательский и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Седьмое. Предоставить возможность обучающимся просмотреть телеурок/ видеоурок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (если он записан ранее) в любое время (офлайн</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4D4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режим). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Восьмое. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставить обучающимся задания для самостоятельного изучения и выполнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00247C09">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всем обучающимся с учетом их индивидуальных возможностей и способностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00247C09">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>творческие (написать заметку, характеристику героя, аннотацию к книге и др.), проектные работы, исследование и др</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00247C09">
-[...11 lines deleted...]
-        <w:pStyle w:val="ac"/>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>групповые работы обучающихся в чате социальн</w:t>
+      </w:r>
+      <w:r w:rsidR="00373765">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой сети, в групповой переписке по почте (предусмотреть распределение ролей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00373765" w:rsidP="00635A82">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом учесть </w:t>
+      </w:r>
+      <w:r w:rsidR="00635A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дидактические принципы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> читаемость/эстетичность учебного</w:t>
+      </w:r>
+      <w:r w:rsidR="00635A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материала и заданий</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля самостоятельного выполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Девятое. Организовать обратную связь с обучающимися:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="567"/>
-[...60 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результ</w:t>
+      </w:r>
+      <w:r w:rsidR="00635A82">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аты выполненных работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить анализ выполненного задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комментировать и предоставлять рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знакомить обучающегося с результатами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA65E2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потребностями (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обратная связь осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронных журналов, интернет-платформ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA65E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ектронной почты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енджеров – </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3751">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">электрондық журналдар, интернет-платформалар; </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:t>itu</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>elegram и др.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00DA65E2" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мобильной и стационарной телефонной связи</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00291C1B" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почтовой</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="851" w:hanging="284"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пер</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едача учебных материалов через К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азпочту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00291C1B" w:rsidP="00573762">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при отсутствии связи, И</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На бумажном носителе для обучающихся необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
-[...229 lines deleted...]
-          <w:numId w:val="29"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
-        </w:tabs>
-[...28 lines deleted...]
-        <w:tabs>
+          <w:tab w:val="left" w:pos="1986"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...20 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указать наименование класса, название </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предмета, тему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятия, страницу учебника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...24 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="862"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">написать краткий конспект по теме занятия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...20 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обозначить перечень вопросов из учебника для самостоятельного закрепления и выполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00670C54">
-[...76 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="00842547" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предложить дополнительные материалы по теме и механизм обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучение в штатном режиме возможно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в школах с количеством детей от 5 до 80</w:t>
+      </w:r>
+      <w:r w:rsidR="00423913">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>находящихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дальних изолированных населенных пунктах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с соблюдением жестких мер санитарной безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(кварцевание, проветривание, сменность и др.); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случаях отсутствия карантина и зарегистрированных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00423913">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>случаев коронавируса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по решению м</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естного исполнительного органа при согласовании с органом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="633"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="633"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...254 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предполагаемый режим дня обучающегося </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1277"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16. Режим дня обучающегося</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Просмотр материалов и учебных заданий по учебным предметам (каждый определяет </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825" w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающийся находится на связи с классным руководителем (по мере необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ученик выполняет полученные задания в удобное для него время и отправляет педагогам раб</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оту  по мере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  выполнения.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В любом доступном режиме работает с учителем или направляет учителю возникшие вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирует следующий день. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BC437F" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как организовать оценивание учебных достижений обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В четвертой</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверти педагог проводит 1 СОР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(4-8 мая). При этом педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
-          <w:b/>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководствуется требованиями при проведении суммативного оценивания в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 «Об</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иповых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся»:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункты</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и подпункты</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14,14.1-14.3,14.5,14.7,14.8,15-18,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21-26,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="568"/>
-[...18 lines deleted...]
-        <w:pStyle w:val="ac"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не проводит сумма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тивное оценивание по </w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам «Самопознание», «Художественный труд», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зыка», «Физическая культура», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы предпринимательства и бизнеса», «Графика и проектирование», «Общество и религия»</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="567"/>
-[...144 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указывает конкретную дату предоставления суммативной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В четвертой</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверти педагог проводит 1 СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в конце четверти (18- 22 мая)</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ВНИМАНИЕ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество суммативных работ в 1-10 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суммативное оценивание за раздел – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное оценивание за четверть – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество контрольных  работ в 11</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классе</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельная работа </w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контрольная работа – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки проведения суммативных работ</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00ED272A" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3012440</wp:posOffset>
+                  <wp:posOffset>3301365</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>36195</wp:posOffset>
+                <wp:positionV relativeFrom="line">
+                  <wp:posOffset>67310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="180975" cy="304800"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="13" name="Правая фигурная скобка 13"/>
+                <wp:docPr id="1073741825" name="officeArt object"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="180975" cy="304800"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rightBrace">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                            <a:cxn ang="5400000">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                            <a:cxn ang="10800000">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                            <a:cxn ang="16200000">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="21600" h="21600" extrusionOk="0">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:cubicBezTo>
+                                <a:pt x="5965" y="0"/>
+                                <a:pt x="10800" y="478"/>
+                                <a:pt x="10800" y="1069"/>
+                              </a:cubicBezTo>
+                              <a:lnTo>
+                                <a:pt x="10800" y="9731"/>
+                              </a:lnTo>
+                              <a:cubicBezTo>
+                                <a:pt x="10800" y="10322"/>
+                                <a:pt x="15635" y="10800"/>
+                                <a:pt x="21600" y="10800"/>
+                              </a:cubicBezTo>
+                              <a:cubicBezTo>
+                                <a:pt x="15635" y="10800"/>
+                                <a:pt x="10800" y="11278"/>
+                                <a:pt x="10800" y="11869"/>
+                              </a:cubicBezTo>
+                              <a:lnTo>
+                                <a:pt x="10800" y="20531"/>
+                              </a:lnTo>
+                              <a:cubicBezTo>
+                                <a:pt x="10800" y="21122"/>
+                                <a:pt x="5965" y="21600"/>
+                                <a:pt x="0" y="21600"/>
+                              </a:cubicBezTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:noFill/>
-                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                        <a:ln w="9525" cap="flat">
                           <a:solidFill>
-                            <a:srgbClr val="4F81BD">
-[...2 lines deleted...]
-                            </a:srgbClr>
+                            <a:srgbClr val="4A7EBB"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
+                          <a:round/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...4 lines deleted...]
-                      </wps:bodyPr>
+                      <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
+                <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
-[...20 lines deleted...]
-              <v:shape id="Правая фигурная скобка 13" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:237.2pt;margin-top:2.85pt;width:14.25pt;height:24pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUeHn5tAIAACoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdHfThCarJlXaKAgp&#10;tJVa1PPE682u8NrGdn7KCQR3HoFXKHBBSPAMmzdi7N30BzghLtb8eTzzzTc+PNpUgqy4saWSQ5rs&#10;xZRwyVRWysWQvrycPulTYh3IDISSfEivuaVHo8ePDtc65R1VKJFxQzCJtOlaD2nhnE6jyLKCV2D3&#10;lOYSnbkyFThUzSLKDKwxeyWiThw/jdbKZNooxq1F66Rx0lHIn+ecubM8t9wRMaRYmwunCefcn9Ho&#10;ENKFAV2UrC0D/qGKCkqJj96mmoADsjTlH6mqkhllVe72mKoilecl46EH7CaJf+vmogDNQy8IjtW3&#10;MNn/l5adrs4NKTOc3T4lEiqcUf1p+7a+qb/UN9uPZPuh/lZ/3b5H04/G8K7+Xv+sP+N5Q/ASIrjW&#10;NsVEF/rceAysnin2yqIjeuDxim1jNrmpfCwiQDZhHNe34+AbRxgak348OOhRwtC1H3f7cRhXBOnu&#10;sjbWPeOqIl4YUlMuCndsgHnMIIXVzDpfBKS7QG+WaloKEeYuJFkP6aDX8Y8Asi8X4FCsNOJh5YIS&#10;EAukNXMmZLRKlJm/Hbo0i/mJMGQFSK3utJ8cT5qgAjLeWAe9uKkZMQH3QmWNOYl3dizNNmlCmQ/y&#10;+5onYIvmTnB5rPGKkP59HtjdtngHrZfmKrvGqRrV0N1qNi0x2wysOweD/MZNwJ11Z3jkQiEGqpUo&#10;KZR58ze7j0faoZeSNe4LAvR6CYZTIp5LJOQg6Xb9ggWl2zvooGLue+b3PXJZnSjELcHfQbMg+ngn&#10;dmJuVHWFqz32r6ILJMO3m1G0yolr9hg/B8bH4xCGS6XBzeSFZj65x8njeLm5AqNbmjjk16na7dYf&#10;PGliG6aMl07lZSDRHa4trXEhwzTaz8Nv/H09RN19caNfAAAA//8DAFBLAwQUAAYACAAAACEA74Ev&#10;etsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTJCUlxKmgqNwpXHpz&#10;4yWOiNdW7Lbh71lOcJvVjGbeNpvZjeKMUxw8KVguMhBInTcD9Qo+3nd3axAxaTJ69IQKvjHCpr2+&#10;anRt/IXe8LxPveASirVWYFMKtZSxs+h0XPiAxN6nn5xOfE69NJO+cLkbZZ5l99LpgXjB6oBbi93X&#10;/uQUvExhWZiheN3ic95hf7Bl2Fmlbm/mp0cQCef0F4ZffEaHlpmO/kQmilFBWZUlRxWsKhDsr7L8&#10;AcSRRVGBbBv5/4H2BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFR4efm0AgAAKgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO+BL3rbAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAADgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" adj="1069" strokecolor="#4a7ebb"/>
+              <v:shape id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:259.95pt;margin-top:5.3pt;width:14.25pt;height:24pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCig0letQIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2yAQf5+074D8vhqc/1GTql3XvVRr&#10;pHYfgGAce8WAgMTpPv0OcJw427RlWh4c4O5+d/e747i+2dcC7bixlZKLhFzhBHHJVF7JzSL5+vLw&#10;YZog66jMqVCSL5I3bpOb5ft3142e80yVSuTcIACRdt7oRVI6p+dpalnJa2qvlOYShIUyNXWwNZs0&#10;N7QB9FqkGcbjtFEm10Yxbi2c3kdhsgz4RcGZeyoKyx0SiwRic+Frwnftv+nyms43huqyYm0Y9B+i&#10;qGklwWkHdU8dRVtT/QRVV8woqwp3xVSdqqKoGA85QDYEn2XzXFLNQy5AjtUdTfb/wbIvu5VBVQ61&#10;w5PBZEim2ShBktZQqxjdrXFIrb8Bk56sRts52DzrlfHpWv2o2KsFQdqT+I1tdfaFqb0uwKF9YP6t&#10;Y57vHWJwSKZ4NgHHDEQDPJziUJmUzg/GbGvdZ64CEN09WhcLlx9WtDys2F7C0juEFaK+D3EojVbW&#10;+2/yLEHgpoR/H3fQ66mPhtj/LjMiGIK+3GoMTfx3VjHQNjUD5ThvaZMgaOl1bGlNnWfE5+WXqFkk&#10;GRlDUqjsVkC+2fqL+/R64KhWO/6igpU7Kxb4P0rZdl2xO/79VHc0G0MFj7XVASHwEo6Hk2kb25mA&#10;4PHsUIoerpCn+Eek2WRAWoODyq8COhoQPMhCtYGN6Hw0HsRgo1LopihqaYI8OpGnvhdYf/dHyJNA&#10;SPZbFsj0QhoyPLqQh4yQPg9dzWLWJzRApwAF3fEZBbD1bRWuT9dqQed4TaV6qIQIkEL6BpyN/Gxh&#10;FMZ8IagL98sqUeVez/ecNZv1R2HQjsK0Ht5OPt3dtWXuqWlj3T21ZdQLothYRm1lDg4hECE9IA8v&#10;QJwMYUDFmeSn01rlbyvjlf0Opmswa18CP75P90Hr+F4tfwAAAP//AwBQSwMEFAAGAAgAAAAhAFs7&#10;AznfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dROXWk6TZM4ISS2&#10;ceCYNqap1jilydbC02NOcLP1f/r9udzOrhdXHEPnScFykYBAarzpqFXwdnp6yEGEqMno3hMq+MIA&#10;2+r2ptSF8RMd8HqMreASCoVWYGMcCilDY9HpsPADEmcffnQ68jq20ox64nLXy1WSrKXTHfEFqwfc&#10;W2zOx4tTsKqzVKb2+bBvv+uXTzvt3s/mVan7u3n3CCLiHP9g+NVndajYqfYXMkH0CrLlZsMoB8ka&#10;BANZmqcgah7yNciqlP8/qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAooNJXrUCAAD3&#10;BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWzsDOd8A&#10;AAAJAQAADwAAAAAAAAAAAAAAAAAPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
+                <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="90488,152400;90488,152400;90488,152400;90488,152400" o:connectangles="0,90,180,270"/>
+                <w10:wrap anchory="line"/>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00931ECC" w:rsidRPr="000148FC">
-[...8 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:r w:rsidR="00C33DDF">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное оценивание за раздел                до 8 мая</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="007B2331" w:rsidP="00931ECC">
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельная работа в 11 классе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00ED272A" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3012440</wp:posOffset>
+                  <wp:posOffset>3304540</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="paragraph">
+                <wp:positionV relativeFrom="line">
                   <wp:posOffset>40005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="180975" cy="304800"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="Правая фигурная скобка 12"/>
+                <wp:docPr id="1073741826" name="officeArt object"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="180975" cy="304800"/>
                         </a:xfrm>
-                        <a:prstGeom prst="rightBrace">
+                        <a:custGeom>
                           <a:avLst/>
-                        </a:prstGeom>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                            <a:cxn ang="5400000">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                            <a:cxn ang="10800000">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                            <a:cxn ang="16200000">
+                              <a:pos x="wd2" y="hd2"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="21600" h="21600" extrusionOk="0">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:cubicBezTo>
+                                <a:pt x="5965" y="0"/>
+                                <a:pt x="10800" y="478"/>
+                                <a:pt x="10800" y="1069"/>
+                              </a:cubicBezTo>
+                              <a:lnTo>
+                                <a:pt x="10800" y="9731"/>
+                              </a:lnTo>
+                              <a:cubicBezTo>
+                                <a:pt x="10800" y="10322"/>
+                                <a:pt x="15635" y="10800"/>
+                                <a:pt x="21600" y="10800"/>
+                              </a:cubicBezTo>
+                              <a:cubicBezTo>
+                                <a:pt x="15635" y="10800"/>
+                                <a:pt x="10800" y="11278"/>
+                                <a:pt x="10800" y="11869"/>
+                              </a:cubicBezTo>
+                              <a:lnTo>
+                                <a:pt x="10800" y="20531"/>
+                              </a:lnTo>
+                              <a:cubicBezTo>
+                                <a:pt x="10800" y="21122"/>
+                                <a:pt x="5965" y="21600"/>
+                                <a:pt x="0" y="21600"/>
+                              </a:cubicBezTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
                         <a:noFill/>
-                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                        <a:ln w="9525" cap="flat">
                           <a:solidFill>
-                            <a:srgbClr val="4F81BD">
-[...2 lines deleted...]
-                            </a:srgbClr>
+                            <a:srgbClr val="4A7EBB"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
+                          <a:round/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
-[...4 lines deleted...]
-                      </wps:bodyPr>
+                      <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
+                <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Правая фигурная скобка 12" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:237.2pt;margin-top:3.15pt;width:14.25pt;height:24pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1cOUhtAIAACoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdHdDQpNVkyptFIQU&#10;2kot6nni9WZXeG1jOz/lBII7j8ArFLggJHiGzRsx9m76QzkhLtb8eTzzzTc+ONxUgqy4saWSQ5rs&#10;xZRwyVRWysWQvrqYPulTYh3IDISSfEivuKWHo8ePDtY65R1VKJFxQzCJtOlaD2nhnE6jyLKCV2D3&#10;lOYSnbkyFThUzSLKDKwxeyWiThw/i9bKZNooxq1F66Rx0lHIn+ecudM8t9wRMaRYmwunCefcn9Ho&#10;ANKFAV2UrC0D/qGKCkqJj96kmoADsjTlg1RVyYyyKnd7TFWRyvOS8dADdpPEf3RzXoDmoRcEx+ob&#10;mOz/S8tOVmeGlBnOrkOJhApnVH/evquv66/19fYT2X6sv9ffth/Q9LMxvK9/1L/qL3heE7yECK61&#10;TTHRuT4zHgOrZ4q9tuiI7nm8YtuYTW4qH4sIkE0Yx9XNOPjGEYbGpB8P9nuUMHQ9jbv9OIwrgnR3&#10;WRvrnnNVES8MqSkXhTsywDxmkMJqZp0vAtJdoDdLNS2FCHMXkqyHdNDr+EcA2ZcLcChWGvGwckEJ&#10;iAXSmjkTMlolyszfDl2axfxYGLICpFZ32k+OJk1QARlvrINe3NSMmIB7qbLGnMQ7O5ZmmzShzHv5&#10;fc0TsEVzJ7g81nhFSP8+D+xuW7yF1ktzlV3hVI1q6G41m5aYbQbWnYFBfuMm4M66UzxyoRAD1UqU&#10;FMq8/ZvdxyPt0EvJGvcFAXqzBMMpES8kEnKQdLt+wYLS7e13UDF3PfO7HrmsjhXiluDvoFkQfbwT&#10;OzE3qrrE1R77V9EFkuHbzSha5dg1e4yfA+PjcQjDpdLgZvJcM5/c4+RxvNhcgtEtTRzy60TtdusB&#10;T5rYhinjpVN5GUh0i2tLa1zIMI328/Abf1cPUbdf3Og3AAAA//8DAFBLAwQUAAYACAAAACEAaU0y&#10;ENsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTxBQIcSooKncKF25u&#10;vMQR8Tqy3Tb8PcuJ3mY1o5m3zXr2ozhiTEMgDctFAQKpC3agXsPH+/bmHkTKhqwZA6GGH0ywbi8v&#10;GlPbcKI3PO5yL7iEUm00uJynWsrUOfQmLcKExN5XiN5kPmMvbTQnLvejLItiJb0ZiBecmXDjsPve&#10;HbyGlzgtKztUrxt8LjvsP52atk7r66v56RFExjn/h+EPn9GhZaZ9OJBNYtSg7pTiqIZVBYL926J8&#10;ALFnoSqQbSPPH2h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPVw5SG0AgAAKgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGlNMhDbAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAADgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" adj="1069" strokecolor="#4a7ebb"/>
+              <v:shape id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:260.2pt;margin-top:3.15pt;width:14.25pt;height:24pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+EAe1twIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2jAQf5+072D5fY0TIPwRUJV13Uu1&#10;IrX7AMZxSNbEtmxD6D79znYIhG3amMZDsH13v7v73fk8vz3UFdpzbUopFji+IRhxwWRWiu0Cf315&#10;+DDByFgqMlpJwRf4jRt8u3z/bt6oGU9kIauMawQgwswatcCFtWoWRYYVvKbmRiouQJhLXVMLW72N&#10;Mk0bQK+rKCEkjRqpM6Ul48bA6X0Q4qXHz3PO7FOeG25RtcAQm/Vf7b8b942WczrbaqqKkrVh0H+I&#10;oqalAKcd1D21FO10+RNUXTItjcztDZN1JPO8ZNznANnE5CKb54Iq7nMBcozqaDL/D5Z92a81KjOo&#10;HRkPxsN4kqQYCVpDrUJ0d9oiufkGTDqyGmVmYPOs1tqla9SjZK8GBFFP4jam1Tnkuna6AIcOnvm3&#10;jnl+sIjBYTwh0/EIIwaiARlOiK9MRGdHY7Yz9jOXHojuH40NhcuOK1ocV+wgYOkcwgpR14fEl0ZJ&#10;4/w3WYIRuCng38Xt9XrqoyFxv+uMYgJBX2+VQhP/nVUItE1NQzkuW1pjBC29CS2tqHWMuLzcEjUL&#10;nMQpJIWKbgXk6527uE+vR45quecv0lvZi2KB/5OU7TYlW/Hv57qjaQoVPNVWeQTPiz8ejidtbBeC&#10;mKTTYyl6uJU4xz8hTceDuDU4qvwqoJNBTAaJrzawEZyP0kEINij5bgqilibIoxM56nuB9Xd/hDwL&#10;JE5+y0I8uZKGhIyu5CGJ4z4PXc1C1mc0QKcABd3xBQWwdW3lr0/Xal7ndE2FfCirykNWwjXgdJS4&#10;K05hzOcVtf5+GVmVmdNzPWf0dvOx0mhPYVoP78afVqu2zD01pY29p6YIel4UGkvLncjAIQRSCQfI&#10;/QsQJoMfUGEmuem0kdnbWjtlt4Pp6s3al8CN7/O91zq9V8sfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;7HGBW94AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDmlQlZFNVlTgh&#10;JFo4cHTiJY4ar0PsNoGvxz3BbVYzmnlbbmbbizONvnOMcL9IQBA3TnfcIry/Pd2tQfigWKveMSF8&#10;k4dNdX1VqkK7ifd0PoRWxBL2hUIwIQyFlL4xZJVfuIE4ep9utCrEc2ylHtUUy20v0yRZSas6jgtG&#10;DbQz1BwPJ4uQ1nkmM/O837U/9cuXmbYfR/2KeHszbx9BBJrDXxgu+BEdqshUuxNrL3qEPE2yGEVY&#10;LUFEP8/WDyDqi1iCrEr5/4HqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD4QB7W3AgAA&#10;9wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOxxgVve&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAAEQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
+                <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="90488,152400;90488,152400;90488,152400;90488,152400" o:connectangles="0,90,180,270"/>
+                <w10:wrap anchory="line"/>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00931ECC" w:rsidRPr="000148FC">
-[...8 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:r w:rsidR="00C33DDF">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суммативное оценивание за четверть             до 22 мая</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...3 lines deleted...]
-          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
-        <w:contextualSpacing/>
-[...19 lines deleted...]
-        <w:contextualSpacing/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контрольная работа в 11 классе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567" w:firstLine="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:contextualSpacing/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОЛИЧЕСТВО УЧЕБНЫХ ПРЕДМЕТОВ, СОР и  СОЧ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020532F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4-й ЧЕТВЕРТИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019-2020 УЧЕБНОГО ГОДА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="8903" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DDEF"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1689"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2299"/>
+        <w:gridCol w:w="1640"/>
+        <w:gridCol w:w="2993"/>
+        <w:gridCol w:w="2123"/>
+        <w:gridCol w:w="2147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="005A545A" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="ac"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>С</w:t>
-[...8 lines deleted...]
-              <w:t>ынып</w:t>
+              <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7831" w:type="dxa"/>
+            <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="ac"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Саны</w:t>
+              <w:t>Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="00091A5D">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="0020532F" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r>
               <w:rPr>
+                <w:rStyle w:val="ac"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>пәндер</w:t>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+              <w:rPr>
+                <w:rStyle w:val="ac"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>редметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="ac"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>БЖБ</w:t>
+              <w:t>СОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="ac"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТЖБ</w:t>
+              <w:t>СОЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="321"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2301" w:type="dxa"/>
+            <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2299" w:type="dxa"/>
+            <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
+        <w:trPr>
+          <w:trHeight w:val="641"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3231" w:type="dxa"/>
+            <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
-              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000148FC">
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
+                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14 бақылау / зертханалық жұмыс</w:t>
+              <w:t>14 контрольных / лабораторных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:rStyle w:val="ab"/>
           <w:rFonts w:eastAsia="Arial"/>
-          <w:b/>
-[...1379 lines deleted...]
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельность участников образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает организацию дистанционного процесса обучения, в том числе технические условия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимает управленческие решения, направленные на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышение качества работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет обратную связь с педагогами, обучающимися и их родителями (законными представителями) по мере необходимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует доставку учебных заданий и сбор выполненных работ обучающихся, не имеющих доступ</w:t>
+      </w:r>
+      <w:r w:rsidR="0020532F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к сети Интернет и средствам связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает строгое соблюдение требований по использованию  индивидуальных средств защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не допускает запрашивание непредусмотренной отчетной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель директора по учебной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доводит до педагогов ко</w:t>
+      </w:r>
+      <w:r w:rsidR="0020532F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личество часов согласно Типовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00704F07">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по каждому предмету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совместно с учителями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-предметниками определяет организацию дистанционной учебной деятельности обучающихся: методы и приемы обучения, сроки получения учебных заданий обучающимися и представления ими выполненных работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет информирование всех участников процесса обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(педагогов, обучающихся, родителей (законных представителей) обучающихся, иных работников) об организации дистанционной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет методическое сопровождение в ходе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации дистанционного процесса обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет обратную связь с участниками дистанционного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесса обучения по мере необходимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координирует работу по выполнению учебной нагрузки педагогами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместитель директора по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательной работе, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организатор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрабатывает контент для воспитательных мероприятий с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использованием информационно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-коммуникационных технологий и телекоммуникационных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит мероприятия в дистанционном режиме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(через социальные сети, сайт школы и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещает информацию о проведенных мероприятиях в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, на сайте школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>координирует работу классных руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог-предметник:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременно доводит информацию о видах работы до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сведения обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, их родителей (законных представителей), используя электронные журналы и дневники и другие доступные способы связи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременно осуществляет корректировку поурочного планирования и структуризацию учебных материалов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">применяет оптимальные и разнообразные виды деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елеуроки, </w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посредством интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформ, самостоятельная работа, чат-занятия и др.), доступные информацион</w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но-коммуникационные технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляет задания согласно нормам объема домашнего задания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет контроль за самостоятельной работой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, предоставляет обратную связь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет сбор выполненных заданий доступным для учителя и ученика способом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(электронные журналы и дневники, электронная почта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC23B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, др. мессенджеры, мобильная или стационарная телефонная связь или через работников школы, операторов почтовой связи, определённых администрацией</w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00207C60">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отсутствия Интернета  и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит индивидуальные консультации для обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в том числе для детей с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дистанционно проводятся уроки по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Физическая культура»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, «Самопознание», «Художественный труд», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Музыка», «Начальная военная и технологическая подготовка», «Основы предпринимательства и бизнеса», «Графика и проектирование», а  учителя выполняют следующие виды работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00207C60" w:rsidP="00573762">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-        </w:numPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  разрабатывают комплекс физических и строевых упражнений для выполнения обучающимися дома </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Физическая культура, Начальная военная и технологическая подготовка);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00207C60" w:rsidP="00573762">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...28 lines deleted...]
-        </w:numPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  разрабатывают инструкции по изготовлению поделок</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, макетов и др</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. (Художественный труд, Г</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рафика и проектирование);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00207C60" w:rsidP="00573762">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...28 lines deleted...]
-        </w:numPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляют консультации по проектной деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Самопознание, Основы предпринимательства и бизнеса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00A204E0" w:rsidP="00573762">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...28 lines deleted...]
-        </w:numPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляют перечень музыкальных произведений, которые необходимо прослушать, оказывает необходимые консультации (Музыка); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00A204E0" w:rsidP="00573762">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-[...24 lines deleted...]
-        <w:widowControl/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвуют в организации и проведении воспитательных мероприятий в дистанционном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги предшкольных классов общеобразовательных школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведут дистанционные </w:t>
+      </w:r>
+      <w:r w:rsidR="00A204E0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятия по основным предметам: Основы грамоты, Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ормирование элементарных</w:t>
+      </w:r>
+      <w:r w:rsidR="00A204E0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математических представлений, О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знакомление с окружающим миром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги по предмету «Самопознание» при проведении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уроков могут руководствоваться рекомендациями ННПОи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A204E0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О Центра «Бобек», размещенных по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ссылке:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ozin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ozi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>//.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения дистанционного обучения в </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E" w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лицеях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«БІЛІМ-ИННОВАЦИЯ» будет использоваться образовательная платформа </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EduPage</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:widowControl/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающийся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...22 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>находится на ежедневной связи с классным руководи</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телем и учителями-предметниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневно самостоятельно изучает учебные материалы учебника, выполняет задания, в том числе через доступные средства связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заходит в личный кабинет в электронном дневнике (электронный дневник, электронная почта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сынып жетекшісімен  және пән мұғалімдерімен байланыста болады.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00157DEE" w:rsidRPr="007B2331" w:rsidRDefault="00157DEE" w:rsidP="00157DEE">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>угие,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случаях отсутствия И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернета, связи – через педагога, оператора почтовой связи по определению администрации школы) для получения учебного материала и заданий, для самостоятельного изучения/выполнения (по возможности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пред</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставляет выполненные задания в соответствии с требованиями педагогов, отправляя их педагогу через доступные средства связи (электронный дневник, электронная почта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случаях отсутствия И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернета, связи – через педагога, оператора почтовой связи по определению администрации школы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдает правила академической честности и принципы самоконтроля при выполнении учебных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использует дополнительные цифровые образовательные ресурсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="a9"/>
-        <w:widowControl/>
-[...39 lines deleted...]
-      <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ab"/>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Родители (законные представители) обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ab"/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создают обучающемуся условия для обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляют контроль за обучением детей, выполнением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися самостоятельных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддерживают связь с классным руководителем и учителями-предметниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Педагог-психолог:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
-[...2 lines deleted...]
-        <w:widowControl/>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="12"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...62 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="568"/>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывает рекомендации по психологической поддержке</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ab"/>
-[...41 lines deleted...]
-        <w:widowControl/>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся и их родителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(законных представителей) в условиях дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:suppressAutoHyphens w:val="0"/>
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="ab"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуально проводит консультацию с обучающимися</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с родителями (законными представителями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Классный руководитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информирует родителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(законных представителей) о процессе обучения, о предоставлении обратной связи обучающимся, о ходе обучения и учебных результатах, о необходимости создания условий для самостоятельной работы обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создает и использует чаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, форумы обучающихся и их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей в системах электронных журналов и</w:t>
+      </w:r>
+      <w:r w:rsidR="00493CD0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дневников, а также через WhatsА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC23B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ата-аналарды (заңды өкілдерді) оқу процесі, білім алушыларға кері байланыс беру, оқу барысы және оқу нәтижелері, білім алушылардың өзіндік жұмысы үшін жағдай жасау қажеттілігі туралы хабардар етеді;</w:t>
-[...5 lines deleted...]
-        <w:widowControl/>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Telegram и другие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:autoSpaceDN/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="auto"/>
-[...22 lines deleted...]
-        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет ежедневную связь с обучающимися и их родителями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(законными представителями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00C206E5" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...29 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C206E5">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет учителям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C206E5">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-предметникам, педагогу-психологу списки своего класса с контактными данными обучающихся (номер домашнего, сотового телефона, электронная почта).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C206E5" w:rsidRDefault="00C206E5" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...29 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C206E5" w:rsidRPr="00267767" w:rsidRDefault="00C206E5" w:rsidP="00C206E5">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
         <w:numPr>
-          <w:ilvl w:val="2"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...363 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>07.04.2020 18:39:36: Кобенова Г. И. (Комитет по обеспечению качества в сфере образования и науки) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>07.04.2020 18:46:53: Байжанов Н. А. (Юридический Департамент) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
         <w:t>07.04.2020 19:56:04: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FC18B9" w:rsidRPr="000148FC" w:rsidSect="00BE39F2">
-      <w:headerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00C206E5" w:rsidRPr="00267767" w:rsidSect="00BE39F2">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
+    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
+    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
+    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
+    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1690641372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00C27373" w:rsidRDefault="00846B32">
+      <w:p w:rsidR="005F6A38" w:rsidRDefault="00293D42">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00C27373">
+        <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007B2331">
+        <w:r w:rsidR="00ED272A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00C27373" w:rsidRDefault="007B2331">
+  <w:p w:rsidR="005F6A38" w:rsidRDefault="00ED272A">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>444500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8018780"/>
               <wp:effectExtent l="0" t="2540" r="2540" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -12125,1342 +16504,2369 @@
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00FC18B9" w:rsidRPr="00FC18B9" w:rsidRDefault="00FC18B9">
+                        <w:p w:rsidR="00C206E5" w:rsidRPr="00C206E5" w:rsidRDefault="00C206E5">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">08.04.2020 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:35pt;width:30pt;height:631.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBid+GhgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z32ps7GtdVZ7aapK&#10;24u02w8ggGNUDBRI7FW1/94Bb7Lu5aGqmgfCMMNhZs4ZX1yOvUQHbp3QqsHZWYoRV1QzoXYN/vKw&#10;WZQYOU8UI1Ir3uBH7vDl+vWri8HUPNedloxbBCDK1YNpcOe9qZPE0Y73xJ1pwxU4W2174sG0u4RZ&#10;MgB6L5M8Tc+TQVtmrKbcOTi9nZx4HfHbllP/qW0d90g2GHLzcbVx3YY1WV+QemeJ6QR9ToP8QxY9&#10;EQoePUHdEk/Q3orfoHpBrXa69WdU94luW0F5rAGqydJfqrnviOGxFmiOM6c2uf8HSz8ePlskGHCH&#10;kSI9UPTAR4+u9Yiy0J3BuBqC7g2E+RGOQ2So1Jk7Tb86pPRNR9SOX1mrh44TBtnFm8ns6oTjAsh2&#10;+KAZPEP2XkegsbV9AIRmIEAHlh5PzIRUKBy+KbM0BQ8FV5lm5aqM1CWkPt421vl3XPcobBpsgfmI&#10;Tg53zkMdEHoMidlrKdhGSBkNu9veSIsOBFSyib9QOlxx8zCpQrDS4drknk4gSXgj+EK6kfXvVZYX&#10;6XVeLTbn5WpRbIrlolql5SLNquvqPC2q4nbzFBLMiroTjHF1JxQ/KjAr/o7h51mYtBM1iIYGV8t8&#10;OVE0z97Ni4Rmhn7+ocheeBhIKfrQ6GMQqQOxbxWDC6T2RMhpn/ycfmwZ9OD4H7sSZRCYnzTgx+0I&#10;KEEbW80eQRBWA1/ALXxFYBPWfAXmAEPZYPdtTyzHSL5XoKsqKwpw+WgUy1UOhp17tnMPUbTTMOse&#10;o2l746fJ3xsrdh08NilZ6SvQYiuiTF4SgyqCAYMX63n+SITJntsx6uVTtv4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAXxeWr3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEKL&#10;RilNp4HECWkSo+LsNaYta5KqybrCr8c9wc32e3r+XrGZbS8mGkPnnYbblQJBrvamc42G6v3lJgMR&#10;IjqDvXek4ZsCbMrLiwJz48/ujaZ9bASHuJCjhjbGIZcy1C1ZDCs/kGPt048WI69jI82IZw63vUyU&#10;WkuLneMPLQ703FJ93J+shkn9VHWKXr7uvtbVcdsmT9PuQ+vrq3n7CCLSHP/MsOAzOpTMdPAnZ4Lo&#10;NTxkGaNHDfeKOy0GdbdcDjylaZKBLAv5v0T5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AEGJ34aGAgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABfF5avfAAAADAEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00FC18B9" w:rsidRPr="00FC18B9" w:rsidRDefault="00FC18B9">
+                  <w:p w:rsidR="00C206E5" w:rsidRPr="00C206E5" w:rsidRDefault="00C206E5">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">08.04.2020 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04CB0E93"/>
+    <w:nsid w:val="080311EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8FF05F9C"/>
+    <w:tmpl w:val="C70215A6"/>
+    <w:lvl w:ilvl="0" w:tplc="C306673E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AD011FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FFAD584"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1146" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1866" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2586" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3306" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4026" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4746" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5466" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6186" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6906" w:hanging="360"/>
-[...112 lines deleted...]
-        <w:ind w:left="7113" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="093F53B9"/>
+    <w:nsid w:val="0AF20A9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="49A83D20"/>
+    <w:tmpl w:val="627A6550"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6E900A44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="2220" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C065A64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4B22B808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="3660" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B1D236E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="4380" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1DC46092">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="5100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="39C6EB26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="5820" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C9D0D9D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="6540" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B5DE78EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="7260" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D594488"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F1A3F5A"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005">
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1092529E"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F126209"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9AB6B70C"/>
+    <w:tmpl w:val="94B68386"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12D537FF"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F5263AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F20A1D4C"/>
+    <w:tmpl w:val="7EA619DC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190001">
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2073" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2793" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4233" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4953" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5673" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7113" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13392E94"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11FD3CFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="35626EE8"/>
+    <w:tmpl w:val="B276E5BA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14CC0DDE"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18884763"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2AFEDC54"/>
-[...88 lines deleted...]
-    <w:tmpl w:val="3CCA710E"/>
+    <w:tmpl w:val="DB6690E4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
+        <w:ind w:left="2073" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="360"/>
+        <w:ind w:left="2793" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
+        <w:ind w:left="3513" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
+        <w:ind w:left="4233" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="360"/>
+        <w:ind w:left="4953" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
+        <w:ind w:left="5673" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
+        <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="360"/>
+        <w:ind w:left="7113" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1F925902"/>
+    <w:nsid w:val="1BFC4230"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B31CD600"/>
+    <w:tmpl w:val="E4E497CC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="205C1FEF"/>
+    <w:nsid w:val="2CAF7B48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="98348004"/>
+    <w:tmpl w:val="9078D092"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1428" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D83611DC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A1D6226C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D9201E84">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0972A1E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="99885F5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C07E51DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="497699C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F1DAEA72">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3788296A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD72AE9C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2148" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2868" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3588" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4308" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5028" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5748" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6468" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7188" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21817DE3"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F81798D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A4083EB4"/>
+    <w:tmpl w:val="295886F0"/>
+    <w:lvl w:ilvl="0" w:tplc="5E3CBA86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FDB7258"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F1A64BA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24712F86"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="483973B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DEF27EBA"/>
+    <w:tmpl w:val="ADB0BBD6"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6E900A44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="2220" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2C065A64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4B22B808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="3660" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B1D236E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="4380" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1DC46092">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="5100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="39C6EB26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="5820" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C9D0D9D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="6540" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B5DE78EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="7260" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BA71256"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A120C04"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -13526,54 +18932,143 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A0955C3"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C986DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A4DE64DA"/>
+    <w:tmpl w:val="2C180B60"/>
+    <w:lvl w:ilvl="0" w:tplc="2E442CA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CD35286"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A8FC3D06"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -13639,2045 +19134,844 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2AAB206B"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64B821FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="91F27CC4"/>
-[...89 lines deleted...]
-    <w:tmpl w:val="B5285208"/>
+    <w:tmpl w:val="1F0C9044"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="23D0541C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="1500" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="104ED942">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="2220" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="35347D62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9152811C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="3660" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="81341A3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="4380" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8146CCE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="5100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BDD40CB0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="□"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="5820" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08784C66">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="6540" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:highlight w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
+          <w14:srgbClr w14:val="000000"/>
+        </w14:shadow>
+        <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+          <w14:noFill/>
+          <w14:prstDash w14:val="solid"/>
+          <w14:bevel/>
+        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71D00CCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D12E48F0"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="360"/>
+        <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="381F35CE"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C0B7D51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D3F88242"/>
+    <w:tmpl w:val="BA783C2A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2869" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3589" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4309" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5029" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...426 lines deleted...]
-      <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
-      </w:pPr>
-[...1058 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="16"/>
-[...16 lines deleted...]
-  <w:num w:numId="26">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="35"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF38FB"/>
-    <w:rsid w:val="00084CDF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001421B4"/>
+    <w:rsid w:val="00085433"/>
+    <w:rsid w:val="0009044D"/>
+    <w:rsid w:val="00091A5D"/>
+    <w:rsid w:val="000D5B45"/>
+    <w:rsid w:val="000D6753"/>
+    <w:rsid w:val="000E1511"/>
+    <w:rsid w:val="000E3C71"/>
+    <w:rsid w:val="000E5A2E"/>
     <w:rsid w:val="00144767"/>
-    <w:rsid w:val="0014707D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00236D89"/>
+    <w:rsid w:val="00187E44"/>
+    <w:rsid w:val="001E74D4"/>
+    <w:rsid w:val="0020532F"/>
+    <w:rsid w:val="00207C60"/>
+    <w:rsid w:val="00236A72"/>
+    <w:rsid w:val="0026545F"/>
     <w:rsid w:val="00267767"/>
     <w:rsid w:val="00271F49"/>
-    <w:rsid w:val="002B6FD0"/>
-[...18 lines deleted...]
-    <w:rsid w:val="007F18D5"/>
+    <w:rsid w:val="00273285"/>
+    <w:rsid w:val="002744B1"/>
+    <w:rsid w:val="00291C1B"/>
+    <w:rsid w:val="00292C8C"/>
+    <w:rsid w:val="00293D42"/>
+    <w:rsid w:val="0029557C"/>
+    <w:rsid w:val="002A755C"/>
+    <w:rsid w:val="002E395C"/>
+    <w:rsid w:val="002E4D4E"/>
+    <w:rsid w:val="00342435"/>
+    <w:rsid w:val="0035394C"/>
+    <w:rsid w:val="00373765"/>
+    <w:rsid w:val="003842FC"/>
+    <w:rsid w:val="003C3AF2"/>
+    <w:rsid w:val="003E1DC0"/>
+    <w:rsid w:val="003E7408"/>
+    <w:rsid w:val="00414893"/>
+    <w:rsid w:val="00423913"/>
+    <w:rsid w:val="00474FA2"/>
+    <w:rsid w:val="00482445"/>
+    <w:rsid w:val="004841DB"/>
+    <w:rsid w:val="004858A4"/>
+    <w:rsid w:val="00493CD0"/>
+    <w:rsid w:val="004B725A"/>
+    <w:rsid w:val="004C052E"/>
+    <w:rsid w:val="004D28C9"/>
+    <w:rsid w:val="004F481F"/>
+    <w:rsid w:val="0050004B"/>
+    <w:rsid w:val="00515AC1"/>
+    <w:rsid w:val="00531B4E"/>
+    <w:rsid w:val="00543E50"/>
+    <w:rsid w:val="00573762"/>
+    <w:rsid w:val="00585ECF"/>
+    <w:rsid w:val="005B3789"/>
+    <w:rsid w:val="005C27E0"/>
+    <w:rsid w:val="005F6A38"/>
+    <w:rsid w:val="00620F87"/>
+    <w:rsid w:val="00635A82"/>
+    <w:rsid w:val="00636790"/>
+    <w:rsid w:val="0066434D"/>
+    <w:rsid w:val="00677999"/>
+    <w:rsid w:val="006B2825"/>
+    <w:rsid w:val="006D073C"/>
+    <w:rsid w:val="006D3C29"/>
+    <w:rsid w:val="006E37D3"/>
+    <w:rsid w:val="007002D9"/>
+    <w:rsid w:val="00704F07"/>
+    <w:rsid w:val="00754FB2"/>
+    <w:rsid w:val="00757550"/>
+    <w:rsid w:val="007D21BB"/>
+    <w:rsid w:val="007D5C2D"/>
+    <w:rsid w:val="007E4E4E"/>
     <w:rsid w:val="00831B8F"/>
-    <w:rsid w:val="00846B32"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00BC3289"/>
+    <w:rsid w:val="00880C3B"/>
+    <w:rsid w:val="008853F4"/>
+    <w:rsid w:val="008C0B5C"/>
+    <w:rsid w:val="008F173D"/>
+    <w:rsid w:val="008F286B"/>
+    <w:rsid w:val="00923BCF"/>
+    <w:rsid w:val="00942F4D"/>
+    <w:rsid w:val="00953949"/>
+    <w:rsid w:val="00964E00"/>
+    <w:rsid w:val="009B3F89"/>
+    <w:rsid w:val="009B480D"/>
+    <w:rsid w:val="009D42D4"/>
+    <w:rsid w:val="009F5AC7"/>
+    <w:rsid w:val="00A00F85"/>
+    <w:rsid w:val="00A01027"/>
+    <w:rsid w:val="00A204E0"/>
+    <w:rsid w:val="00A8739B"/>
+    <w:rsid w:val="00A9486A"/>
+    <w:rsid w:val="00AB3B63"/>
+    <w:rsid w:val="00AE46BF"/>
+    <w:rsid w:val="00B1509F"/>
+    <w:rsid w:val="00B4186C"/>
+    <w:rsid w:val="00B5330D"/>
+    <w:rsid w:val="00B53777"/>
+    <w:rsid w:val="00B87487"/>
+    <w:rsid w:val="00B90D0C"/>
+    <w:rsid w:val="00BA10AA"/>
+    <w:rsid w:val="00BA7043"/>
+    <w:rsid w:val="00BD37D8"/>
     <w:rsid w:val="00BE39F2"/>
-    <w:rsid w:val="00C2081D"/>
+    <w:rsid w:val="00BE6C05"/>
+    <w:rsid w:val="00C206E5"/>
+    <w:rsid w:val="00C24897"/>
     <w:rsid w:val="00C27373"/>
-    <w:rsid w:val="00C718EB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CA0B83"/>
+    <w:rsid w:val="00C33DDF"/>
+    <w:rsid w:val="00C4158C"/>
+    <w:rsid w:val="00C57A84"/>
+    <w:rsid w:val="00C9276A"/>
+    <w:rsid w:val="00C94D63"/>
+    <w:rsid w:val="00C95FA3"/>
+    <w:rsid w:val="00CA781D"/>
     <w:rsid w:val="00CF38FB"/>
-    <w:rsid w:val="00D13010"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00FF3262"/>
+    <w:rsid w:val="00D108B6"/>
+    <w:rsid w:val="00D42283"/>
+    <w:rsid w:val="00D84632"/>
+    <w:rsid w:val="00D96AFC"/>
+    <w:rsid w:val="00DA65E2"/>
+    <w:rsid w:val="00DB597D"/>
+    <w:rsid w:val="00DD73E0"/>
+    <w:rsid w:val="00DF231D"/>
+    <w:rsid w:val="00E06498"/>
+    <w:rsid w:val="00E50AC6"/>
+    <w:rsid w:val="00E934F4"/>
+    <w:rsid w:val="00E97585"/>
+    <w:rsid w:val="00EA27F1"/>
+    <w:rsid w:val="00EC4D77"/>
+    <w:rsid w:val="00EC5B87"/>
+    <w:rsid w:val="00ED272A"/>
+    <w:rsid w:val="00F6769C"/>
+    <w:rsid w:val="00F96108"/>
+    <w:rsid w:val="00FB0668"/>
+    <w:rsid w:val="00FD76AB"/>
+    <w:rsid w:val="00FE1C28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{7A73335C-6800-1540-B615-353A3B2C43A1}"/>
@@ -15765,51 +20059,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16219,98 +20513,155 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE39F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE39F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="3"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00502C28"/>
+    <w:rsid w:val="00B87487"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Hyperlink"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00931ECC"/>
+    <w:rsid w:val="00DF231D"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
-[...7 lines deleted...]
-    <w:rsid w:val="00931ECC"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:rsid w:val="00573762"/>
     <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:bdr w:val="nil"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List Paragraph"/>
+    <w:rsid w:val="00573762"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+      <w:bdr w:val="nil"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нет"/>
+    <w:rsid w:val="00573762"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink0">
+    <w:name w:val="Hyperlink.0"/>
+    <w:basedOn w:val="ac"/>
+    <w:rsid w:val="00573762"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elarna.kz/ru/programma" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://school.ozin-ozi-tanu.kz/" TargetMode="External" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elarna.kz/ru/programma" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://balapan.kaztrk.kz/ru/program" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -16530,71 +20881,88 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8472E807-AC64-834F-A795-64E5468DD867}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2000/xmlns/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3782</Words>
-  <Characters>21558</Characters>
+  <Words>3979</Words>
+  <Characters>22682</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>179</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>189</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25290</CharactersWithSpaces>
+  <CharactersWithSpaces>26608</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>