--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -67,928 +67,861 @@
           <w:color w:val="1F497D" w:themeColor="text2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A3987" w:rsidRPr="009A3987" w:rsidRDefault="009A3987" w:rsidP="009A3987">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008A437F" w:rsidRDefault="008A437F" w:rsidP="00697879">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80B47" w:rsidRPr="008A2FA5" w:rsidRDefault="009A3987" w:rsidP="00F80B47">
-[...1 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5211"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009C7B27" w:rsidRPr="005E1D51" w:rsidTr="00C70984">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5211" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="00C70984">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О внесении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дополнени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>й</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в приказ Министра образования и науки Республики Казахстан от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 апреля</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="00C70984">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>123</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> усилении мер </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C7B27" w:rsidRPr="00FC14B3" w:rsidRDefault="009C7B27" w:rsidP="00C70984">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по недопущению</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>распространения коронавирусной инфекции</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="00C70984">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>COVID-19 в организациях</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C7B27" w:rsidRPr="00FC14B3" w:rsidRDefault="009C7B27" w:rsidP="00C70984">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00186833">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> период пандемии</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008067BD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="00254EAE" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F80B47" w:rsidRPr="008A2FA5" w:rsidRDefault="00F80B47" w:rsidP="00F80B47">
-[...227 lines deleted...]
-    <w:p w:rsidR="008A437F" w:rsidRDefault="008A437F" w:rsidP="00697879">
+    <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B0509">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008A437F" w:rsidRDefault="008A437F" w:rsidP="00697879">
-      <w:pPr>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="001D122C" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Внести в п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003402B6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">риказ Министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D122C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D122C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 апреля </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D122C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года № 123 «Об усилении мер по недопущению распространения коронавирусной инфекции COVID-19 в организациях образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D122C">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> в период пандемии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующее дополнения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D122C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00697879" w:rsidRPr="005C6B9A" w:rsidRDefault="006E660C" w:rsidP="006E660C">
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00437247">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнить абзацем 6 в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="008251BB" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00590368">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51654">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t>Методические рекомендации для педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51654">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51654">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации самостоятельной работы и выполнению учебных заданий обучающимися </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C51654">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в рамках дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B010B8">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8537A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E660C" w:rsidRPr="000026AE" w:rsidRDefault="0024002F" w:rsidP="006E660C">
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="009655D4" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008251BB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дополнить приложением 5 согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="008F2958" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD08E9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD08E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD08E9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...86 lines deleted...]
-        <w:t>№ 123 бұйрығына мынадай толықтыру енгізілсін:</w:t>
+        <w:t>Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Мелдебекова М.Т.) довести настоящий приказ до сведения руководителей управлений образования областей, городов Нур-Султан, Алматы и Шымкент.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E660C" w:rsidRDefault="006E660C" w:rsidP="006E660C">
-[...234 lines deleted...]
-    <w:p w:rsidR="00697879" w:rsidRPr="002F43D8" w:rsidRDefault="00697879" w:rsidP="00697879">
+    <w:p w:rsidR="009C7B27" w:rsidRPr="0033658D" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033658D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контроль за исполнением настоящего приказа возложить на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6E86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курирующего вице-министра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033658D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="0033658D" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033658D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Настоящий приказ вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C7B27" w:rsidRPr="00D70853" w:rsidRDefault="009C7B27" w:rsidP="009C7B27">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0033658D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033658D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033658D">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...121 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0033658D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00772E01">
+        </w:rPr>
+        <w:t xml:space="preserve">А. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0033658D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Аймагамбетов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="0010675D" w:rsidP="0010675D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0010675D" w:rsidRPr="00584EA5" w:rsidRDefault="0010675D" w:rsidP="0010675D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002A3D25" w:rsidRDefault="0010675D" w:rsidP="002A3D25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00584EA5">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF7A8C" w:rsidRDefault="00EF7A8C" w:rsidP="002A3D25">
+    <w:p w:rsidR="00171166" w:rsidRDefault="00171166" w:rsidP="002A3D25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00EF7A8C" w:rsidSect="009A3987">
+    <w:sectPr w:rsidR="00171166" w:rsidSect="009A3987">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1133" w:bottom="1077" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00651280" w:rsidRDefault="00651280">
+    <w:p w:rsidR="00BC77AE" w:rsidRDefault="00BC77AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00651280" w:rsidRDefault="00651280">
+    <w:p w:rsidR="00BC77AE" w:rsidRDefault="00BC77AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
@@ -1013,58 +946,58 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00651280" w:rsidRDefault="00651280">
+    <w:p w:rsidR="00BC77AE" w:rsidRDefault="00BC77AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00651280" w:rsidRDefault="00651280">
+    <w:p w:rsidR="00BC77AE" w:rsidRDefault="00BC77AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -1094,65 +1027,65 @@
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E74051">
+    <w:r w:rsidR="005E3BFF">
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00EF7A8C">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00171166">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6459220</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>618998</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Надпись 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1176,90 +1109,90 @@
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00EF7A8C" w:rsidRPr="00EF7A8C" w:rsidRDefault="00EF7A8C">
+                        <w:p w:rsidR="00171166" w:rsidRPr="00171166" w:rsidRDefault="00171166">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">13.04.2020   </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Надпись 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:508.6pt;margin-top:48.75pt;width:30pt;height:631.45pt;z-index:251660800;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDe+iEeAgMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVb1u2zAQ3gv0HQjujn6i2JYROXASuChg&#10;NEGTIjNNkbEQilRJ2pZbdOjeV+g7dOjQra/gvFGPlOQ4aYem6EKRd98d7747no5P6lKgFdOmUDLD&#10;0UGIEZNU5YW8zfC762lviJGxROZEKMkyvGEGn4xfvjheVyMWq4USOdMInEgzWlcZXlhbjYLA0AUr&#10;iTlQFZOg5EqXxMJR3wa5JmvwXoogDsN+sFY6r7SizBiQnjdKPPb+OWfUXnBumEUiwxCb9av269yt&#10;wfiYjG41qRYFbcMg/xBFSQoJl+5cnRNL0FIXv7kqC6qVUdweUFUGivOCMp8DZBOFT7K5WpCK+VyA&#10;HFPtaDL/zy19s7rUqMgzHGMkSQkl2n7dftt+3/7c/rj/fP8FxY6jdWVGAL2qAGzrU1VDrTu5AaFL&#10;vea6dF9ICoEe2N7sGGa1RRSEh8MoDEFDQTUMozRMh85N8GBdaWNfMVUit8mwhgp6YslqZmwD7SDu&#10;MqmmhRC+ikKidYb7h0ehN9hpwLmQDst8PzRu4FRb2Ho5BOdr9TGN4iQ8jdPetD8c9JJpctRLB+Gw&#10;B5Gepv0wSZPz6SfnPUpGiyLPmZwVknV9EyV/V5e2g5uK+855FLhRoshdVi42l+uZ0GhFoIHngtC7&#10;lq89VPA4HE8nZNd9fZaBq2BTKb+zG8GcfyHfMg719wVzAv/y2O5KQimT1tfa8whoh+IQ3nMMW7wz&#10;barwHOOdhb9ZSbszLguptK/2k7Dzuy5k3uCBjL283dbW87rt7LnKN9DYWkHDQXOaik4L4H1GjL0k&#10;GuYBCGHG2QtYuFDQZardYbRQ+sOf5A6fYbfGAzBfw4jJsHm/JJphJF5LeMNplCSgsv6QHA1iOOh9&#10;zXxfI5flmYImiHyAfuvwVnRbrlV5A9Nw4i4GFZEUgsuw7bZnthl8ME0pm0w8CKZQRexMXlXUuXYM&#10;u5a7rm+Irto3aKGZ3qhuGJHRk6fYYJ2lVJOlVbzw79Rx3BDbcg8TzLdkO23diNw/e9TDP2H8CwAA&#10;//8DAFBLAwQUAAYACAAAACEAZpntleEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FjSASuUphNCAw4Th40J7Zg1pq3WOFWTreXf457g5mc/PX8vX46uFWfsQ+NJQzJTIJBK&#10;bxuqNOw+X28eQIRoyJrWE2r4wQDL4vIiN5n1A23wvI2V4BAKmdFQx9hlUoayRmfCzHdIfPv2vTOR&#10;ZV9J25uBw10r50otpDMN8YfadPhSY3ncnpyGTbIOH3YfdxSG1fhm96svej9qfX01Pj+BiDjGPzNM&#10;+IwOBTMd/IlsEC1rlaRz9mp4TO9BTA6VTpsDT7cLdQeyyOX/FsUvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAN76IR4CAwAAWwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGaZ7ZXhAAAADQEAAA8AAAAAAAAAAAAAAAAAXAUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00EF7A8C" w:rsidRPr="00EF7A8C" w:rsidRDefault="00EF7A8C">
+                  <w:p w:rsidR="00171166" w:rsidRPr="00171166" w:rsidRDefault="00171166">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">13.04.2020   </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -1702,160 +1635,193 @@
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
     <w:r w:rsidR="00177EA8" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve"> БҰЙРЫҚ                                                                                                    ПРИКАЗ</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00C7780A" w:rsidRPr="00584EA5" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00584EA5" w:rsidRDefault="00FE07B0" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00584EA5" w:rsidRDefault="00290E03" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">                    </w:t>
+      <w:t xml:space="preserve">                         </w:t>
     </w:r>
     <w:r w:rsidR="0022101F" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">№  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">140            </w:t>
+      <w:t>140</w:t>
     </w:r>
-    <w:r w:rsidR="004B400D" w:rsidRPr="00584EA5">
+    <w:r w:rsidR="0022101F" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">                        </w:t>
+      <w:t>_</w:t>
     </w:r>
-    <w:r w:rsidR="001A1881" w:rsidRPr="00584EA5">
+    <w:r w:rsidR="004B400D" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                 </w:t>
+      <w:t xml:space="preserve">                        </w:t>
     </w:r>
-    <w:r w:rsidR="004B400D" w:rsidRPr="00584EA5">
+    <w:r w:rsidR="001A1881" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">               </w:t>
+      <w:t xml:space="preserve">                                 </w:t>
     </w:r>
-    <w:r w:rsidR="00584EA5" w:rsidRPr="00584EA5">
+    <w:r w:rsidR="004B400D" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">                      </w:t>
+      <w:t xml:space="preserve">               </w:t>
     </w:r>
-    <w:r w:rsidR="00442A66">
+    <w:r w:rsidR="00584EA5" w:rsidRPr="00584EA5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t>от «</w:t>
+      <w:t xml:space="preserve">                      </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00442A66">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t>13 »    апреля</w:t>
+      <w:t>от «</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r w:rsidR="00442A66">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">»    </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t>апреля</w:t>
     </w:r>
     <w:r w:rsidR="00442A66">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">  202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00934587" w:rsidRPr="00584EA5">
       <w:rPr>
@@ -2459,173 +2425,174 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
     <w:rsid w:val="000026AE"/>
     <w:rsid w:val="00047FC1"/>
     <w:rsid w:val="000922AA"/>
     <w:rsid w:val="000C1710"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="0010675D"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
+    <w:rsid w:val="00167B70"/>
+    <w:rsid w:val="00171166"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="00177EA8"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
     <w:rsid w:val="001B6592"/>
     <w:rsid w:val="001C5860"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="001F7E85"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="00220590"/>
+    <w:rsid w:val="002206A5"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="0024002F"/>
     <w:rsid w:val="00251F3F"/>
     <w:rsid w:val="0025227D"/>
     <w:rsid w:val="00284862"/>
+    <w:rsid w:val="00290E03"/>
     <w:rsid w:val="002A394A"/>
     <w:rsid w:val="002A3D25"/>
     <w:rsid w:val="00364E0B"/>
     <w:rsid w:val="003D65D5"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
     <w:rsid w:val="00430E89"/>
     <w:rsid w:val="00442A66"/>
     <w:rsid w:val="004726FE"/>
     <w:rsid w:val="00473898"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004E6F64"/>
     <w:rsid w:val="004E7F19"/>
     <w:rsid w:val="004F3375"/>
     <w:rsid w:val="00520863"/>
     <w:rsid w:val="00536266"/>
     <w:rsid w:val="00584EA5"/>
     <w:rsid w:val="00594F37"/>
+    <w:rsid w:val="005E3BFF"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="00651280"/>
     <w:rsid w:val="00697879"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="006E365C"/>
     <w:rsid w:val="006E660C"/>
     <w:rsid w:val="006E7EAD"/>
     <w:rsid w:val="007111E8"/>
     <w:rsid w:val="007257EA"/>
     <w:rsid w:val="00731B2A"/>
     <w:rsid w:val="00731EF2"/>
     <w:rsid w:val="00740441"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
     <w:rsid w:val="00795BB2"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="007F5205"/>
     <w:rsid w:val="0081000A"/>
     <w:rsid w:val="008436CA"/>
     <w:rsid w:val="00851363"/>
     <w:rsid w:val="00864C44"/>
     <w:rsid w:val="0086589D"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="00891BFC"/>
     <w:rsid w:val="008A404E"/>
     <w:rsid w:val="008A437F"/>
     <w:rsid w:val="008B48FD"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="009255AD"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009A3987"/>
     <w:rsid w:val="009B6224"/>
     <w:rsid w:val="009B69F4"/>
     <w:rsid w:val="009C5D43"/>
+    <w:rsid w:val="009C7B27"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A47D62"/>
     <w:rsid w:val="00A64CFB"/>
+    <w:rsid w:val="00A7237C"/>
     <w:rsid w:val="00A90462"/>
     <w:rsid w:val="00AA02B4"/>
     <w:rsid w:val="00AA225A"/>
     <w:rsid w:val="00AC76FB"/>
     <w:rsid w:val="00AD27B4"/>
     <w:rsid w:val="00B12DB7"/>
     <w:rsid w:val="00B86340"/>
+    <w:rsid w:val="00BC77AE"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
     <w:rsid w:val="00BF2AEA"/>
     <w:rsid w:val="00C06853"/>
-    <w:rsid w:val="00C16780"/>
     <w:rsid w:val="00C20C25"/>
     <w:rsid w:val="00C47DFE"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C97359"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
     <w:rsid w:val="00D6602F"/>
     <w:rsid w:val="00D741E6"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E74051"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00EE4EB3"/>
-    <w:rsid w:val="00EF7A8C"/>
     <w:rsid w:val="00F07CDA"/>
     <w:rsid w:val="00F22932"/>
     <w:rsid w:val="00F30FDD"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
     <w:rsid w:val="00F80B47"/>
     <w:rsid w:val="00F93EE0"/>
     <w:rsid w:val="00FB459A"/>
-    <w:rsid w:val="00FE07B0"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3807,66 +3774,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>243</Words>
-  <Characters>1390</Characters>
+  <Words>236</Words>
+  <Characters>1346</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1630</CharactersWithSpaces>
+  <CharactersWithSpaces>1579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>