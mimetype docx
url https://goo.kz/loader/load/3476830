--- v0 (2025-12-08)
+++ v1 (2025-12-12)
@@ -2,4055 +2,3425 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C750E0" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C750E0" w:rsidP="00627830">
-[...13 lines deleted...]
-    <w:p w:rsidR="005949A0" w:rsidRPr="00BC3CB2" w:rsidRDefault="005949A0" w:rsidP="00627830">
+    <w:p w:rsidR="00C750E0" w:rsidRPr="00FC5AA2" w:rsidRDefault="00C750E0" w:rsidP="00627830">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C750E0" w:rsidRPr="00BC3CB2" w:rsidRDefault="005949A0" w:rsidP="00627830">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C70B9E" w:rsidRPr="00FC5AA2" w:rsidRDefault="00C7280A" w:rsidP="00627830">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C70B9E" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C70B9E" w:rsidP="00627830">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">городского </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70B9E" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционного </w:t>
+      </w:r>
+      <w:r w:rsidR="00C750E0" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="006F431C" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рисунков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C70B9E" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00627830">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00DF184B" w:rsidRPr="00BC3CB2" w:rsidRDefault="005949A0" w:rsidP="00627830">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ВЕЛИКАЯ ПОБЕДА!»</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C750E0" w:rsidRPr="00FC5AA2" w:rsidRDefault="000F768A" w:rsidP="00627830">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>освященный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>75 – летию</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70B9E" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Победы </w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70B9E" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Великой Отечественной войн</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C70B9E" w:rsidRPr="00FC5AA2" w:rsidRDefault="00C70B9E" w:rsidP="00627830">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF184B" w:rsidRPr="00FC5AA2" w:rsidRDefault="00711517" w:rsidP="00627830">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00EE5FC1" w:rsidRPr="00BC3CB2" w:rsidRDefault="005949A0" w:rsidP="00205456">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общее положение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE5FC1" w:rsidRPr="00FC5AA2" w:rsidRDefault="00EE5FC1" w:rsidP="00205456">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="66" w:firstLine="642"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="00553297" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DF184B" w:rsidP="008D27D3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящее Положение определяет цели и задачи конк</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">урса рисунков «ВЕЛИКАЯ ПОБЕДА!» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее - Конкурс), а также порядок его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00553297" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DF184B" w:rsidP="008D27D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="66" w:firstLine="642"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E05486" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00BC77E8">
+    <w:p w:rsidR="00E05486" w:rsidRPr="00FC5AA2" w:rsidRDefault="00711517" w:rsidP="00BC77E8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...20 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00E05486" w:rsidP="008D27D3">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Организаторы к</w:t>
+      </w:r>
+      <w:r w:rsidR="00E05486" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="00E05486" w:rsidP="008D27D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="348"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...72 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="006343F4" w:rsidP="00ED4BE5">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ГККП «Центр занятости и развития детской одаренности «Павлодар дарыны»» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00ED4BE5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...20 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00651A1D">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Цели и задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006343F4" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>воспитание</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t xml:space="preserve"> чуткого, доброго и уважительного отношения к ветеранам, победившим в страшной войне и преодолевшим все тяготы сурового военного времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006343F4" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007C1C4B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>ормирование интереса к изучению прошл</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve">ого своей семьи и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t xml:space="preserve">понимание </w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подвигов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007C1C4B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00651A1D" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t>оспитание чувства патриотизма и гордости за историческое прошлое своей Родины; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007C1C4B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="007C1C4B" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t>ыявление и поддержка одаренных и талантливых детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t>одействие развитию интеллектуально-творческого потенциала личности ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007C1C4B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B65B27" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t>оспитание в детях любви к творчеству, красоте, искусству;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B65B27" w:rsidP="00651A1D">
+        </w:rPr>
+        <w:t>оспитание художественно-эстетического отношения к искусству;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...21 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B65B27" w:rsidP="00651A1D">
+        <w:t>риобщение детей к культурным ценностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B65B27" w:rsidP="00651A1D">
+        <w:t>тимулирование познавательных интересов ребёнка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="001B10F6" w:rsidP="00651A1D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="638"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001B10F6" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00995B8C" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B65B27" w:rsidP="00995B8C">
+        <w:t>азвитие художествен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но-изобразительных способностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995B8C" w:rsidRPr="00FC5AA2" w:rsidRDefault="007970C8" w:rsidP="00995B8C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007970C8" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>Тем</w:t>
+      </w:r>
+      <w:r w:rsidR="00995B8C" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995B8C" w:rsidRPr="00BC3CB2" w:rsidRDefault="00995B8C" w:rsidP="00995B8C">
+    <w:p w:rsidR="00995B8C" w:rsidRPr="00FC5AA2" w:rsidRDefault="00995B8C" w:rsidP="00995B8C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1- 4 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        <w:t xml:space="preserve">       1- 4 класс</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>с</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B10F6" w:rsidRPr="00BC3CB2">
+        <w:t>ы–«</w:t>
+      </w:r>
+      <w:r w:rsidR="007D75AB" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B65B27" w:rsidRPr="00BC3CB2">
+        <w:t>День Победы глазами ребёнка</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="00537A59" w:rsidRPr="00BC3CB2" w:rsidRDefault="00995B8C" w:rsidP="00995B8C">
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00537A59" w:rsidRPr="00FC5AA2" w:rsidRDefault="00995B8C" w:rsidP="00995B8C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 - 8 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        <w:t xml:space="preserve"> 5 - 8 класс</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>с</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B10F6" w:rsidRPr="00BC3CB2">
+        <w:t>ы–«</w:t>
+      </w:r>
+      <w:r w:rsidR="007D75AB" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B65B27" w:rsidRPr="00BC3CB2">
+        <w:t>Мы – наследники Победы</w:t>
+      </w:r>
+      <w:r w:rsidR="001B10F6" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00995B8C" w:rsidRPr="00BC3CB2" w:rsidRDefault="00995B8C" w:rsidP="00D9174C">
+    <w:p w:rsidR="00995B8C" w:rsidRPr="00FC5AA2" w:rsidRDefault="00995B8C" w:rsidP="00D9174C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D9174C" w:rsidRPr="00BC3CB2" w:rsidRDefault="00D9174C" w:rsidP="00D9174C">
+    <w:p w:rsidR="00D9174C" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D9174C" w:rsidP="00D9174C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D9174C" w:rsidRPr="00BC3CB2" w:rsidRDefault="008D27D3" w:rsidP="00D9174C">
+        <w:t>4. Условия конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D9174C" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00D9174C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00107F68" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00D9174C" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Байқауға </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D9174C" w:rsidRPr="00BC3CB2">
+        <w:t xml:space="preserve">В конкурсе принимают участие </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00107F68" w:rsidRPr="00BC3CB2">
+        <w:t>учащиеся 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D461DF" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қаласының жалпы білім беру мектептерінің 1-8 сынып оқушылары қатысады</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D9174C" w:rsidRPr="00BC3CB2">
+        <w:t>-8</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9174C" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00951A72" w:rsidRPr="00BC3CB2" w:rsidRDefault="008D27D3" w:rsidP="00E41A3E">
+        <w:t xml:space="preserve"> классов </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>общеобразовательных школ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9174C" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00D9174C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.2. </w:t>
       </w:r>
-      <w:r w:rsidR="00107F68" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D267EE" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>Прием</w:t>
+      </w:r>
+      <w:r w:rsidR="00D267EE" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Excel</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CA117F" w:rsidRPr="00BC3CB2">
+        <w:t>заявок (форма  Excel, шрифт Times New Roman) и</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D267EE" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve"> работ </w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CA117F" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95BA2" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="000F768A" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="000F768A" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95BA2" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95BA2" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апреля</w:t>
+      </w:r>
+      <w:r w:rsidR="000F768A" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020 года</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-      <w:r w:rsidR="00951A72" w:rsidRPr="00BC3CB2">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>включительно</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00E41A3E">
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00E41A3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3. </w:t>
       </w:r>
-      <w:r w:rsidR="00CA117F" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve">Подведение итогов конкурса- </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41A3E" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  мая 2020 года</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...69 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00651A1D" w:rsidRPr="00BC3CB2" w:rsidRDefault="008D27D3" w:rsidP="00E41A3E">
+    <w:p w:rsidR="00651A1D" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00E41A3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4. </w:t>
       </w:r>
-      <w:r w:rsidR="00CA117F" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>Публикация результатов конкурса </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41A3E" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E41A3E" w:rsidRPr="00BC3CB2">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve"> мая 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41A3E" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CA117F" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="008D27D3" w:rsidRPr="00BC3CB2" w:rsidRDefault="008D27D3" w:rsidP="00160200">
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D27D3" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00160200">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4.5. </w:t>
       </w:r>
-      <w:r w:rsidR="00651A1D" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00651A1D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...64 lines deleted...]
-    <w:p w:rsidR="008D27D3" w:rsidRPr="00BC3CB2" w:rsidRDefault="008D27D3" w:rsidP="00160200">
+        </w:rPr>
+        <w:t>Дипломы в электронном виде рассылаются участникам в течение месяца с момента публикации результатов конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D27D3" w:rsidRPr="00FC5AA2" w:rsidRDefault="008D27D3" w:rsidP="00160200">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00AD6B24" w:rsidRPr="00BC3CB2" w:rsidRDefault="00CA117F" w:rsidP="0070298A">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD6B24" w:rsidRPr="00FC5AA2" w:rsidRDefault="00E41A3E" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007075D9" w:rsidRPr="00BC3CB2" w:rsidRDefault="00926024" w:rsidP="0070298A">
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1864" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребования к конкурсным работам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007075D9" w:rsidRPr="00FC5AA2" w:rsidRDefault="007075D9" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>На Конкурс принимаются изображения рисунков, выполненных вцветном исполнении на бумаге формата А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ар</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve">/А3 в любой технике, сиспользованием средств для рисования — </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ндаш</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00BC3CB2">
+        <w:t>карандаш, гуашь, акварель, пастель, масляные и акриловые краски и др.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, гуашь, акварель, пастель, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00BC3CB2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ма</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        <w:t xml:space="preserve"> Рисунок должен сопровождаться этикеткой, где </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve">будут </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>акри</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        <w:t>указаны: фамилия, имя авт</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FC6C10" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>ора</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t xml:space="preserve">, класс, школа, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FC6C10" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>название работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007075D9" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>, Ф.И.О. руководителя (педагога) и</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+        <w:t>контактный телефон</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A1B" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070298A" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B00D3A" w:rsidP="0070298A">
+    <w:p w:rsidR="0070298A" w:rsidRPr="00FC5AA2" w:rsidRDefault="007075D9" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...110 lines deleted...]
-    <w:p w:rsidR="00205E9E" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B00D3A" w:rsidP="00205E9E">
+        </w:rPr>
+        <w:t>На Конкурс не принимаются работы, выполненные в виде коллажей и аппликаций, а также работы, которые полностью или частично выполнены с применением программ для графического моделирования и дизайна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00205E9E" w:rsidRPr="00FC5AA2" w:rsidRDefault="007075D9" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...61 lines deleted...]
-        <w:t>а</w:t>
+        </w:rPr>
+        <w:t>Для участия в Конкурсе ребенок должен нарисовать рисунок, посвященный тематике конкурса. Отсканированный рисунок или фотографию рисунка нужно направить на электронную почту</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="007D75AB" w:rsidRPr="00BC3CB2">
+        <w:r w:rsidR="007D75AB" w:rsidRPr="00FC5AA2">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:b/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>konkurs.risunkov.87@bk.ru</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C75117" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BF1F3D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C75117" w:rsidP="00205E9E">
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2" w:rsidRDefault="00BF1F3D" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="00205E9E" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C75117" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый у</w:t>
+      </w:r>
+      <w:r w:rsidR="00205E9E" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">частник </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен</w:t>
+      </w:r>
+      <w:r w:rsidR="00205E9E" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вить на конкурс одну работу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00205E9E" w:rsidRPr="00FC5AA2" w:rsidRDefault="00205E9E" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="36"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="0070298A" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C75117" w:rsidP="0070298A">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рисунки должны быть выполнены </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">самостоятельно, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>без помощи родителей и педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0070298A" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DF1A1B" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0070298A" w:rsidRPr="00BC3CB2">
+        </w:rPr>
+        <w:t>Работы к конкурсу принимаются только при соблюдении всех этих требований</w:t>
+      </w:r>
+      <w:r w:rsidR="0070298A" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2" w:rsidRDefault="0070298A" w:rsidP="0070298A">
+    <w:p w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2" w:rsidRDefault="0070298A" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="36"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C75117" w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="0070298A" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C75117" w:rsidP="0070298A">
+      <w:r w:rsidR="00BF1F3D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отправляя работу на конкурс, автор</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соглашается с условиямиконкурса, указанными в данном Положении, в том числе дает согласие: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0070298A" w:rsidRPr="00FC5AA2" w:rsidRDefault="00E34A8D" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...14 lines deleted...]
-    <w:p w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00C75117" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на публикацию данного рисунка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2" w:rsidRDefault="00E34A8D" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="142" w:firstLine="218"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...26 lines deleted...]
-    <w:p w:rsidR="0070298A" w:rsidRPr="00BC3CB2" w:rsidRDefault="00E93CD7" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на возможную публикацию рисунк</w:t>
+      </w:r>
+      <w:r w:rsidR="00D267EE" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в электронн</w:t>
+      </w:r>
+      <w:r w:rsidR="00D267EE" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и печатн</w:t>
+      </w:r>
+      <w:r w:rsidR="00D267EE" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>версиях СМИ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0070298A" w:rsidRPr="00FC5AA2" w:rsidRDefault="00E34A8D" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:left="142" w:firstLine="218"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...39 lines deleted...]
-    <w:p w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00E93CD7" w:rsidP="0070298A">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на использование рисунков для подготовки внутренних отчетов</w:t>
+      </w:r>
+      <w:r w:rsidR="00D267EE" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизатора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="0070298A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...7 lines deleted...]
-    <w:p w:rsidR="00205E9E" w:rsidRPr="00BC3CB2" w:rsidRDefault="00205E9E" w:rsidP="00E34A8D">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Направляя рисунок на к</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс, участник гарантирует, чтоявляется автором данного рисунка и готов, в случае необходимости,предоставить данный рисунок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в оригинале</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00205E9E" w:rsidRPr="00FC5AA2" w:rsidRDefault="00205E9E" w:rsidP="00E34A8D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...32 lines deleted...]
-    <w:p w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00205E9E" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Критерии оценивания конкурсных работ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2" w:rsidRDefault="00205E9E" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">6.1. </w:t>
       </w:r>
-      <w:r w:rsidR="00E93CD7" w:rsidRPr="00BC3CB2">
-[...76 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00205E9E">
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый член жюри оценивает конкурсную работу по 5(пяти) критериям, представленным ниже, по шкале от 1 до 10 баллов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
-      <w:r w:rsidR="00DF66F5" w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00205E9E">
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одержание рисунка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
-      <w:r w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2">
-[...20 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00205E9E">
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>омпозиционное решение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...20 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DF66F5" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астерство изображения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DF66F5" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыразительность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DF66F5" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>художественное мастерство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...13 lines deleted...]
-    <w:p w:rsidR="00D267EE" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DF66F5" w:rsidP="00205E9E">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00102584" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ригинальность замысла; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D267EE" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00D267EE" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC3CB2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00D267EE" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00102584" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оответствие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рисунков </w:t>
+      </w:r>
+      <w:r w:rsidR="00102584" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требованиям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="00102584" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформлению конкурсных работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
+    <w:p w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2" w:rsidRDefault="00D267EE" w:rsidP="00205E9E">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
-      <w:r w:rsidR="00E34A8D" w:rsidRPr="00BC3CB2">
+      <w:r w:rsidR="00E34A8D" w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>олорит.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00562080" w:rsidRPr="00BC3CB2" w:rsidRDefault="00ED4BE5" w:rsidP="00562080">
+    <w:p w:rsidR="00562080" w:rsidRPr="00FC5AA2" w:rsidRDefault="00562080" w:rsidP="00ED4BE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00562080" w:rsidRPr="00FC5AA2" w:rsidRDefault="00ED4BE5" w:rsidP="00562080">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC3CB2">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00562080" w:rsidRPr="00BC3CB2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00562080" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00562080" w:rsidRPr="00BC3CB2">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00562080" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00DF66F5" w:rsidRPr="00BC3CB2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00562080" w:rsidRPr="00BC3CB2" w:rsidRDefault="00562080" w:rsidP="00562080">
+      <w:r w:rsidR="00562080" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жюри конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562080" w:rsidRPr="00FC5AA2" w:rsidRDefault="00562080" w:rsidP="00562080">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...21 lines deleted...]
-    <w:p w:rsidR="00562080" w:rsidRPr="00BC3CB2" w:rsidRDefault="00562080" w:rsidP="00562080">
+        <w:t>В целях оценки выступлений участников и определения победителей создается жюри конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00562080" w:rsidRPr="00FC5AA2" w:rsidRDefault="00562080" w:rsidP="00562080">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...28 lines deleted...]
-    <w:p w:rsidR="007970C8" w:rsidRPr="00BC3CB2" w:rsidRDefault="007970C8" w:rsidP="007D75AB">
+        <w:t xml:space="preserve">Решение жюри заносится в протокол, является окончательным, обсуждению и изменению не подлежит. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007970C8" w:rsidRPr="00FC5AA2" w:rsidRDefault="007970C8" w:rsidP="007D75AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00951A72" w:rsidRPr="00BC3CB2" w:rsidRDefault="00ED4BE5" w:rsidP="00951A72">
+    <w:p w:rsidR="00562080" w:rsidRPr="00FC5AA2" w:rsidRDefault="00ED4BE5" w:rsidP="00562080">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   8.</w:t>
       </w:r>
-      <w:r w:rsidR="00951A72" w:rsidRPr="00BC3CB2">
-[...32 lines deleted...]
-    <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DA7283" w:rsidP="00562080">
+      <w:r w:rsidR="00562080" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Награждение участников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00562080" w:rsidP="00562080">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00562080" w:rsidP="00ED4BE5">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Победители  конкурса, набравшие наибольшее количество баллов,  награждаются</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12F68" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  дипломами І, ІІ, ІІІ степеней ЦЗРДО «Павлодар дарыны». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00562080" w:rsidP="00ED4BE5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
+      <w:r w:rsidRPr="00FC5AA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00562080" w:rsidRPr="00BC3CB2" w:rsidRDefault="00562080" w:rsidP="00453B0A">
+    <w:p w:rsidR="00562080" w:rsidRPr="00FC5AA2" w:rsidRDefault="00562080" w:rsidP="00453B0A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00304D8C" w:rsidRPr="00BC3CB2" w:rsidRDefault="00304D8C" w:rsidP="00ED4BE5">
+    <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00ED4BE5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00304D8C" w:rsidRPr="00BC3CB2" w:rsidRDefault="00304D8C" w:rsidP="00ED4BE5">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00453B0A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:szCs w:val="24"/>
-[...88 lines deleted...]
-    <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00304D8C" w:rsidP="00ED4BE5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00ED4BE5">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC3CB2">
-[...10 lines deleted...]
-    <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4BE5" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00ED4BE5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на участие в дистанционном городском конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4BE5" w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рисунков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED4BE5" w:rsidRPr="00FC5AA2" w:rsidRDefault="00ED4BE5" w:rsidP="00ED4BE5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ВЕЛИКАЯ ПОБЕДА!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00ED4BE5">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в честь 75 – летия  Победы Великой Отечественной войне</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="9888" w:type="dxa"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1131"/>
         <w:gridCol w:w="428"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="427"/>
         <w:gridCol w:w="1841"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidTr="00D267EE">
+      <w:tr w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidTr="00D267EE">
         <w:trPr>
           <w:trHeight w:val="337"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00DA7283">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТАӘ</w:t>
+              <w:t>Ф.И.О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00DA7283">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектеп </w:t>
+              <w:t>Школа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00DA7283">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00DA7283">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқыту тілі</w:t>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3406" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA7283" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00DA7283">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқушы статусы</w:t>
+              <w:t>Статус ученика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00951A72" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00951A72">
+          <w:p w:rsidR="00DA7283" w:rsidRPr="00FC5AA2" w:rsidRDefault="00DA7283" w:rsidP="00DA7283">
             <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Жетекшісі ТАӘ</w:t>
-[...23 lines deleted...]
-              <w:t>Байланыс телефоны</w:t>
+              <w:t>Ф.И.О. руководителя контакты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidTr="00D267EE">
+      <w:tr w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidTr="00D267EE">
         <w:trPr>
           <w:trHeight w:val="1398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00304D8C" w:rsidP="00304D8C">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00B12F68">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Аз қамтылған</w:t>
+              <w:t>м/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>АСП алады</w:t>
+              <w:t>получают АСП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00B12F68">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00B12F68">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Тұрғылықты төмен жағдайда</w:t>
+              <w:t>ниже прожиточного минимума</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00951A72" w:rsidP="00B12F68">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00B12F68">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Көп балалы</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Многодет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00304D8C" w:rsidP="00304D8C">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC3CB2">
+            <w:r w:rsidRPr="00FC5AA2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жетімдер</w:t>
+              <w:t>сироты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00DA7283">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidTr="00D267EE">
+      <w:tr w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidTr="00D267EE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="0012761E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1841" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F68" w:rsidRPr="00BC3CB2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
+          <w:p w:rsidR="00B12F68" w:rsidRPr="00FC5AA2" w:rsidRDefault="00B12F68" w:rsidP="00453B0A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00453B0A" w:rsidRPr="00DA7283" w:rsidRDefault="00453B0A" w:rsidP="00453B0A">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8556,190 +7926,176 @@
   <w:num w:numId="34">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="85"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00283871"/>
     <w:rsid w:val="0002058A"/>
     <w:rsid w:val="00037108"/>
     <w:rsid w:val="00052DE0"/>
     <w:rsid w:val="00065F5B"/>
+    <w:rsid w:val="000F768A"/>
     <w:rsid w:val="00102584"/>
-    <w:rsid w:val="00107F68"/>
-    <w:rsid w:val="00143482"/>
     <w:rsid w:val="001513B2"/>
     <w:rsid w:val="00160200"/>
     <w:rsid w:val="001B10F6"/>
     <w:rsid w:val="001E6DC1"/>
-    <w:rsid w:val="00204CE0"/>
     <w:rsid w:val="00205456"/>
     <w:rsid w:val="00205E9E"/>
     <w:rsid w:val="00211ECF"/>
     <w:rsid w:val="0024641C"/>
     <w:rsid w:val="00256A35"/>
     <w:rsid w:val="00283871"/>
     <w:rsid w:val="00292E40"/>
     <w:rsid w:val="00300DC0"/>
-    <w:rsid w:val="00304D8C"/>
     <w:rsid w:val="003158F4"/>
     <w:rsid w:val="003A7F9C"/>
     <w:rsid w:val="003D1501"/>
     <w:rsid w:val="003F032E"/>
     <w:rsid w:val="00453B0A"/>
     <w:rsid w:val="00483F18"/>
     <w:rsid w:val="00486A6E"/>
     <w:rsid w:val="004B3AFC"/>
     <w:rsid w:val="004E1864"/>
     <w:rsid w:val="004F41C4"/>
     <w:rsid w:val="005264EB"/>
     <w:rsid w:val="00537A59"/>
     <w:rsid w:val="00553297"/>
     <w:rsid w:val="00562080"/>
-    <w:rsid w:val="005949A0"/>
     <w:rsid w:val="005B3BE9"/>
     <w:rsid w:val="005C189D"/>
     <w:rsid w:val="005F40F1"/>
     <w:rsid w:val="006132E3"/>
     <w:rsid w:val="0061799C"/>
     <w:rsid w:val="00627830"/>
-    <w:rsid w:val="006343F4"/>
     <w:rsid w:val="00635F31"/>
     <w:rsid w:val="00651A1D"/>
     <w:rsid w:val="006900EC"/>
     <w:rsid w:val="00690BA0"/>
     <w:rsid w:val="006E25FE"/>
     <w:rsid w:val="006E34F9"/>
     <w:rsid w:val="006F431C"/>
     <w:rsid w:val="0070298A"/>
     <w:rsid w:val="007075D9"/>
     <w:rsid w:val="00711517"/>
     <w:rsid w:val="0073538C"/>
     <w:rsid w:val="007970C8"/>
     <w:rsid w:val="007B6B1E"/>
-    <w:rsid w:val="007C1C4B"/>
     <w:rsid w:val="007D64AB"/>
     <w:rsid w:val="007D75AB"/>
     <w:rsid w:val="007E1407"/>
     <w:rsid w:val="007E4B79"/>
     <w:rsid w:val="007E4C5A"/>
     <w:rsid w:val="007F3C83"/>
+    <w:rsid w:val="008462A3"/>
     <w:rsid w:val="00891EDD"/>
     <w:rsid w:val="008A37AF"/>
     <w:rsid w:val="008C37D1"/>
     <w:rsid w:val="008D27D3"/>
     <w:rsid w:val="0092298D"/>
-    <w:rsid w:val="00926024"/>
-    <w:rsid w:val="00951A72"/>
     <w:rsid w:val="00982368"/>
     <w:rsid w:val="00995B8C"/>
     <w:rsid w:val="009B17BE"/>
     <w:rsid w:val="009C60F6"/>
     <w:rsid w:val="00A36175"/>
+    <w:rsid w:val="00A95040"/>
     <w:rsid w:val="00A9768E"/>
     <w:rsid w:val="00AA6D31"/>
     <w:rsid w:val="00AD6B24"/>
-    <w:rsid w:val="00B00D3A"/>
     <w:rsid w:val="00B12F68"/>
-    <w:rsid w:val="00B65B27"/>
     <w:rsid w:val="00B752EF"/>
     <w:rsid w:val="00B77FDA"/>
     <w:rsid w:val="00B95BA2"/>
     <w:rsid w:val="00BB31CE"/>
-    <w:rsid w:val="00BC3CB2"/>
     <w:rsid w:val="00BC77E8"/>
     <w:rsid w:val="00BF1F3D"/>
     <w:rsid w:val="00C423D1"/>
     <w:rsid w:val="00C70B9E"/>
     <w:rsid w:val="00C7280A"/>
     <w:rsid w:val="00C750E0"/>
-    <w:rsid w:val="00C75117"/>
-    <w:rsid w:val="00CA117F"/>
     <w:rsid w:val="00D267EE"/>
     <w:rsid w:val="00D461DF"/>
     <w:rsid w:val="00D5279E"/>
     <w:rsid w:val="00D90D87"/>
     <w:rsid w:val="00D9174C"/>
     <w:rsid w:val="00DA325A"/>
     <w:rsid w:val="00DA5254"/>
     <w:rsid w:val="00DA7283"/>
     <w:rsid w:val="00DB6256"/>
     <w:rsid w:val="00DD3784"/>
     <w:rsid w:val="00DF184B"/>
     <w:rsid w:val="00DF1A1B"/>
-    <w:rsid w:val="00DF66F5"/>
     <w:rsid w:val="00E05486"/>
     <w:rsid w:val="00E12CC4"/>
     <w:rsid w:val="00E17D29"/>
     <w:rsid w:val="00E23720"/>
     <w:rsid w:val="00E34A8D"/>
     <w:rsid w:val="00E41A3E"/>
-    <w:rsid w:val="00E93CD7"/>
     <w:rsid w:val="00EA055E"/>
     <w:rsid w:val="00EC1C2A"/>
     <w:rsid w:val="00EC7B25"/>
     <w:rsid w:val="00ED4BE5"/>
     <w:rsid w:val="00EE5FC1"/>
     <w:rsid w:val="00EF6EB4"/>
     <w:rsid w:val="00F171E9"/>
     <w:rsid w:val="00F22013"/>
     <w:rsid w:val="00F33D49"/>
-    <w:rsid w:val="00F63470"/>
-    <w:rsid w:val="00FC6C10"/>
+    <w:rsid w:val="00FC5AA2"/>
     <w:rsid w:val="00FF52CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9213,51 +8569,50 @@
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="007970C8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
@@ -9776,78 +9131,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DB6AF57-4EC2-46B4-8BDB-09D7B174CB46}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE0FDE2A-6979-404D-B821-D7B66A9E4802}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>611</Words>
-  <Characters>3483</Characters>
+  <Words>639</Words>
+  <Characters>3646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4086</CharactersWithSpaces>
+  <CharactersWithSpaces>4277</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Администратор</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>