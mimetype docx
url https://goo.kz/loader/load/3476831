--- v0 (2025-12-06)
+++ v1 (2025-12-29)
@@ -1,3468 +1,2351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C3706F" w:rsidRPr="00053060" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
-[...9 lines deleted...]
-    <w:p w:rsidR="00AC71DA" w:rsidRPr="0074428D" w:rsidRDefault="00AC71DA" w:rsidP="00C3706F">
+    <w:p w:rsidR="00C3706F" w:rsidRPr="00533E3E" w:rsidRDefault="00C3706F" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...92 lines deleted...]
-    <w:p w:rsidR="00AC71DA" w:rsidRPr="0074428D" w:rsidRDefault="00435FE7" w:rsidP="00C3706F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251589" w:rsidRPr="00533E3E" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C3706F" w:rsidRPr="0074428D" w:rsidRDefault="00435FE7" w:rsidP="00C3706F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о проведении городского дистанционного конкурса кроссвордов </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00251589" w:rsidRPr="00533E3E" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00435FE7" w:rsidRPr="0074428D" w:rsidRDefault="00435FE7" w:rsidP="00C3706F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Казахстан – наш общий дом»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3706F" w:rsidRPr="00533E3E" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="33"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00C3706F" w:rsidRPr="0074428D" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященного 1 мая – Дню единства народов Казахстана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C3706F" w:rsidRPr="00533E3E" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="727272"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
+    <w:p w:rsidR="00C3706F" w:rsidRPr="00533E3E" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:color w:val="727272"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C3706F" w:rsidRPr="00193D16" w:rsidRDefault="00AC71DA" w:rsidP="00C3706F">
+    <w:p w:rsidR="00C3706F" w:rsidRPr="00193D16" w:rsidRDefault="00FF1C24" w:rsidP="00C3706F">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="222222"/>
           <w:kern w:val="36"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0074428D" w:rsidRDefault="00AC71DA" w:rsidP="0074428D">
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00533E3E" w:rsidRDefault="005822AD" w:rsidP="00533E3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="360"/>
+        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...129 lines deleted...]
-    <w:p w:rsidR="0074428D" w:rsidRDefault="00D414B5" w:rsidP="00FF1C24">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положение о проведении </w:t>
+      </w:r>
+      <w:r w:rsidR="00251589">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>городского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанционного конкурса кроссвордов «Казахстан – наш общий дом», посвященного 1 мая – Дню единства народов Казахстана (далее - Конкурс) определяют его цель, задачи, порядок участия, проведения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также порядок награждения участников за успешное выступление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00533E3E" w:rsidRDefault="005822AD" w:rsidP="00533E3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="360"/>
+        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="004E58D3" w:rsidRPr="0074428D" w:rsidRDefault="009E18DC" w:rsidP="00FF1C24">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организатором конкурса является «Центр занятости и развития детской одаренности “Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” отдела образования города Павлодара, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара (далее Организатор). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00533E3E" w:rsidRPr="00533E3E" w:rsidRDefault="00FF1C24" w:rsidP="00533E3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="360"/>
+        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00FF1C24" w:rsidRPr="0074428D">
+        </w:rPr>
+        <w:t>Цель Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
-      <w:r w:rsidR="00772ABF" w:rsidRPr="0074428D">
+      <w:r w:rsidR="00772ABF" w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00D92E03" w:rsidRPr="0074428D">
+      <w:r w:rsidR="00D92E03" w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074428D">
+      <w:r w:rsidR="00D92E03" w:rsidRPr="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>расширение кругозора, активизация познавательной активности учащихся, повышение уровня самостоятельности и самодеятельности учащихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00D92E03" w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="333333"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...52 lines deleted...]
-          <w:sz w:val="28"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="0074428D" w:rsidRDefault="004E58D3" w:rsidP="0074428D">
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1C24" w:rsidRPr="00533E3E" w:rsidRDefault="00FF1C24" w:rsidP="00533E3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...99 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="333333"/>
-[...18 lines deleted...]
-      <w:r w:rsidR="004E58D3" w:rsidRPr="0074428D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00FF1C24" w:rsidRPr="004E58D3" w:rsidRDefault="00FF1C24" w:rsidP="00F67E7D">
+        </w:rPr>
+        <w:t>Задачи Конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1C24" w:rsidRPr="00F67E7D" w:rsidRDefault="00FF1C24" w:rsidP="00F67E7D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="00FF1C24" w:rsidRPr="004E58D3" w:rsidRDefault="00FF1C24" w:rsidP="00F67E7D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>- вовлечение детей в занятия художественным творчеством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1C24" w:rsidRPr="00F67E7D" w:rsidRDefault="00FF1C24" w:rsidP="00F67E7D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="0074428D" w:rsidRDefault="00F67E7D" w:rsidP="0074428D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>- развитие фантазии, воображения и творческих способностей детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF1C24" w:rsidRPr="00F67E7D" w:rsidRDefault="00F67E7D" w:rsidP="00F67E7D">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="004E58D3">
+      <w:r w:rsidR="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> белсенді,жоғары </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF1C24" w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>интеллект</w:t>
+        <w:t>воспитание акти</w:t>
       </w:r>
       <w:r w:rsidR="00BD60F8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>уал</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E60C89">
+        <w:t xml:space="preserve">вной, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1C24" w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">ды тұлғаны тәрбиелеу  </w:t>
+        </w:rPr>
+        <w:t>высокоинтеллект</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD60F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>уальной личности</w:t>
       </w:r>
       <w:r w:rsidR="00FF1C24" w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF1C24" w:rsidRPr="0074428D" w:rsidRDefault="00FF1C24" w:rsidP="0074428D">
-[...1 lines deleted...]
-        <w:pStyle w:val="a7"/>
+    <w:p w:rsidR="00FF1C24" w:rsidRDefault="00FF1C24" w:rsidP="00533E3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...39 lines deleted...]
-    <w:p w:rsidR="00F67E7D" w:rsidRPr="0074428D" w:rsidRDefault="00F67E7D" w:rsidP="00F67E7D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5.Организаторы</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67E7D" w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурса формируют с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>остав жюри Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRPr="00F67E7D" w:rsidRDefault="00F67E7D" w:rsidP="00F67E7D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00F67E7D" w:rsidRPr="00391B42" w:rsidRDefault="00E60C89" w:rsidP="009A2B9D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRPr="00391B42" w:rsidRDefault="00F67E7D" w:rsidP="009A2B9D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00391B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009A2B9D" w:rsidRDefault="009A2B9D" w:rsidP="0074428D">
+        </w:rPr>
+        <w:t>Условия и порядок проведения Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A2B9D" w:rsidRPr="009A2B9D" w:rsidRDefault="009A2B9D" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.1 </w:t>
-[...31 lines deleted...]
-        <w:t>і</w:t>
+        <w:t>2.1 Сроки проведения конкурса</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2B9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A2B9D" w:rsidRPr="009A2B9D" w:rsidRDefault="00E60C89" w:rsidP="0074428D">
+    <w:p w:rsidR="009A2B9D" w:rsidRPr="009A2B9D" w:rsidRDefault="009A2B9D" w:rsidP="009A2B9D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009A2B9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="009A2B9D" w:rsidRPr="0074428D" w:rsidRDefault="009A2B9D" w:rsidP="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс проводится в 2 этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A2B9D" w:rsidRPr="009A2B9D" w:rsidRDefault="009A2B9D" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="360"/>
+        <w:ind w:firstLine="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>I этап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — прием  творческих работ на Конку</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рс проводится с 20 апреля  по 2</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E60C89">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2B9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="009A2B9D" w:rsidRPr="0074428D" w:rsidRDefault="009A2B9D" w:rsidP="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A2B9D" w:rsidRDefault="009A2B9D" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="397" w:hanging="37"/>
+        <w:ind w:left="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00533E3E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>II этап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0EC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ный отбор работ проводится с  24   по 27 апреля 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2B9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...130 lines deleted...]
-    <w:p w:rsidR="00764B57" w:rsidRPr="00556FF2" w:rsidRDefault="00556FF2" w:rsidP="0074428D">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00764B57" w:rsidRPr="00764B57" w:rsidRDefault="00764B57" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="360"/>
+        <w:ind w:firstLine="397"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Зая</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вки необходимо отправить не позднее 23</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2020 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на почту: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00764B57" w:rsidRPr="0074428D">
+        <w:r w:rsidRPr="009455CF">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-            <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+            <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>metoddaryn@mail.ru</w:t>
+          <w:t>metoddaryn</w:t>
         </w:r>
-      </w:hyperlink>
-[...106 lines deleted...]
-        <w:r w:rsidR="0074428D" w:rsidRPr="007A3181">
+        <w:r w:rsidRPr="009455CF">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>https://www.instagram.com/</w:t>
+          <w:t>@</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="0074428D" w:rsidRPr="007A3181">
+        <w:r w:rsidRPr="009455CF">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>pavlodar</w:t>
+          <w:t>mail</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="0074428D" w:rsidRPr="007A3181">
+        <w:r w:rsidRPr="009455CF">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="0074428D" w:rsidRPr="007A3181">
+        <w:r w:rsidRPr="009455CF">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>daryny</w:t>
+          <w:t>ru</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="0074428D">
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00764B57" w:rsidRPr="00764B57" w:rsidRDefault="00764B57" w:rsidP="00764B57">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="397"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоги будут опубликованы 1 мая на     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аккаунте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764B57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1068F4"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0074428D" w:rsidRPr="00123A7A">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>https://www.instagram.com/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1068F4"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>pavlodar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1068F4"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00764B57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1068F4"/>
+          <w:sz w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>daryny</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00764B57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0067423B" w:rsidRDefault="0067423B" w:rsidP="009A2B9D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="397" w:hanging="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0067423B" w:rsidRPr="009A2B9D" w:rsidRDefault="0067423B" w:rsidP="009A2B9D">
+    <w:p w:rsidR="0067423B" w:rsidRPr="009A2B9D" w:rsidRDefault="0067423B" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="397" w:hanging="397"/>
+        <w:ind w:left="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="19"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00391B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0074428D">
+        <w:t> 2.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067423B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00391B42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-    <w:p w:rsidR="0067423B" w:rsidRDefault="0074428D" w:rsidP="0074428D">
+        </w:rPr>
+        <w:t>Требования к участникам и творческим работам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067423B" w:rsidRDefault="0067423B" w:rsidP="0067423B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EB2AC9">
-[...26 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>е принимают участие учащиеся 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB2AC9">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:r w:rsidR="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="0067423B" w:rsidRPr="00F67E7D">
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обще</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школ города Павлодар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0067423B" w:rsidRDefault="0074428D" w:rsidP="0074428D">
-[...391 lines deleted...]
-    <w:p w:rsidR="00F67E7D" w:rsidRPr="006A6A82" w:rsidRDefault="006A6A82" w:rsidP="0074428D">
+    <w:p w:rsidR="0067423B" w:rsidRDefault="0067423B" w:rsidP="0067423B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На конкурс принимаетс</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="00F67E7D" w:rsidRPr="00F67E7D" w:rsidRDefault="006A6A82" w:rsidP="00391B42">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я не более одной работы (кроссворд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) от каждого участника. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067423B" w:rsidRDefault="0067423B" w:rsidP="0067423B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К участию в Конкурсе не принимаются групповые работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067423B" w:rsidRDefault="0067423B" w:rsidP="0067423B">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5E6D81"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD60F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К рассмотрению принимается один кроссво</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> см)</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рд любого типа объемом не менее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD60F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20 слов.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00F67E7D" w:rsidRPr="00F67E7D" w:rsidRDefault="006A6A82" w:rsidP="00391B42">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5E6D81"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A2B9D" w:rsidRPr="00251589" w:rsidRDefault="0067423B" w:rsidP="00251589">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5E6D81"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD60F8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кроссворд должен быть незаполненным, ответы прилагаются отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391B42" w:rsidRDefault="00F67E7D" w:rsidP="00391B42">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Байқау сөзжұмбағы ұқыпты орындалу керек</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для участия в </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсе необходимо отправить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сканированном виде или фото рисунка хорошего качества на </w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">почту </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D7B81" w:rsidRPr="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>metoddaryn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003D7B81" w:rsidRPr="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B81" w:rsidRPr="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidR="003D7B81" w:rsidRPr="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F67E7D" w:rsidRDefault="006A6A82" w:rsidP="00391B42">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003D7B81" w:rsidRPr="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRPr="00F67E7D" w:rsidRDefault="003D7B81" w:rsidP="00391B42">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7B81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Байқау </w:t>
+        <w:t>работе</w:t>
       </w:r>
       <w:r w:rsidR="00F67E7D" w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>материал</w:t>
+        <w:t xml:space="preserve"> указываются сведения об участнике (фамилия</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, имя,</w:t>
+      </w:r>
       <w:r w:rsidR="00F67E7D" w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> полное наименование организации образо</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD60F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вания, класс</w:t>
+      </w:r>
       <w:r w:rsidR="00F67E7D" w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...136 lines deleted...]
-    <w:p w:rsidR="00764B57" w:rsidRPr="00F67E7D" w:rsidRDefault="00764B57" w:rsidP="00764B57">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRPr="00F67E7D" w:rsidRDefault="00F67E7D" w:rsidP="00391B42">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Интернет</w:t>
-[...67 lines deleted...]
-        <w:t>териалды пайдалануға тыйым салынады</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Работы должны быть выполнены на бумаге формата А</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 (29x42</w:t>
       </w:r>
       <w:r w:rsidRPr="00F67E7D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00764B57" w:rsidRPr="00F67E7D" w:rsidRDefault="00764B57" w:rsidP="00391B42">
+        <w:t xml:space="preserve"> см).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRPr="00F67E7D" w:rsidRDefault="00E54CA3" w:rsidP="00391B42">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00391B42" w:rsidRPr="00764B57" w:rsidRDefault="003762C6" w:rsidP="00764B57">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсные кроссворды</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67E7D" w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должны быть выполнены аккуратно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRDefault="00F67E7D" w:rsidP="00391B42">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсные материалы оцениваются по следующим возрастным категориям:</w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5,</w:t>
+      </w:r>
+      <w:r w:rsidR="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6,</w:t>
+      </w:r>
+      <w:r w:rsidR="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7,</w:t>
+      </w:r>
+      <w:r w:rsidR="00533E3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8 классы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00764B57" w:rsidRPr="00F67E7D" w:rsidRDefault="00764B57" w:rsidP="00764B57">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F67E7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Запрещается использование чужого материала и материалов из сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00764B57" w:rsidRPr="00F67E7D" w:rsidRDefault="00764B57" w:rsidP="00391B42">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00391B42" w:rsidRPr="00764B57" w:rsidRDefault="00391B42" w:rsidP="00764B57">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00764B57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F67E7D" w:rsidRPr="00764B57" w:rsidRDefault="003762C6" w:rsidP="0074428D">
+        </w:rPr>
+        <w:t>Подведение итогов конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F67E7D" w:rsidRPr="00764B57" w:rsidRDefault="00F67E7D" w:rsidP="00533E3E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00764B57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ"/>
-[...64 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t>Критерии оценки конкурсных работ:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   со</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">ответствие содержания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тематике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>·  </w:t>
       </w:r>
-      <w:r w:rsidR="0074428D">
-[...12 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00036C93">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
+        <w:t>правильность формулировки вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00533E3E" w:rsidP="00036C93">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
         <w:ind w:left="397" w:hanging="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>·   </w:t>
-[...50 lines deleted...]
-    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
+        <w:t>·  </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93" w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разнообразие терминов, понятий, имен, названий, используемых авторами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00533E3E" w:rsidP="00036C93">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>·   </w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
+        <w:t>·  </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93" w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уровень сложности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00533E3E" w:rsidP="00036C93">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>·   </w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
+        <w:t>·  </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93" w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>четкость формулировки вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00533E3E" w:rsidP="00036C93">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>·   </w:t>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00036C93">
+        <w:t>·  </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93" w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дост</w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>упность и интересное содержание</w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93" w:rsidRPr="00036C93">
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00036C93" w:rsidP="00036C93">
+    <w:p w:rsidR="00036C93" w:rsidRPr="00036C93" w:rsidRDefault="00533E3E" w:rsidP="00036C93">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="220" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>·   </w:t>
-[...47 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>·  </w:t>
+      </w:r>
+      <w:r w:rsidR="00036C93" w:rsidRPr="00036C93">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дизайн: использование оригинальных элементов оформления.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C3706F" w:rsidRPr="00957B8B" w:rsidRDefault="00C3706F" w:rsidP="00C3706F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00326F2F" w:rsidRPr="00326F2F" w:rsidRDefault="00326F2F" w:rsidP="00326F2F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="316"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00326F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A4350F">
+        <w:t>4. Награждение участников </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00326F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009F7C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Байқау қатысушыларын марапаттау</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00326F2F" w:rsidRDefault="00326F2F" w:rsidP="0074428D">
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00326F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00326F2F" w:rsidRDefault="00326F2F" w:rsidP="00533E3E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="316"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00326F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00C53A34" w:rsidRPr="00C53A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00326F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Победители награждаются дипломами I,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000022"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="25"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A4350F">
+      <w:r w:rsidRPr="00326F2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="25"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...56 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II, III степени. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00326F2F" w:rsidRPr="00326F2F" w:rsidRDefault="00326F2F" w:rsidP="00326F2F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:ind w:firstLine="316"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Times New Roman"/>
           <w:color w:val="000022"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="00326F2F" w:rsidRDefault="00326F2F" w:rsidP="00C3706F">
+      <w:pPr>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
     <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
     <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
     <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
-    <w:sectPr w:rsidR="00C3706F" w:rsidSect="0074428D">
+    <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
+    <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
+    <w:p w:rsidR="00C3706F" w:rsidRDefault="00C3706F"/>
+    <w:sectPr w:rsidR="00C3706F" w:rsidSect="00533E3E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="566" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -3991,162 +2874,163 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="4C0D592C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="95EE6D90"/>
+    <w:tmpl w:val="AE02FEC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1648" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1648" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1080"/>
+        <w:ind w:left="2008" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="1080"/>
+        <w:ind w:left="2008" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="1440"/>
+        <w:ind w:left="2368" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="1800"/>
+        <w:ind w:left="2728" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="1800"/>
+        <w:ind w:left="2728" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="2160"/>
+        <w:ind w:left="3088" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="629A0570"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="855A3672"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -4415,107 +3299,97 @@
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="102"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00E35A12"/>
     <w:rsid w:val="00015FC6"/>
     <w:rsid w:val="00036C93"/>
     <w:rsid w:val="000539A4"/>
-    <w:rsid w:val="00123A7A"/>
+    <w:rsid w:val="001B5E8B"/>
+    <w:rsid w:val="00251589"/>
     <w:rsid w:val="002E0EC4"/>
-    <w:rsid w:val="0031425B"/>
     <w:rsid w:val="00326F2F"/>
-    <w:rsid w:val="003762C6"/>
     <w:rsid w:val="00391B42"/>
     <w:rsid w:val="003D7B81"/>
-    <w:rsid w:val="00435FE7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00556FF2"/>
+    <w:rsid w:val="00533E3E"/>
     <w:rsid w:val="005822AD"/>
     <w:rsid w:val="0067423B"/>
-    <w:rsid w:val="006A6A82"/>
-    <w:rsid w:val="0074428D"/>
     <w:rsid w:val="00764B57"/>
     <w:rsid w:val="00772ABF"/>
     <w:rsid w:val="00794DD5"/>
+    <w:rsid w:val="00895762"/>
     <w:rsid w:val="009A2B9D"/>
-    <w:rsid w:val="009E18DC"/>
-    <w:rsid w:val="00A4350F"/>
+    <w:rsid w:val="009F7C7B"/>
     <w:rsid w:val="00AB013C"/>
-    <w:rsid w:val="00AC71DA"/>
     <w:rsid w:val="00BD60F8"/>
-    <w:rsid w:val="00BE641D"/>
     <w:rsid w:val="00C3706F"/>
     <w:rsid w:val="00C53A34"/>
+    <w:rsid w:val="00C9257C"/>
     <w:rsid w:val="00D279EC"/>
-    <w:rsid w:val="00D414B5"/>
     <w:rsid w:val="00D92E03"/>
     <w:rsid w:val="00DA1D5E"/>
-    <w:rsid w:val="00DF1F37"/>
     <w:rsid w:val="00E35A12"/>
     <w:rsid w:val="00E54CA3"/>
-    <w:rsid w:val="00E60C89"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F475BA"/>
+    <w:rsid w:val="00E75301"/>
+    <w:rsid w:val="00EF6C8F"/>
     <w:rsid w:val="00F67E7D"/>
-    <w:rsid w:val="00F82DC4"/>
     <w:rsid w:val="00FF1C24"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="7170"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4885,59 +3759,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="869147490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1353068297">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/pavlodar.daryny" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:metoddaryn@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:metoddaryn@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5188,81 +4075,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{034AE1D0-46A4-4D17-9427-37BD48076E13}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8010496B-7126-49F4-AB7B-5A9D2E8C98CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>445</Words>
-  <Characters>2537</Characters>
+  <Words>441</Words>
+  <Characters>2519</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2977</CharactersWithSpaces>
+  <CharactersWithSpaces>2955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>пк</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>