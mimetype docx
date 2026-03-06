--- v0 (2025-12-14)
+++ v1 (2026-03-06)
@@ -2,13949 +2,7880 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00B13D7C" w:rsidRDefault="00B13D7C" w:rsidP="00B13D7C">
+    <w:p w:rsidR="00736937" w:rsidRPr="00445C36" w:rsidRDefault="00736937" w:rsidP="00ED754C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДАЮ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00736937" w:rsidRPr="00445C36" w:rsidRDefault="00FB2156" w:rsidP="00ED754C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="00736937" w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аместитель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00736937" w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководителя отдела </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75C16" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>обр</w:t>
       </w:r>
-      <w:r w:rsidRPr="00071472">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00736937" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Б</w:t>
+        <w:t>азования</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00736937" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ЕКІТЕМІН»</w:t>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00B13D7C" w:rsidRDefault="00B13D7C" w:rsidP="00B13D7C">
+    <w:p w:rsidR="00736937" w:rsidRPr="00445C36" w:rsidRDefault="0039591C" w:rsidP="00ED754C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10620"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>___________К</w:t>
+      </w:r>
+      <w:r w:rsidR="00736937" w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FB2156" w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00445C36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыдралин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00736937" w:rsidRPr="00445C36" w:rsidRDefault="00736937" w:rsidP="00ED754C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10620"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="009306FF" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қаласы</w:t>
+        <w:t>30</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="001B3827" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>білім</w:t>
+        <w:t>апреля</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="00FB2156" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> беру </w:t>
+        <w:t xml:space="preserve"> 20</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="00ED412B" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>бөлімі</w:t>
+        <w:t>20</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="00FB2156" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> г</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>басшысының</w:t>
+        <w:t>ода</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00071472">
+    </w:p>
+    <w:p w:rsidR="00ED754C" w:rsidRPr="00445C36" w:rsidRDefault="00ED754C" w:rsidP="00ED754C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00071472">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00736937" w:rsidRPr="00445C36" w:rsidRDefault="00736937" w:rsidP="00ED754C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>орынбасары</w:t>
-[...6 lines deleted...]
-        <w:ind w:left="10620"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003C1F69">
+        <w:t>План р</w:t>
+      </w:r>
+      <w:r w:rsidR="008D0D95" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>___________</w:t>
+        <w:t xml:space="preserve">аботы методического кабинета на </w:t>
       </w:r>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="001B3827" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
+        <w:t>МАЙ</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C1F69">
+      <w:r w:rsidR="00BA266A" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> 20</w:t>
       </w:r>
-      <w:r w:rsidRPr="00071472">
+      <w:r w:rsidR="006C6BF6" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
+        <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C1F69">
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ыдралин</w:t>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B13D7C" w:rsidRPr="00071472" w:rsidRDefault="00B13D7C" w:rsidP="00B13D7C">
-[...95 lines deleted...]
-    <w:p w:rsidR="00ED754C" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED754C" w:rsidP="00ED754C">
+    <w:p w:rsidR="00ED754C" w:rsidRPr="00445C36" w:rsidRDefault="00ED754C" w:rsidP="00ED754C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...115 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15452" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="822"/>
         <w:gridCol w:w="9526"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00A30F69">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30F69" w:rsidRPr="00445C36" w:rsidRDefault="00B13D7C" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00A30F69" w:rsidRPr="00445C36" w:rsidRDefault="00A30F69" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="1080"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:caps/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B13D7C">
-[...4 lines deleted...]
-              <w:t>Ұйымдастырушылық қызмет</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Организационная  деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445C36" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30F69" w:rsidRPr="00A95CA7" w:rsidRDefault="00A30F69" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00A30F69" w:rsidRPr="00445C36" w:rsidRDefault="00A30F69" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30F69" w:rsidRPr="00A95CA7" w:rsidRDefault="00B13D7C" w:rsidP="007F6F6B">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00A30F69" w:rsidRPr="00445C36" w:rsidRDefault="00A30F69" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Формирование базы педагогов для прохождения  курсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A30F69" w:rsidRPr="00445C36" w:rsidRDefault="00A30F69" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алимова С.Ж., </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>Курстардан</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A30F69" w:rsidRPr="00A95CA7" w:rsidRDefault="00B13D7C" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00A30F69" w:rsidRPr="00445C36" w:rsidRDefault="0036520D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...86 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-            </w:pPr>
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30F69" w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445C36" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B13D7C" w:rsidRPr="00A95CA7" w:rsidRDefault="00B13D7C" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Тамыз</w:t>
-[...82 lines deleted...]
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+              <w:t>Подготовка к августовским педагогическим чтениям:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...53 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- отбор докладов;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="001177AF" w:rsidP="00C329A0">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="007B631C" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>С.Ж. Алимова</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+              <w:t>Алимова С.Ж.</w:t>
+            </w:r>
+            <w:r w:rsidR="00650D96" w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> М.Қ. </w:t>
-[...26 lines deleted...]
-              <w:t>алиева</w:t>
+              <w:t xml:space="preserve"> Касенуалиева М.К. Нургалиева Н.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="001177AF" w:rsidRPr="00A95CA7">
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>до 15.05.2020</w:t>
+            </w:r>
+            <w:r w:rsidR="008100FE" w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="008100FE" w:rsidRPr="00A95CA7">
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (свод)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008100FE" w:rsidRPr="00445C36" w:rsidRDefault="008100FE" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>до 01.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008100FE" w:rsidRPr="00445C36" w:rsidRDefault="008100FE" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="zh-CN"/>
-[...49 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>(для методистов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445C36" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
-[...25 lines deleted...]
-              <w:t>әдістемелік-дидактикалық материалдардың прайс-парағын дайындау;</w:t>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- подготовка прайс-листа методико-дидактических материалов;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="001177AF" w:rsidP="001177AF">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ш.Ш. Қ</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">азина </w:t>
+              <w:t>Каиргазина Ш.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="001177AF">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">до 15.05.2020 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00445C36" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
-[...58 lines deleted...]
-              <w:t>;</w:t>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- определение модераторов секций; </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="001177AF" w:rsidP="001177AF">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ш.С.</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">рахметова </w:t>
+              <w:t>Нурахметова Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00A76953" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> жылғы 15 мамырға дейін</w:t>
+              <w:t>до 15.05.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
-[...86 lines deleted...]
-              <w:t>;</w:t>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- подготовка программы августовских секций;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00A95CA7" w:rsidRDefault="001177AF" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">а </w:t>
+              <w:t>Алимова С.Ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00A76953" w:rsidP="00A76953">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> жылғы 18 мамырға дейін</w:t>
+              <w:t>до 18.05.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...308 lines deleted...]
-            <w:r w:rsidR="00B13D7C" w:rsidRPr="00B13D7C">
+              <w:t xml:space="preserve">- подготовка дипломов (конкурсы, НПК), грамот (за </w:t>
+            </w:r>
+            <w:r w:rsidR="005674F0" w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учший доклад), сертификатов (для ИПО)</w:t>
+            </w:r>
+            <w:r w:rsidR="00317AB2" w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, грамоты для педагогов за успешную работу в течение года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE29BB" w:rsidRPr="00445C36" w:rsidRDefault="001177AF" w:rsidP="007F6F6B">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ш.С.Нұрахметова</w:t>
-[...128 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00445C36">
+              <w:t>Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AE29BB" w:rsidRPr="00445C36" w:rsidRDefault="00AE29BB" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Н.С.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00650D96" w:rsidRPr="00445C36">
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сабитова </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Дуненбаева С.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айтжанова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алибаева З.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сабитова Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00A76953" w:rsidP="00A76953">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> жылғы 18 мамырға дейін</w:t>
+              <w:t>до 18.05.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...97 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>- подготовка проектов писем в ВУЗы, приглашений модераторов секций;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="001177AF" w:rsidP="001177AF">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>З.С.</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Алибаева </w:t>
+              <w:t>Алибаева З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00A76953" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> жылғы 25 мамырға дейін</w:t>
+              <w:t>до 25.05.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="001177AF">
-[...107 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- подготовка материалов для выставки на секции.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="001177AF" w:rsidRDefault="001177AF" w:rsidP="007F6F6B">
-[...17 lines deleted...]
-              <w:t>әдіскерлер</w:t>
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00A76953" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00650D96" w:rsidRPr="00445C36" w:rsidRDefault="00650D96" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> жылғы 25 мамырға дейін</w:t>
+              <w:t>до 25.05.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F6115A">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ғылыми-әдістемелік</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F6115A">
+              <w:t xml:space="preserve">Проведение заседания </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научно-методического совета</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00F6115A">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...204 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О деятельности  инновационной площадки  «Изучение и трансляция опыта Назарбаев Интеллектуальных школ» </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00606A98">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>С.Ш.Слямова</w:t>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="00440D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="822" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...42 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>О подготовке к августовским мероприятиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F6115A">
-[...5 lines deleted...]
-              <w:t>Тамыз</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F6115A">
-[...59 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тамыз іс-шараларының жоспары</w:t>
+              <w:t>п</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00984A74" w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лан августовских мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об экспертизе материалов конкурса «Лучший доклад»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00606A98">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алимова С.Ж.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="00440D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>С.Ж.Алимова</w:t>
+              <w:t>нформация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00445C36">
-[...25 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об итогах городского этапа республиканского конкурса «Лучший педагог»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Айтжанова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="00440D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>«</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F6115A">
-[...5 lines deleted...]
-              <w:t>Үздік</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...167 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>О проведении городских конкурсов «Успешный менеджер», «Лучший методист»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>Г.Ш.Шиндлярская</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...17 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00984A74" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева Н.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00984A74" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Н.Қ. Нұрғалиева</w:t>
-[...19 lines deleted...]
-            </w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00984A74" w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="002A0D00" w:rsidRDefault="002A0D00" w:rsidP="002A0D00">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:highlight w:val="yellow"/>
-[...10 lines deleted...]
-              <w:t>Мектептегі тәрбие  жұмысының бағыттарын ұйымдастыру қорытындысы</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об итогах реализации направлений воспитательной работы в школах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="002A0D00" w:rsidRDefault="002A0D00" w:rsidP="00ED461A">
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Касенуалиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00021A37" w:rsidRPr="00445C36" w:rsidRDefault="00021A37" w:rsidP="00440D96">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...35 lines deleted...]
-            </w:r>
+              <w:t>и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нформация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="00C46EA2" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00F6115A" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F6115A">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мектепке</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F6115A">
+              <w:t>Методические выходы в школы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:i/>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"> беру</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Консультирование по вопросам организации методической работы в школе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Әдіскерлер </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по заявкам школ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="00A30F69">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00A30F69">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Бі</w:t>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Обеспечение методического сопровождения содержания образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Пәндік</w:t>
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Организация работы предметных творческих групп</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-              <w:t>Әдіскерлер</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дистанционно </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по заявкам</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="00A30F69">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00A30F69">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...4 lines deleted...]
-              <w:t>Инновациялық үдерістерді әдістемелік сүйемелдеумен қамту</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Обеспечение методического сопровождения инновационных процессов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>Инновационная площадка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Обновление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>государственного общеобязательного стандарта дошкольного воспитания и обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...202 lines deleted...]
-              <w:t xml:space="preserve"> семинар-тренинг</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Постоянно-действующий семинар-тренинг для воспитателей «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стратегии применения дифференцированного обучения»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>М.Рахымжанова</w:t>
+              <w:t>Рахымжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> К.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>06.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...17 lines deleted...]
-              <w:t>қашықтықтан</w:t>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...174 lines deleted...]
-              <w:t xml:space="preserve"> семинар-тренинг</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Постоянно-действующий семинар-тренинг для воспитателей «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Модель выпускника дошкольной организации»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>М.Рахымжанова</w:t>
+              <w:t>Рахымжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...16 lines deleted...]
-              <w:t>қашықтықтан</w:t>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>III.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00F07169">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F07169">
+              </w:rPr>
+              <w:t xml:space="preserve">Инновационная площадка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F07169">
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Внедрение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F07169">
+              <w:t>трехъязычного обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...105 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в учебный процесс»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00F07169" w:rsidRDefault="00ED461A" w:rsidP="00F07169">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F07169">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">ия </w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Диссеминация успешного педагогического опыта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учителя биологии СОШ № 17 Огурцовой Т.П. «Программа спецкурса по </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>мұғалімі</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычию</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Клетка – основа живых организмов»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Огурцованың</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...142 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...92 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>қашықтықтан</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00F07169">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мастер-класс «Преподавание предметов ЕМЦ на английском языке»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F07169">
-[...13 lines deleted...]
-              <w:t>лшын</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...86 lines deleted...]
-              <w:t>-класс</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...81 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>қашықтықтан</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Назарбаев Зияткерлік мектептерінің тәжірибесін тарату»  инновациялық алаңы</w:t>
+              </w:rPr>
+              <w:t>Инновационная площадка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Трансляция опыта Назарбаев интеллектуальных школ»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>По отдельному плану НИШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>жеке</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...70 lines deleted...]
-              <w:t>телефонограмма бойынша</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> телефонограмме </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Каникулярная школа для педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>Педагогтарға</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...88 lines deleted...]
-              <w:t>телефонограмма бойынша</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> телефонограмме </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инновационная площадка «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+              <w:t>Ключевой аспект деятельности психолого-педагогической службы школы по инклюзивному образованию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Инклюзивті</w:t>
-[...259 lines deleted...]
-              <w:t xml:space="preserve"> семинар)</w:t>
+              <w:t>» (постоянно-действующий семинар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...130 lines deleted...]
-              <w:t xml:space="preserve"> семинары</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Семинар «Психолого-педагогическое сопровождение детей с особыми образовательными потребностями» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ш.С.</w:t>
-[...15 lines deleted...]
-              <w:t>рахметова</w:t>
+              <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>15.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>қашықтықтан</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="005F393A">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="005F393A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инновационная площадка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009770F5">
+              <w:t xml:space="preserve">Туған жер </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="009770F5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009770F5">
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алтын бесі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="009770F5">
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рамках реализации программы «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рухани жаңғыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>» базовое направление «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...176 lines deleted...]
-                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>»</w:t>
-[...48 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Өлкетану»)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участие педагогов города в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> акции «Одна страна – одна книга»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00C329A0" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.К. Ильясова </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ильясова К.К., </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>З.С.Алибаева</w:t>
+              <w:t>Алибаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>май</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>III</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A665C2" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>«Білім беру мазмұнын жаңарту жағдайындағы көшбасшылық және менеджмент» инновация алаңы</w:t>
+              </w:rPr>
+              <w:t>Инновационная площадка «Лидерство и менеджмент в условиях обновления содержания образования»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="00C46EA2" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="009770F5">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Семинар для заместителей директоров школ по воспитательной работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Инновационные подходы к организации летнего отдыха, оздоровления и занятости школьников»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>Мектеп</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Касенуалиева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...349 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.К.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
-[...58 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-              <w:t>телефонограмма бойынша</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по телефонограмме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="00AA4219">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00AA4219">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Озық педагогикалық тәжірибені жалпылау, қорыту және тарату</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Изучение, обобщение и распространение передового педагогического опыта </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="005674F0" w:rsidRPr="00445C36" w:rsidRDefault="005674F0" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...89 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Диссеминация успешного педагогического опыта:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Программа спецкурса по </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>көптілділік</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>полиязычию</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Клетка – основа живых организмов»  (опыт учителя биологии СОШ № 17 Огурцовой Т.П.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сабитова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...115 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Н.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...105 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>12.05.2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...16 lines deleted...]
-              <w:t>қашықтықтан</w:t>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дистанционно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="00D13F75">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00D13F75">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Аттестация педагогических кадров</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оказание практической помощи учителям в период подготовки к аттестации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>Г.Ш.Шиндлярская</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шиндлярская</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Экспертиза портфолио аттестуемых педагогов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>С.Ш.Слямова</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...17 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>М.Кенесханова</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кенесханова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Жеке кесте бойынша</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>по отдельному графику</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00E64447">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E64447">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ұйымдастыру</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Организационные мероприятия</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республиканский конкурс «Лучший педагог» (подготовка к областному этапу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>Үздік</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>республикалық</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...114 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...26 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>ір</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...373 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...192 lines deleted...]
-              <w:t>)</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева Н.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...63 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республиканский конкурс «Лучший учитель ФК» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(подготовка к областному этапу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...143 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республиканская педагогическая олимпиада «Талантливый учитель – одаренным детям» (подготовка к областному этапу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>Г.Е.Айтжанова С.М.Дөненбаева</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
-[...347 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-              <w:t>Жас педагогтар арасында КТК</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Республиканский конкурс «Лучшая авторская программа» (подготовка к областному этапу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Г.Е.Айтжанова </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дуненбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Областной конкурс «Учитель года» (подготовка участников конкурса к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>показу открытых уроков)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>жасөспірімдерімен</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Слямова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>ға</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Нурахметова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
-[...5 lines deleted...]
-              <w:t>дайындық</w:t>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
-[...90 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00422DA7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Областной конкурс «Лучший педагог дошкольной организации» (подготовка участников конкурса к показу открытых занятий)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Слямова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> С.Ш.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нургалиева Н.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рахымжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КВН среди молодых педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Айтжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="822" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подготовка к ОСОЛ с юношами 10-классов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Раисов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> К.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00422DA7">
+        <w:trPr>
+          <w:trHeight w:val="285"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="15452" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00EC0C3F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ақпараттық-баспа</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Информационно-издательская деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="00E507E7">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A95CA7">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Әдістемелік-дидактикалық</w:t>
-[...54 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Издание методико-дидактических сборников:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00445C36">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="00445C36">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Әдістемелік кабинеттің жинақтарын дайындау</w:t>
+              <w:t>Подготовка сборник</w:t>
+            </w:r>
+            <w:r w:rsidR="00445C36" w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методического кабинета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="00445C36">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Г.Ш.Шиндлярская </w:t>
+              <w:t>Шиндлярская Г.Ш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="0012665F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...36 lines deleted...]
-              <w:t>конкурсының қорытындысы бойынша сабақтар жинағы (диск)</w:t>
+              <w:t xml:space="preserve">Сборник уроков по итогам городского конкурса </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Лучшая разработка урока в условиях трехъязычного обучения» (диск)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Н.С.Сабитова </w:t>
+              <w:t>Сабитова Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...42 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 18.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0012665F">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Озық педагогикалық тәжірибені жалпылау қорытындысы бойынша материалдар жинағы</w:t>
+              <w:t>Сборник материалов по итогам обобщения передового педагогического опыта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">З.С.Алибаева </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Алибаева З.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...37 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 25.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...38 lines deleted...]
-              <w:t>ҒПК материалдар жинағы</w:t>
+              <w:t xml:space="preserve">Сборник материалов НПК </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Предметно-языковое интегрированное обучение (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CLIL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>), как ответ на внедрение трехъязычного образования: мнение, практика и вызовы учителей»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00C329A0">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Н.С.Сабитова </w:t>
+              <w:t>Сабитова Н.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...32 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 18.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="0012665F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...17 lines deleted...]
-              <w:t>» жинағы</w:t>
+              <w:t xml:space="preserve">Сборник «Показатели активности» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Г.Е.Айтжанова С.М.Д</w:t>
-[...19 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Айтжанова Г.Е. Дуненбаева С.М. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(бөлімнің қажеттілігі бойынша)</w:t>
+              <w:t>(по потребности отдела)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2020</w:t>
-[...21 lines deleted...]
-            </w:pPr>
+              <w:t>до 18.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«Сандар мен фактілер» жинағы үшін деректер жинау</w:t>
+              <w:t>Сбор данных для сборника «Цифры и факты»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>С.М.Д</w:t>
-[...38 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+              <w:t>Дуненбаева С.М. Нурахметова Ш.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(бөлімнің қажеттілігі бойынша)</w:t>
+              <w:t>(по потребности отдела)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...37 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 25.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="0012665F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...35 lines deleted...]
-              <w:t>н педагогтардың деректер жинағы</w:t>
+              <w:t>Сбор данных педагогов для сборника «Табыс»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>С.М.Д</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+              <w:t>Дуненбаева С.М.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Л.</w:t>
-[...20 lines deleted...]
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+              <w:t>Адильбаева Л.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(бөлімнің қажеттілігі бойынша)</w:t>
+              <w:t>(по потребности отдела)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...37 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 25.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="0012665F">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...35 lines deleted...]
-              <w:t>ериалдарының электрондық жинағы</w:t>
+              <w:t xml:space="preserve">Электронный сборник материалов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>городского конкурса «Лучшая авторская программа»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="00606A98">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Г.Е.Айтжанова </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">ненбаева </w:t>
+              <w:t>Айтжанова Г.Е. Дуненбаева С.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A76953" w:rsidRDefault="00ED461A" w:rsidP="00A76953">
-[...32 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>до 25.05.2020</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
+      <w:tr w:rsidR="00445C36" w:rsidRPr="00445C36" w:rsidTr="001A2C62">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="822" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Секцияларға көрме үшін материалдар жинау</w:t>
+              <w:t>Сбор материалов для выставки на секции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00A95CA7" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A95CA7">
+            <w:r w:rsidRPr="00445C36">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>әдіскерлер</w:t>
+              <w:t>методисты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED461A" w:rsidRPr="00445C36" w:rsidRDefault="00ED461A" w:rsidP="007F6F6B">
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002E340D" w:rsidRPr="00445C36" w:rsidRDefault="002E340D" w:rsidP="007F6F6B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00445C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в течение месяца</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00ED754C" w:rsidRPr="00445C36" w:rsidRDefault="00ED754C" w:rsidP="00ED754C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC0C3F" w:rsidRPr="00CB7DEE" w:rsidRDefault="00EC0C3F" w:rsidP="00EC0C3F">
+    <w:p w:rsidR="00B41F38" w:rsidRPr="00445C36" w:rsidRDefault="00B41F38" w:rsidP="00ED754C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB7DEE">
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Әдістемелік кабинет</w:t>
+        <w:t xml:space="preserve">Заведующий методическим кабинетом     </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00ED754C" w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тің</w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB7DEE">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> меңгерушісі </w:t>
+        <w:t>Слямова</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00445C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">Слямова </w:t>
+        <w:t xml:space="preserve"> С.Ш.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B41F38" w:rsidRPr="00EC0C3F" w:rsidRDefault="00B41F38" w:rsidP="00EC0C3F">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00B41F38" w:rsidRPr="00EC0C3F" w:rsidSect="007E32AE">
+    <w:sectPr w:rsidR="00B41F38" w:rsidRPr="00445C36" w:rsidSect="007E32AE">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="851" w:right="1134" w:bottom="426" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -15464,197 +9395,195 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="86"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00225753"/>
     <w:rsid w:val="000000DD"/>
     <w:rsid w:val="000102FE"/>
     <w:rsid w:val="00012773"/>
     <w:rsid w:val="00015B50"/>
+    <w:rsid w:val="00021A37"/>
     <w:rsid w:val="00021EC5"/>
     <w:rsid w:val="000234CC"/>
     <w:rsid w:val="0003172F"/>
     <w:rsid w:val="0003356C"/>
     <w:rsid w:val="0003458E"/>
     <w:rsid w:val="00036CC1"/>
     <w:rsid w:val="00040D0A"/>
     <w:rsid w:val="000439CC"/>
     <w:rsid w:val="00044077"/>
     <w:rsid w:val="0004771C"/>
     <w:rsid w:val="0005207C"/>
     <w:rsid w:val="00067AC2"/>
     <w:rsid w:val="000702E4"/>
     <w:rsid w:val="00071C26"/>
     <w:rsid w:val="00081E67"/>
     <w:rsid w:val="00085AF1"/>
     <w:rsid w:val="00087512"/>
     <w:rsid w:val="00094E1A"/>
     <w:rsid w:val="00095ACC"/>
     <w:rsid w:val="000A39D1"/>
     <w:rsid w:val="000A4BA2"/>
     <w:rsid w:val="000B7B56"/>
     <w:rsid w:val="000C3A99"/>
     <w:rsid w:val="000C6C8B"/>
     <w:rsid w:val="000D724B"/>
     <w:rsid w:val="000F3A0B"/>
     <w:rsid w:val="000F4E95"/>
     <w:rsid w:val="00110489"/>
     <w:rsid w:val="0011182F"/>
     <w:rsid w:val="00115BD9"/>
     <w:rsid w:val="00115E23"/>
-    <w:rsid w:val="001177AF"/>
     <w:rsid w:val="00122A31"/>
     <w:rsid w:val="0012303F"/>
-    <w:rsid w:val="0012665F"/>
     <w:rsid w:val="001274F6"/>
     <w:rsid w:val="001344CE"/>
     <w:rsid w:val="00140606"/>
     <w:rsid w:val="00141B84"/>
     <w:rsid w:val="0014296C"/>
     <w:rsid w:val="00142C4D"/>
     <w:rsid w:val="001447E6"/>
     <w:rsid w:val="00152D41"/>
     <w:rsid w:val="00153A23"/>
     <w:rsid w:val="00167C55"/>
     <w:rsid w:val="00172FB7"/>
     <w:rsid w:val="00182A98"/>
+    <w:rsid w:val="001849DD"/>
     <w:rsid w:val="00185249"/>
     <w:rsid w:val="00190F31"/>
     <w:rsid w:val="00195EA0"/>
     <w:rsid w:val="00196FCF"/>
     <w:rsid w:val="001A0783"/>
     <w:rsid w:val="001A2C62"/>
     <w:rsid w:val="001A36C7"/>
     <w:rsid w:val="001A5B43"/>
     <w:rsid w:val="001A5E56"/>
     <w:rsid w:val="001A6702"/>
     <w:rsid w:val="001A7350"/>
     <w:rsid w:val="001A7E64"/>
     <w:rsid w:val="001B3827"/>
     <w:rsid w:val="001B39A9"/>
     <w:rsid w:val="001B4167"/>
     <w:rsid w:val="001B5340"/>
     <w:rsid w:val="001B730C"/>
     <w:rsid w:val="001B7DE7"/>
     <w:rsid w:val="001C3420"/>
     <w:rsid w:val="001C3469"/>
     <w:rsid w:val="001D0DFE"/>
     <w:rsid w:val="001D17D9"/>
     <w:rsid w:val="001D1C94"/>
     <w:rsid w:val="001D34EF"/>
     <w:rsid w:val="001D6EB4"/>
     <w:rsid w:val="001E2922"/>
     <w:rsid w:val="001E51D6"/>
     <w:rsid w:val="001E5E49"/>
     <w:rsid w:val="001F334D"/>
     <w:rsid w:val="001F7AEC"/>
     <w:rsid w:val="00203499"/>
     <w:rsid w:val="00214A7E"/>
     <w:rsid w:val="00216F1D"/>
     <w:rsid w:val="00221990"/>
     <w:rsid w:val="002248D3"/>
     <w:rsid w:val="00224A48"/>
     <w:rsid w:val="00225753"/>
     <w:rsid w:val="00225DC5"/>
     <w:rsid w:val="0023250C"/>
     <w:rsid w:val="00234520"/>
     <w:rsid w:val="0024354F"/>
     <w:rsid w:val="00243F8E"/>
     <w:rsid w:val="0025530B"/>
     <w:rsid w:val="00261733"/>
     <w:rsid w:val="002643E5"/>
     <w:rsid w:val="00265381"/>
     <w:rsid w:val="002777EC"/>
     <w:rsid w:val="002977EF"/>
-    <w:rsid w:val="002A0D00"/>
     <w:rsid w:val="002A75F3"/>
     <w:rsid w:val="002B071A"/>
     <w:rsid w:val="002B37F4"/>
     <w:rsid w:val="002C2EE8"/>
     <w:rsid w:val="002C512B"/>
     <w:rsid w:val="002C6921"/>
     <w:rsid w:val="002D60F6"/>
     <w:rsid w:val="002D6440"/>
     <w:rsid w:val="002E340D"/>
     <w:rsid w:val="002F0B37"/>
     <w:rsid w:val="002F0E75"/>
     <w:rsid w:val="002F3BFE"/>
     <w:rsid w:val="002F531E"/>
     <w:rsid w:val="0030768D"/>
     <w:rsid w:val="00317AB2"/>
     <w:rsid w:val="00321765"/>
     <w:rsid w:val="003246EE"/>
     <w:rsid w:val="00330AEB"/>
     <w:rsid w:val="0034192F"/>
     <w:rsid w:val="003447FC"/>
     <w:rsid w:val="00347580"/>
     <w:rsid w:val="00356FB6"/>
     <w:rsid w:val="00361DAE"/>
     <w:rsid w:val="0036520D"/>
     <w:rsid w:val="003730F2"/>
     <w:rsid w:val="003778D2"/>
     <w:rsid w:val="00380761"/>
     <w:rsid w:val="00380BE4"/>
     <w:rsid w:val="003916FA"/>
     <w:rsid w:val="0039591C"/>
     <w:rsid w:val="003A1C81"/>
     <w:rsid w:val="003B27B3"/>
     <w:rsid w:val="003B3920"/>
     <w:rsid w:val="003B3D56"/>
     <w:rsid w:val="003B5D82"/>
     <w:rsid w:val="003B5F63"/>
-    <w:rsid w:val="003C4F3A"/>
     <w:rsid w:val="003E21DC"/>
     <w:rsid w:val="003E2905"/>
     <w:rsid w:val="003F6DB6"/>
     <w:rsid w:val="0040151A"/>
     <w:rsid w:val="00403A71"/>
     <w:rsid w:val="00407B07"/>
     <w:rsid w:val="00407C1F"/>
     <w:rsid w:val="00410A15"/>
     <w:rsid w:val="004142F7"/>
     <w:rsid w:val="00414C7D"/>
     <w:rsid w:val="0041532C"/>
     <w:rsid w:val="00420951"/>
     <w:rsid w:val="0042099E"/>
     <w:rsid w:val="00423302"/>
     <w:rsid w:val="00435977"/>
     <w:rsid w:val="00440CF0"/>
     <w:rsid w:val="00443963"/>
     <w:rsid w:val="00445C36"/>
     <w:rsid w:val="004465E6"/>
     <w:rsid w:val="00447D67"/>
     <w:rsid w:val="004527C4"/>
     <w:rsid w:val="00456A20"/>
     <w:rsid w:val="00456B0F"/>
     <w:rsid w:val="004625D9"/>
     <w:rsid w:val="00466736"/>
@@ -15687,51 +9616,50 @@
     <w:rsid w:val="005657E0"/>
     <w:rsid w:val="005658FA"/>
     <w:rsid w:val="005674F0"/>
     <w:rsid w:val="00571FD3"/>
     <w:rsid w:val="005735DE"/>
     <w:rsid w:val="00577858"/>
     <w:rsid w:val="00585BBD"/>
     <w:rsid w:val="00593201"/>
     <w:rsid w:val="00595DF3"/>
     <w:rsid w:val="005A083A"/>
     <w:rsid w:val="005A2EB7"/>
     <w:rsid w:val="005A39A5"/>
     <w:rsid w:val="005B0A2B"/>
     <w:rsid w:val="005B22F2"/>
     <w:rsid w:val="005B60E6"/>
     <w:rsid w:val="005B6F00"/>
     <w:rsid w:val="005C035E"/>
     <w:rsid w:val="005C63D0"/>
     <w:rsid w:val="005D1648"/>
     <w:rsid w:val="005E3BD4"/>
     <w:rsid w:val="005E3C75"/>
     <w:rsid w:val="005F79CC"/>
     <w:rsid w:val="00600D70"/>
     <w:rsid w:val="00602BA2"/>
     <w:rsid w:val="006052E1"/>
-    <w:rsid w:val="00606A98"/>
     <w:rsid w:val="00607276"/>
     <w:rsid w:val="00611447"/>
     <w:rsid w:val="0061151C"/>
     <w:rsid w:val="00622982"/>
     <w:rsid w:val="00623177"/>
     <w:rsid w:val="00623B89"/>
     <w:rsid w:val="0062679F"/>
     <w:rsid w:val="006275F8"/>
     <w:rsid w:val="00642CD0"/>
     <w:rsid w:val="00650D96"/>
     <w:rsid w:val="00657E27"/>
     <w:rsid w:val="00662365"/>
     <w:rsid w:val="00662844"/>
     <w:rsid w:val="00666D73"/>
     <w:rsid w:val="00667255"/>
     <w:rsid w:val="00674691"/>
     <w:rsid w:val="0068598A"/>
     <w:rsid w:val="00690178"/>
     <w:rsid w:val="006916B4"/>
     <w:rsid w:val="00694160"/>
     <w:rsid w:val="006A1FF6"/>
     <w:rsid w:val="006A4148"/>
     <w:rsid w:val="006A5A27"/>
     <w:rsid w:val="006B7386"/>
     <w:rsid w:val="006C1130"/>
@@ -15815,158 +9743,152 @@
     <w:rsid w:val="008D2683"/>
     <w:rsid w:val="008D50F3"/>
     <w:rsid w:val="008E0860"/>
     <w:rsid w:val="008E187B"/>
     <w:rsid w:val="008E1AFE"/>
     <w:rsid w:val="008E725D"/>
     <w:rsid w:val="008F3FCC"/>
     <w:rsid w:val="008F776E"/>
     <w:rsid w:val="008F7F5D"/>
     <w:rsid w:val="0090001C"/>
     <w:rsid w:val="00905DAD"/>
     <w:rsid w:val="00912293"/>
     <w:rsid w:val="00917082"/>
     <w:rsid w:val="0092595D"/>
     <w:rsid w:val="00926077"/>
     <w:rsid w:val="009306FF"/>
     <w:rsid w:val="009324A5"/>
     <w:rsid w:val="009374F2"/>
     <w:rsid w:val="009445EB"/>
     <w:rsid w:val="009455F3"/>
     <w:rsid w:val="00946376"/>
     <w:rsid w:val="0095331A"/>
     <w:rsid w:val="00966F18"/>
     <w:rsid w:val="009670E2"/>
     <w:rsid w:val="00971215"/>
-    <w:rsid w:val="009770F5"/>
     <w:rsid w:val="0098123C"/>
     <w:rsid w:val="00984503"/>
     <w:rsid w:val="00984577"/>
+    <w:rsid w:val="00984A74"/>
     <w:rsid w:val="009860DB"/>
     <w:rsid w:val="0099059D"/>
     <w:rsid w:val="009920A4"/>
     <w:rsid w:val="0099222C"/>
     <w:rsid w:val="009A0FCA"/>
     <w:rsid w:val="009A103E"/>
     <w:rsid w:val="009A2B58"/>
     <w:rsid w:val="009D018E"/>
     <w:rsid w:val="009D07A1"/>
     <w:rsid w:val="009D1233"/>
     <w:rsid w:val="009D499C"/>
     <w:rsid w:val="009E1544"/>
     <w:rsid w:val="009E28A6"/>
-    <w:rsid w:val="009E307B"/>
     <w:rsid w:val="009F5BB0"/>
     <w:rsid w:val="00A02193"/>
     <w:rsid w:val="00A04285"/>
     <w:rsid w:val="00A0468A"/>
     <w:rsid w:val="00A07517"/>
     <w:rsid w:val="00A1293C"/>
     <w:rsid w:val="00A154C0"/>
     <w:rsid w:val="00A30F69"/>
     <w:rsid w:val="00A32905"/>
     <w:rsid w:val="00A37AAD"/>
     <w:rsid w:val="00A405BF"/>
     <w:rsid w:val="00A427BD"/>
     <w:rsid w:val="00A42EFB"/>
     <w:rsid w:val="00A43518"/>
     <w:rsid w:val="00A62291"/>
     <w:rsid w:val="00A62468"/>
     <w:rsid w:val="00A662CC"/>
     <w:rsid w:val="00A672D5"/>
     <w:rsid w:val="00A73187"/>
     <w:rsid w:val="00A75547"/>
     <w:rsid w:val="00A75C16"/>
-    <w:rsid w:val="00A76953"/>
     <w:rsid w:val="00A76B35"/>
     <w:rsid w:val="00A76E7D"/>
     <w:rsid w:val="00A771F0"/>
     <w:rsid w:val="00A8728F"/>
     <w:rsid w:val="00A90D71"/>
     <w:rsid w:val="00A9179D"/>
     <w:rsid w:val="00A91B96"/>
-    <w:rsid w:val="00A95CA7"/>
     <w:rsid w:val="00AA2F60"/>
     <w:rsid w:val="00AB548F"/>
     <w:rsid w:val="00AC7226"/>
-    <w:rsid w:val="00AC733E"/>
     <w:rsid w:val="00AD3163"/>
     <w:rsid w:val="00AE29BB"/>
     <w:rsid w:val="00AE3760"/>
     <w:rsid w:val="00AE7DE2"/>
     <w:rsid w:val="00B0084D"/>
     <w:rsid w:val="00B126E8"/>
-    <w:rsid w:val="00B13D7C"/>
     <w:rsid w:val="00B178CA"/>
     <w:rsid w:val="00B17D93"/>
     <w:rsid w:val="00B26314"/>
     <w:rsid w:val="00B336C3"/>
     <w:rsid w:val="00B37253"/>
     <w:rsid w:val="00B41D9F"/>
     <w:rsid w:val="00B41F38"/>
     <w:rsid w:val="00B45503"/>
     <w:rsid w:val="00B5055E"/>
     <w:rsid w:val="00B51993"/>
     <w:rsid w:val="00B524AB"/>
     <w:rsid w:val="00B5569D"/>
     <w:rsid w:val="00B62205"/>
     <w:rsid w:val="00B630BD"/>
     <w:rsid w:val="00B636DF"/>
     <w:rsid w:val="00B643F7"/>
     <w:rsid w:val="00B64511"/>
     <w:rsid w:val="00B64DF5"/>
     <w:rsid w:val="00B66C4D"/>
     <w:rsid w:val="00B70C54"/>
     <w:rsid w:val="00B71B44"/>
     <w:rsid w:val="00B74331"/>
     <w:rsid w:val="00B746A3"/>
     <w:rsid w:val="00B750E6"/>
     <w:rsid w:val="00B83F85"/>
     <w:rsid w:val="00BA0C9A"/>
     <w:rsid w:val="00BA266A"/>
     <w:rsid w:val="00BA3AFD"/>
     <w:rsid w:val="00BA6C79"/>
     <w:rsid w:val="00BB5737"/>
     <w:rsid w:val="00BC0191"/>
     <w:rsid w:val="00BC4A2C"/>
     <w:rsid w:val="00BD0D4C"/>
     <w:rsid w:val="00BD1A4B"/>
     <w:rsid w:val="00BD3475"/>
     <w:rsid w:val="00BD615B"/>
     <w:rsid w:val="00BF1608"/>
     <w:rsid w:val="00BF17FD"/>
     <w:rsid w:val="00BF3461"/>
     <w:rsid w:val="00BF7E5D"/>
     <w:rsid w:val="00C04EC6"/>
     <w:rsid w:val="00C0542C"/>
     <w:rsid w:val="00C05DC9"/>
     <w:rsid w:val="00C07992"/>
     <w:rsid w:val="00C07BFB"/>
     <w:rsid w:val="00C10644"/>
     <w:rsid w:val="00C23D32"/>
     <w:rsid w:val="00C321CE"/>
-    <w:rsid w:val="00C329A0"/>
     <w:rsid w:val="00C3316F"/>
     <w:rsid w:val="00C36A72"/>
     <w:rsid w:val="00C436BE"/>
     <w:rsid w:val="00C46EA2"/>
     <w:rsid w:val="00C50302"/>
     <w:rsid w:val="00C5299C"/>
     <w:rsid w:val="00C54347"/>
     <w:rsid w:val="00C60CD8"/>
     <w:rsid w:val="00C63D3C"/>
     <w:rsid w:val="00C647FB"/>
     <w:rsid w:val="00C64802"/>
     <w:rsid w:val="00C65479"/>
     <w:rsid w:val="00C66B20"/>
     <w:rsid w:val="00C83C4B"/>
     <w:rsid w:val="00C850C7"/>
     <w:rsid w:val="00C852EF"/>
     <w:rsid w:val="00C9438D"/>
     <w:rsid w:val="00C95653"/>
     <w:rsid w:val="00CA4A4A"/>
     <w:rsid w:val="00CA5FD9"/>
     <w:rsid w:val="00CA6BC2"/>
     <w:rsid w:val="00CB216E"/>
     <w:rsid w:val="00CB2952"/>
     <w:rsid w:val="00CB5718"/>
     <w:rsid w:val="00CB5E16"/>
@@ -16003,88 +9925,84 @@
     <w:rsid w:val="00DD5E85"/>
     <w:rsid w:val="00DE26BC"/>
     <w:rsid w:val="00DE492E"/>
     <w:rsid w:val="00DF017A"/>
     <w:rsid w:val="00DF47F1"/>
     <w:rsid w:val="00E06DF8"/>
     <w:rsid w:val="00E10111"/>
     <w:rsid w:val="00E13BA4"/>
     <w:rsid w:val="00E230C1"/>
     <w:rsid w:val="00E3433C"/>
     <w:rsid w:val="00E379AC"/>
     <w:rsid w:val="00E42260"/>
     <w:rsid w:val="00E43F3D"/>
     <w:rsid w:val="00E507E7"/>
     <w:rsid w:val="00E5368B"/>
     <w:rsid w:val="00E55017"/>
     <w:rsid w:val="00E5771D"/>
     <w:rsid w:val="00E679C6"/>
     <w:rsid w:val="00E70BBF"/>
     <w:rsid w:val="00E74DA2"/>
     <w:rsid w:val="00E814EA"/>
     <w:rsid w:val="00E93E92"/>
     <w:rsid w:val="00EA3747"/>
     <w:rsid w:val="00EB218F"/>
     <w:rsid w:val="00EB76BB"/>
-    <w:rsid w:val="00EC0C3F"/>
     <w:rsid w:val="00EC405B"/>
     <w:rsid w:val="00EC4F1D"/>
     <w:rsid w:val="00EC6890"/>
     <w:rsid w:val="00ED2B2C"/>
     <w:rsid w:val="00ED412B"/>
-    <w:rsid w:val="00ED461A"/>
     <w:rsid w:val="00ED754C"/>
     <w:rsid w:val="00EE0736"/>
     <w:rsid w:val="00EE216F"/>
     <w:rsid w:val="00EE2AE5"/>
     <w:rsid w:val="00EE30D3"/>
     <w:rsid w:val="00EE34F0"/>
     <w:rsid w:val="00EF30DD"/>
     <w:rsid w:val="00EF4845"/>
     <w:rsid w:val="00EF58C5"/>
     <w:rsid w:val="00F01054"/>
     <w:rsid w:val="00F0170E"/>
     <w:rsid w:val="00F044D6"/>
     <w:rsid w:val="00F064FA"/>
-    <w:rsid w:val="00F07169"/>
     <w:rsid w:val="00F17F4F"/>
     <w:rsid w:val="00F21EEB"/>
     <w:rsid w:val="00F21F43"/>
     <w:rsid w:val="00F24F57"/>
     <w:rsid w:val="00F30275"/>
     <w:rsid w:val="00F31F9D"/>
     <w:rsid w:val="00F320B6"/>
     <w:rsid w:val="00F35CD9"/>
     <w:rsid w:val="00F36F3E"/>
     <w:rsid w:val="00F4014F"/>
     <w:rsid w:val="00F4125B"/>
     <w:rsid w:val="00F43FA1"/>
     <w:rsid w:val="00F444C9"/>
     <w:rsid w:val="00F510EA"/>
     <w:rsid w:val="00F53E77"/>
     <w:rsid w:val="00F54CA6"/>
-    <w:rsid w:val="00F6115A"/>
     <w:rsid w:val="00F62AC6"/>
     <w:rsid w:val="00F64745"/>
     <w:rsid w:val="00F659B9"/>
     <w:rsid w:val="00F66E6A"/>
     <w:rsid w:val="00F7369B"/>
     <w:rsid w:val="00F85F2A"/>
     <w:rsid w:val="00F87C15"/>
     <w:rsid w:val="00F91007"/>
     <w:rsid w:val="00F9338E"/>
     <w:rsid w:val="00F94173"/>
     <w:rsid w:val="00F96E4C"/>
     <w:rsid w:val="00FA17C6"/>
     <w:rsid w:val="00FA2F78"/>
     <w:rsid w:val="00FB04F4"/>
     <w:rsid w:val="00FB0D6A"/>
     <w:rsid w:val="00FB2156"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FC00D1"/>
     <w:rsid w:val="00FC1A40"/>
     <w:rsid w:val="00FC31E0"/>
     <w:rsid w:val="00FC345A"/>
     <w:rsid w:val="00FC4602"/>
     <w:rsid w:val="00FC59D0"/>
     <w:rsid w:val="00FE105F"/>
     <w:rsid w:val="00FE63B5"/>
@@ -16433,91 +10351,91 @@
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A42EFB"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="006916B4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -16587,77 +10505,175 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00736937"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:rsid w:val="00736937"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="00736937"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00736937"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Маркированный список1"/>
+    <w:basedOn w:val="a7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F4125B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="680"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F4125B"/>
+    <w:pPr>
+      <w:ind w:left="283" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00BF17FD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="009374F2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="368649089">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="514686818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -16991,79 +11007,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{031C98D0-53A2-4B54-95F3-59FE8804E360}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E7F0962-D0CE-4D79-8D4C-5CF3C5C6054B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6091</Characters>
+  <Pages>1</Pages>
+  <Words>1014</Words>
+  <Characters>5783</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7145</CharactersWithSpaces>
+  <CharactersWithSpaces>6784</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>PK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>